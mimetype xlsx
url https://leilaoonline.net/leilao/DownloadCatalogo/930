--- v0 (2025-10-15)
+++ v1 (2026-03-29)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/48708", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/48708", " CAMINHÃO  FORD 1722 T6 8X2 2011 COMPACTADOR PLACA AUG9783 RENAVAM:  339241071 CHASSI:  9BFYCE7VXBBB81116 N. MOTOR:  36269249")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/48707", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/48707", " CAMINHÃO  FORD 1722 T6 8X2 2011 COMPACTADOR PLACA AUG9812 RENAVAM:  339242248 CHASSI:  9BFYCE7VXBBB81164 N. MOTOR:  36268912")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>47.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/48706", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/48706", " CAMINHÃO  FORD 1722 T6 8X2 2011 COMPACTADOR PLACA AUH1548 RENAVAM:  339242400 CHASSI:  9BFYCE7VXBBB83156 N. MOTOR:  36276522")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/48709", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/48709", " CAMINHÃO  FORD 1722 T6 8X2 2011 COMPACTADOR PLACA AUG9814 RENAVAM:  339303220 CHASSI:  9BFYCE7V0BBB81156 N. MOTOR:  36274329")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>48.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/48711", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/48711", " CAMINHÃO  FORD 1722 T6 8X2 2011 SEM IMPLEMENTO, NO CHASSI  PLACA AUG7762 RENAVAM:  339036150 CHASSI:  9BFYCE7V0BBB81173 N. MOTOR:  36276521")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/48715", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/48715", " CAMINHÃO  FORD 1722 T6 8X2 2011 COMPACTADOR PLACA AUG8272 RENAVAM:  339085150 CHASSI:  9BFYCE7V1BBB83157 N. MOTOR:  36276541")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>48.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/48712", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/48712", " CAMINHÃO  FORD 1722 T6 8X2 2011 SEM IMPLEMENTO, NO CHASSI  PLACA AUG9H29 RENAVAM:  339241810 CHASSI:  9BFYCE7V3BBB81121 N. MOTOR:  36269706")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/48714", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/48714", " CAMINHÃO  FORD 1722 T6 8X2 2011 SEM IMPLEMENTO, NO CHASSI  PLACA AUF5279 RENAVAM:  336922353 CHASSI:  9BFYCE7V8BBB81129 N. MOTOR:  36271726")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>49.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/48710", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/48710", " CAMINHÃO  FORD 1317 T1 4X2 2011 BASCULANTE PLACA AUG1291 RENAVAM:  338042539 CHASSI:  9BFXCE2U5BBB81311 N. MOTOR:  36272786")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>75.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/48713", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/48713", " CAMINHÃO  F12000 - 2005 BASCULANTE 6 M³ PLACA AMW8474 RENAVAM:  858929619 CHASSI:  9BFXX82F15B021174 N. MOTOR:  30795217")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>