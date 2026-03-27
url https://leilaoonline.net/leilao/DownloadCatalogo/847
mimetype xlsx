--- v0 (2025-10-15)
+++ v1 (2026-03-27)
@@ -269,155 +269,139 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/42544", "037")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/42544", " MB SPRINTER 313 CDI Ano: 2007/2007 Placa: APU 2145 Chassi 8AC9036617A965178 Renavam: 955457220")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/42542", "038")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/42542", " CHASSI MICROONIBUS MB LO 814 Ano: 2000/2000 Placa: GXH 7D67 Chassi 9BM688176YB234820 Renavam: 738670847")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/42543", "039")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/42543", " CHASSI CAMINHÃO MB 710 Ano: 2000/2000 Placa: GVP 7B61 Chassi 9BM688156YB224269 Renavam: 736327754")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/42541", "040")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/42541", " CHASSI CAMINHÃO MB 608 D Ano: 1981/ 1981 Placa: LGF 1024 Chassi 30830012535120. Renavam: 291905579")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>