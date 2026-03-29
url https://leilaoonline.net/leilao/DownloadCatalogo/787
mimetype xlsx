--- v0 (2025-10-14)
+++ v1 (2026-03-29)
@@ -269,8315 +269,7279 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38483", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38483", " Aprox 115 portiolas guarda corpo. Diversos tamanhos")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38486", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38486", " Compressor desmontado")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38484", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38484", " Ponteiras diversas")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38487", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38487", " Serra circular Makita")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38485", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38485", " Capas para câmera")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38488", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38488", " 9 cadeiras")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38491", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38491", " 4 caixas com ferramentas diversas (desmontadas)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38495", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38495", " 8 caixas com ferramentas diversas (desmontadas)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38492", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38492", " Corsa Maxx 2005/ 2005")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37344", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37344", "Lote com 200 peças de bermudas de coton jeans. Peças novas sem defeito de excelente qualidade. Tecido Coton Jeans Tamanho P- M- G. Cores variadas entre Preto, Azul, Marrom, Verde, e Telha.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37418", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37418", "APROX. 7.500 PEÇAS ROUPAS: SENDO 6.500 ROUPAS, CALÇADOS E ACESSÓRIOS. LINHA INFANTIL  (LILICA RIPILICA, TIGOR T TIGRE, MARISOL, MALWEE, PIMPOLHO, AMORIM BABY, PAKITA, TOKE ENTRE OUTROS) E 1.000 FEMININO ADULTO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>105.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37390", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37390", "APROX. 316 SAPATILHAS NOVAS TIPO ALPARGATAS. MARCA TOMS NA COR PRETA. NUMERAÇÕES DIVERSAS")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>890,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37391", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37391", "MÁQUINA DE LAVAR ROUPAS BRASTEMP (7 KG) ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38200", "101")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38200", " GERADOR À DIESEL S/ ESPECIFICAÇÕES (SEM USO)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38203", "102")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38203", " ROSQUEADEIRA RIDGID COM ACESSÓRIOS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38204", "104")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38204", " 4 MOTORES ACIONADORES MONOFASICO 1,5CV - JOWA E 1 MOTOR ACIONADOR WEBER")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38202", "105")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38202", " 5 MOTORES ACIONADORES MONOFASICO 1,5CV - JOWA E MANGOTES VIBRADORES")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38201", "106")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38201", " 7 MOTORES ACIONADORES MONOFASICO 1,5CV . OBS.: NECESSITA REPARO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38197", "112")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38197", " 3 RACKS E SUPORTES P/ CPUS")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38196", "113")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38196", " FORNO INDUSTRIAL EM INOX ETERA C/ 3 CÂMARAS")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38198", "114")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38198", " CABOS DE AÇO DIVERSOS")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38199", "115")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38199", " MANGUEIRAS DIVERSAS")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37361", "200")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37361", " MOINHO PARA MILHO COMPLETO CAP. 450 KG/HR")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37362", "201")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37362", " BALANÇA EMPACOTADORA")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37363", "202")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37363", " MÁQUINA PARA FECHAR/ COLAR")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37427", "203")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37427", "[ LANCE POR UNIDADE ] APROX. 594.010 UNIDADES DE CAPACITORES")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>0,25</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>0.02</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37486", "204")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37486", "ESTRUTURAS METÁLICAS DE GALPÃO. Aprox. 2.000 m² (desmontado) ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>270.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37364", "300")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37364", " CÂMARA FRIA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37373", "301")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37373", "LOTE COM APROX.10 APARELHOS DE TV")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37365", "302")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37365", " APROX. 100 PARES DE SAPATOS FEMININOS")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37367", "303")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37367", " APROX. 100 PARES DE SAPATOS FEMININOS")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37366", "304")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37366", " APROX. 100 PARES DE SAPATOS FEMININOS")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37368", "305")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37368", " APROX. 100 PARES DE SAPATOS FEMININOS")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37370", "306")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37370", " MESA GARINPADORA E MOINHO TRITURADOR DE COBRE")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37371", "309")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37371", " LOTE COM APROX. 30 CAIXAS DE SOM. MODELOS VARIADOS")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37369", "311")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37369", " EXPOSITORA DE BEBIDAS")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37372", "312")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37372", " TRITURADOR /PICADOR")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37360", "313")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37360", "01 motor 20 CV, 01 motor flangeado Web e 01 motor redutor")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37354", "314")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37354", " 01 Portão galvanizado")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37357", "315")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37357", " 10 lavadoras de roupa e lava e seca")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37356", "317")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37356", " Baú térmico. 5 metros. Parede 15 cm")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37358", "318")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37358", " 05 refrigeradores.  Com defeito")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37359", "319")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37359", " Aprox.30 bebedouros e purificadores de água")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37351", "320")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37351", " COMPRESSOR WAYNE 60 PÉS COM MOTOR DE 15 HP. FUNCIONANDO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37353", "321")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37353", "BICICLETA A GASOLINA")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37352", "323")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37352", " LOTE COM 05 REFRIGERADORES DUPLEX. COM DEFEITO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37350", "324")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37350", " ENCARDENADORA/ PERFURADORA ELÉTRICA SEMI AUTOMÁTICA.  MINIMAX PLUS")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37348", "326")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37348", " EMBALADORA/SELADORA TERMO ENCOLHÍVEL. MARCA ARAÚJO.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37349", "328")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37349", " LOTE COM APROX. 50 CLIMATIZADORAS/ UMIDIFICADORAS")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
+      <c r="F59" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...10 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37347", "329")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37347", "   LOTE COM APROX. 50 COMPRESSORES DE REFRIGERAÇÃO")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37345", "330")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37345", "LOTE COM APROX. 50 COMPRESSORES DE REFRIGERAÇÃO")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37346", "331")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37346", " LOTE COM APROX. 300 PEÇAS SEM USO. METALFRIO")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37340", "332")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37340", " APROX. 50 MÓVEIS DE ESCRITÓRIO")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37341", "333")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37341", " 04 EXPOSITORES ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37342", "334")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37342", " BAÚ DE CAMINHÃO ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37339", "335")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37339", " BOMBA DÁGUA")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37343", "337")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37343", " APROX. 2.500 ROLAMENTOS DIVERSOS")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37337", "338")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37337", " TURBINA (EM FUNCIONAMENTO)")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37332", "339")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37332", " 03 ILHAS DE RESFRIAMENTO /CONGELAMENTO")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37336", "340")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37336", " 04 VENDING MACHINE")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37331", "341")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37331", " 04 VENDING MACHINE")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37335", "342")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37335", "PRODUTORA DE GELO")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37333", "343")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37333", " APROX. 100 ITENS DE ELETROPORTÁTEIS DIVERSOS")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37334", "345")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37334", " FORNO A GÁS TURBO. MARCA PERFECTA CURITIBA. MOD. PETIT")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37330", "346")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37330", " FORNO ELETRICO DE 3 LASTROS")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37374", "347")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37374", "LOTE COM: 10 COMPRESSORES (SEM USO)")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37375", "348")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37375", " BEBEDOURO INDUSTRIAL. INOX")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37379", "351")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37379", " CADEIRAS, LUSTRE, VENTILADOR DE TETO. 6 PÇS.")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37380", "353")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37380", " AMASSADEIRA RÁPIDA")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37377", "354")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37377", " UTENSÍLIOS DE COZINHA. 4 PÇS. (EXAUSTOR, LIQUIDIFICADOR, PANIFICADOR E FOGÃO)")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37381", "355")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37381", " PIA COM BANCADA 1,80. VENTILADOR DE PAREDE E EXAUSTOR.")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>580,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37378", "356")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37378", " FATIADOR DE FRIOS VERTCAL")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>580,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37382", "357")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37382", " LOTE COM 05 CENTRÍFUGAS")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37383", "358")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37383", "CERVEJEIRO")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37384", "359")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37384", "CERVEJEIRO")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37385", "360")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37385", "FREEZER (EM FUNCIONAMENTO)")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37387", "363")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37387", "APROX. 60 ÓCULOS 3D PHILCO")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37388", "364")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37388", "MESA DE CENTRO TOCO")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37389", "365")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37389", "LOTE COM APROX. 10 APARELHOS DE TV")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37412", "368")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37412", " Ar condicionado split duto. 220V. Trifásico. 48.000 BTUs")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37397", "369")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37397", " 2 bombas WEG  20 Hp")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37400", "370")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37400", " Sucata de 02 refrigeradores Inox")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37410", "372")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37410", " 800 unidades de Protetor térmico Klixon. (Sem uso)")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37398", "381")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37398", " Cervejeira. 110v. 115 litros")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>580,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37411", "382")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37411", " 02 climatizadores de ambiente. Marca Ventisol. 110v")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37413", "383")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37413", " 02 climatizadores de ambiente. Marca Nell. 110v")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37414", "396")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37414", "Moedor de carnes boca 98. Trifásico. Funcionando")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37415", "397")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37415", "Aprox. 100 un. de sucata de cadeiras diversas (giratórias, longarinas, assentos e outros)")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37417", "399")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37417", "Injetora de poliuretano. Trifásica. 220V. Precisa de reparos.")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37419", "400")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37419", " Buffet com aquecimento e Refrigeração")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37420", "402")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37420", " Lote de Moldes para veleiro de 30 pés e mais peças (ferragens, bancos e moldes extras)")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37426", "403")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37426", " Estação de tratamento de efluentes. 10 m³/h")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37424", "405")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37424", "INJETORA")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37422", "407")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37422", "TORNO NARDINI. MOD. MASCOTE MS1640 (FALTANDO O CARRINHO)    ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37423", "408")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37423", " Balança mecânica. 5 toneladas.")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37421", "409")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37421", " Balança mecânica. 9 toneladas")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37425", "410")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37425", "4 EXPOSITORES")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37428", "411")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37428", "LOTE COM APROX.10 APARELHOS DE TV")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37429", "412")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37429", "LOTE COM APROX.10 APARELHOS DE TV")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37430", "414")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37430", "CABINE DE JATEAMENTO POR PRESSÃO")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37431", "415")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37431", "PRODUTORA DE GELO")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37432", "416")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37432", "PRODUTORA DE GELO")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37433", "417")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37433", "LOTE COM APROX. 10 APARELHOS DE TV")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37434", "419")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37434", " Serra/ Policorte Motomil SC-90. Sem motor")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37435", "420")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37435", " Furadeira de bancada ")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D115" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37436", "421")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37436", " Multifuncional HP-8500 e Epson xp-241")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37438", "422")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37438", " Dois tanques horizontais de 250 lts cada ")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37439", "423")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37439", " Aprox. 8 unidades de sucata de Refrigeradores Red Bull")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37437", "424")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37437", " Cadeiras, ombrelone, guarda sol  (Aprox. 15 peças) e 1 mesa tramontina redonda")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37440", "425")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37440", " Aprox. 15 peças entre fornos e microondas")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37442", "426")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37442", " Aprox. 110 unidades de Nichos Decorativos ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37443", "427")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37443", " Forno embutir")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37441", "428")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37441", " 7 portas de câmara fria inox e brancas")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37444", "429")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37444", " Aprox. 150 unidades de bandejas de Inox")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37445", "430")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37445", " Aprox. 50 unidade de Escovas alisamento, chapinhas variadas.")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37446", "431")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37446", "Sucata de máquina de sorvete expresso italianinhas ")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37447", "432")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37447", "Máquina Risomatt de corte de isolação elétrica")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37448", "433")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37448", "Sucata de aproximadamente 30 cortadoras de grama")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37449", "434")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37449", "Marcador elétrico 220V")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37450", "435")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37450", "Cabeçote de compressor + reservatório")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37467", "438")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37467", " Víso cooler (expositora de bebidas) Funcionando. Acidentado. 220v")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37466", "444")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37466", " Furadeira, Policorte e Compressor")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37464", "445")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37464", " Quiosque de lanches")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>6.900,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37468", "449")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37468", " Prensa hidráulica")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37465", "451")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37465", " 3 unidades de motor hidráulico Brevini ED2010/mn1")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37479", "462")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37479", "Luminárias, lustres e abajures. Aprox. 50 unidades sortidas")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37480", "463")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37480", "Duas fritadeiras a gás")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37483", "465")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37483", "Lote de sucatas de ferramentas")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37484", "466")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37484", "4 caixas amplificadoras")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37485", "468")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37485", "Aprox. 400 unidades de corrediças para gavetas")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37989", "469")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37989", " 24 rádios portáteis e par de auto falante")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37984", "470")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37984", " 5 unidades de umidificadores bivolt")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37987", "471")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37987", " 5 unidades de umidificadores bivolt")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37985", "472")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37985", " 8 ventiladores de teto")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37986", "473")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37986", " 8 ventiladores de teto")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37988", "474")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37988", " 3 pneus aro 13 e 16 ")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37992", "475")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37992", " Ar condicionado - Multi split. 40.000 btus. Funcionando")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37991", "476")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37991", " Tv LG. 75 polegadas. Com defeito")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37993", "477")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37993", " Aprox. 100 un. de mecanismos de caixa acoplada ")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37990", "478")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37990", " Climatizador de parede Joape 220")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37994", "479")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37994", " Duas escadas fibra e alumínio. Modelo tesoura")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37995", "480")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37995", " 3 escadas articuladas de alumínio")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37996", "481")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37996", " Gerador a gasolina ")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37998", "482")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37998", " Aprox. 70 unidades de roteadores, pendrives, repetidores e chips")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37997", "483")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37997", " Dois purificadores de água Electrolux bivolt")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37999", "484")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37999", " Dois purificadores de água Electrolux bivolt")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38000", "485")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38000", " Lareira e peças para lareira")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38088", "486")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38088", " Mesa de inox e resfriador de água inox ")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38086", "487")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38086", " Mesa nova inox com Cuba")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38087", "488")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38087", " Contactoras, temporizadores, Chaves")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38092", "489")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38092", " Filtros de água e refil ")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38091", "490")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38091", " 10 peças entre Abajur retrátil e nichos decorativos")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38090", "491")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38090", " Aprox. 50 unidades plafons de led e lâmpadas led")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38093", "492")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38093", " 5pçs para chopeiras serpentina ,torneira e extratora")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38095", "493")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38095", " Aprox. 30 unidades entre visores digitais, controladores eletrônicos e módulos")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38489", "494")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38489", " 3 víso coolers /expositora de bebidas")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38496", "495")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38496", " Canto Alemão")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38490", "496")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38490", " Receptor de satélite, telefones, cabos carregadores, teclados, webcam. Aprox 100 itens")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38497", "497")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38497", " Aprox. 30 peças de bases para liquidificador")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38493", "498")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38493", " Aprox. 30 unidades de sucata de máquinas de lavar")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/39039", "499")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/39039", " 2 steamer vaporizador sr-900 220v silver star")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/39038", "500")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/39038", "GERADOR A DIESEL. 5 KVA")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/39037", "501")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/39037", " Plaina para madeira")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/39036", "502")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/39036", " Carrinho de transporte")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37657", "600")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37657", "MÁQUINA DE FABRICAÇÃO DE BLOCOS DE CONCRETO, 220v CAPACIDADE DE ATÉ 2250 BLOCOS/ DIA. COM CARRINHO DE TRANSPORTE DE BLOCO. SEM USO.")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37745", "601")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37745", "04 Formas para fazer piso de concreto sextavado, 4 formas contendo três partes, 30cmx30cmx8cm")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37746", "602")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37746", "100 metros de Arame farpado Elefante")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37744", "603")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37744", "CARRINHO ARTICULADO AUXILIAR PARA CARGAS DIVERSAS")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37749", "604")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37749", "LOTE C/ APROX. 92 PALANQUES DE CONCRETO E FERRO ESTRIVADO, MEDINDO 2,50 DE ALTURA. FERRO 5X16 COM ESTRIVO A CADA 15 CM")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38108", "605")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38108", "05 Formas ( MOLDES) para fazer palanques de concreto, medindo 3mx12cmx11cm.")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38498", "606")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38498", "Réplica de imagem de Santo Antônio. Concreto. 1,10 m. Aprox, 100 kg")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37451", "801")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37451", "Aprox. 270 peças de Cardigans Femininos (SEM USO)")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37458", "802")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37458", "Aprox. 270 peças de Cardigans Femininos (SEM USO)")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37455", "803")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37455", "Aprox. 135 peças de Cardigans Femininos (SEM USO)")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>675,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37452", "804")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37452", "Aprox. 135 peças de Cardigans Femininos (SEM USO)")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>675,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37456", "806")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37456", "Aprox. 70 peças de Cardigans Femininos (SEM USO)")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37453", "807")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37453", "Aprox. 35 peças de Cardigans Femininos (SEM USO)")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>175,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37460", "808")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37460", "Aprox. 15 peças de Cardigans Femininos (SEM USO)")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>75,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37459", "809")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37459", "Aprox. 10 peças de Cardigans Femininos (SEM USO)")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37457", "810")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37457", "Aprox. 5 peças de Cardigans Femininos (SEM USO)")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>25,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37454", "811")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37454", "COMPRESSOR SOPRADOR CANAL LATERAL VAZ FLUZ. (SEM USO)")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37461", "813")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37461", "Sucatas de diversos de itens de informática")</f>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37462", "814")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37462", "Aprox. 2.000 peças de botão liga")</f>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37463", "815")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37463", "Aprox. 500 unidades de módulos elétricos Tramontina")</f>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37481", "816")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37481", "Aprox. 100 pares de sapatilhas. Numeração 35 a 39")</f>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37482", "817")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37482", "Aprox. 200 peças de bolsa porta documentos")</f>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38089", "818")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38089", " 11 un. blazer masculino  marca tng tamanhos diversos (sem uso)")</f>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38094", "819")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38094", " 9 pares de sapatos democrata e samello em couro e 5 pares de chinelos democrata em  couro. Tamanhos diversos. (sem uso)")</f>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37601", "901")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/37601", "20 Tambores contendo Ferro Dextrano 10% (aprox. 600,00 kg)")</f>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38097", "902")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38097", "Equipamentos de laboratório  - HEMOGLOBINA D-100  - (sem uso) ")</f>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>92.000,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38418", "1001")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38418", " 06 un. de Gôndolas")</f>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38417", "1002")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38417", " 12 unidades de  Aramados expositores")</f>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38415", "1003")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38415", " Aprox. 1.875 un. de Lâmpada para pisca-pisca de Natal. Tipo Refil")</f>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38416", "1004")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38416", " Aprox. 1.875 un. de Lâmpada para pisca-pisca de Natal. Tipo Refil")</f>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38423", "1005")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38423", " Aprox. 1.875 un. de Lâmpada para pisca-pisca de Natal. Tipo Refil")</f>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38420", "1006")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38420", " Aprox. 1.875 un. de Lâmpada para pisca-pisca de Natal. Tipo Refil")</f>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38430", "1007")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38430", " Aprox. 1.875 un. de Lâmpada para pisca-pisca de Natal. Tipo Refil")</f>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38422", "1008")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38422", " Aprox. 1.875 un. de Lâmpada para pisca-pisca de Natal. Tipo Refil")</f>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F208" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38419", "1009")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38419", " Aprox. 1.875 un. de Lâmpada para pisca-pisca de Natal. Tipo Refil")</f>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D209" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F209" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38421", "1010")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38421", " Aprox. 1.875 un. de Lâmpada para pisca-pisca de Natal. Tipo Refil")</f>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D210" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F210" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38425", "1011")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38425", " Aprox. 1.875 un. de Lâmpada para pisca-pisca de Natal. Tipo Refil")</f>
+      </c>
+      <c r="C211" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D211" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F211" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38429", "1012")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38429", " Aprox. 1.875 un. de Lâmpada para pisca-pisca de Natal. Tipo Refil")</f>
+      </c>
+      <c r="C212" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D212" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F212" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38424", "1013")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38424", " Aprox. 517 un. de Espelhos para Interruptor Siemens")</f>
+      </c>
+      <c r="C213" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D213" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F213" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38433", "1014")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38433", " Aprox. 517 un. de Espelhos para Interruptor Siemens")</f>
+      </c>
+      <c r="C214" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D214" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E214" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F214" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38428", "1015")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38428", " Aprox. 517 un. de Espelhos para Interruptor Siemens")</f>
+      </c>
+      <c r="C215" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D215" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F215" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38426", "1016")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38426", " Aprox. 517 un. de Espelhos para Interruptor Siemens")</f>
+      </c>
+      <c r="C216" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D216" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E216" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F216" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38434", "1017")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38434", " Aprox. 517 un. de Espelhos para Interruptor Siemens")</f>
+      </c>
+      <c r="C217" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D217" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E217" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F217" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38440", "1018")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38440", " Aprox. 517 un. de Espelhos para Interruptor Siemens")</f>
+      </c>
+      <c r="C218" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D218" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E218" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F218" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38441", "1019")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38441", " Aprox. 517 un. de Espelhos para Interruptor Siemens")</f>
+      </c>
+      <c r="C219" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D219" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E219" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F219" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38431", "1020")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38431", " Aprox. 517 un. de Espelhos para Interruptor Siemens")</f>
+      </c>
+      <c r="C220" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D220" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E220" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F220" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38442", "1021")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38442", " Aprox. 517 un. de Espelhos para Interruptor Siemens")</f>
+      </c>
+      <c r="C221" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D221" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E221" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F221" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38444", "1022")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38444", " Aprox. 517 un. de Espelhos para Interruptor Siemens")</f>
+      </c>
+      <c r="C222" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D222" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E222" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F222" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38436", "1023")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38436", " Aprox. 3.520 un. de  Incenso para insetos ou hodorização")</f>
+      </c>
+      <c r="C223" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D223" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E223" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F223" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
+      <c r="A224" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38435", "1024")</f>
+      </c>
+      <c r="B224" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38435", " Aprox. 3.520 un. de  Incenso para insetos ou hodorização")</f>
+      </c>
+      <c r="C224" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D224" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F224" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
+      <c r="A225" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38439", "1025")</f>
+      </c>
+      <c r="B225" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38439", " Aprox. 3.520 un. de  Incenso para insetos ou hodorização")</f>
+      </c>
+      <c r="C225" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D225" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E225" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F225" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
+      <c r="A226" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38445", "1026")</f>
+      </c>
+      <c r="B226" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38445", " Aprox. 3.520 un. de  Incenso para insetos ou hodorização")</f>
+      </c>
+      <c r="C226" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D226" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E226" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F226" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
+      <c r="A227" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38427", "1027")</f>
+      </c>
+      <c r="B227" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38427", " Aprox. 800 Kg  de pedras naturais decorativas")</f>
+      </c>
+      <c r="C227" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D227" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E227" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F227" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
+      <c r="A228" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38438", "1028")</f>
+      </c>
+      <c r="B228" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38438", " Aprox. 1.200 un. de Tesoura tipo Romba 14 cm")</f>
+      </c>
+      <c r="C228" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D228" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E228" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
+      <c r="F228" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...25 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
+      <c r="A229" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38448", "1029")</f>
+      </c>
+      <c r="B229" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38448", " Aprox. 1.200 un. de Tesoura tipo Romba 14 cm")</f>
+      </c>
+      <c r="C229" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D229" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E229" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F229" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...57 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
+      <c r="A230" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38446", "1030")</f>
+      </c>
+      <c r="B230" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38446", " Aprox. 1.200 un. de Tesoura tipo Romba 14 cm")</f>
+      </c>
+      <c r="C230" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D230" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E230" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F230" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...47 lines deleted...]
-      <c r="D23" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
+      <c r="A231" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38450", "1031")</f>
+      </c>
+      <c r="B231" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38450", " Aprox. 1.200 un. de Tesoura tipo Romba 14 cm")</f>
+      </c>
+      <c r="C231" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D231" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E231" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F231" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
+      <c r="A232" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38449", "1032")</f>
+      </c>
+      <c r="B232" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38449", " Aprox. 100 unidades de  Apontador de Maquiagem")</f>
+      </c>
+      <c r="C232" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D232" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E232" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F232" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
+      <c r="A233" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38447", "1033")</f>
+      </c>
+      <c r="B233" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38447", " Aprox. 100 unidades de  Fio aspiralado para telefone")</f>
+      </c>
+      <c r="C233" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D233" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E233" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F233" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
+      <c r="A234" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38451", "1034")</f>
+      </c>
+      <c r="B234" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38451", " Aprox. 100 unidades de  Fio aspiralado para telefone")</f>
+      </c>
+      <c r="C234" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D234" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E234" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F234" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
+      <c r="A235" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38432", "1035")</f>
+      </c>
+      <c r="B235" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38432", " Aprox. 100 unidades de  Fio aspiralado para telefone")</f>
+      </c>
+      <c r="C235" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D235" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E235" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F235" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
+      <c r="A236" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38460", "1036")</f>
+      </c>
+      <c r="B236" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38460", " Aprox. 450 un. de Tarugo térmico")</f>
+      </c>
+      <c r="C236" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D236" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E236" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F236" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
+      <c r="A237" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38452", "1037")</f>
+      </c>
+      <c r="B237" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38452", " Aprox. 450 un. de Tarugo térmico")</f>
+      </c>
+      <c r="C237" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D237" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E237" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F237" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
+      <c r="A238" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38459", "1038")</f>
+      </c>
+      <c r="B238" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38459", " Aprox. 450 un. de Tarugo térmico")</f>
+      </c>
+      <c r="C238" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D238" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E238" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F238" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
+      <c r="A239" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38453", "1039")</f>
+      </c>
+      <c r="B239" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38453", " Aprox. 450 un. de Tarugo térmico")</f>
+      </c>
+      <c r="C239" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D239" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E239" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F239" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
+      <c r="A240" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38456", "1040")</f>
+      </c>
+      <c r="B240" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38456", " 40 unidades de  Tela para uso diverso, 40.000 m²")</f>
+      </c>
+      <c r="C240" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D240" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E240" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F240" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
+      <c r="A241" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38458", "1041")</f>
+      </c>
+      <c r="B241" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38458", " 40 unidades de  Tela para uso diverso, 40.000 m²")</f>
+      </c>
+      <c r="C241" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D241" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E241" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F241" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
+      <c r="A242" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38454", "1042")</f>
+      </c>
+      <c r="B242" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38454", " Aprox. 16.000 unidades de  Rodinha com rolamento duplo ")</f>
+      </c>
+      <c r="C242" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D242" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E242" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F242" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
+      <c r="A243" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38457", "1043")</f>
+      </c>
+      <c r="B243" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38457", " Aprox. 16.000 unidades de  Rodinha com rolamento duplo ")</f>
+      </c>
+      <c r="C243" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D243" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E243" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F243" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
+      <c r="A244" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38443", "1044")</f>
+      </c>
+      <c r="B244" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38443", " Aprox. 16.000 unidades de  Rodinha com rolamento duplo ")</f>
+      </c>
+      <c r="C244" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D244" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E244" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F244" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
+      <c r="A245" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38455", "1045")</f>
+      </c>
+      <c r="B245" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38455", " Aprox. 16.000 unidades de  Rodinha com rolamento duplo ")</f>
+      </c>
+      <c r="C245" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D245" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E245" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F245" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
+      <c r="A246" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38462", "1046")</f>
+      </c>
+      <c r="B246" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38462", " 6 unidades de  Telefone de cartão, tipo público")</f>
+      </c>
+      <c r="C246" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D246" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E246" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F246" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
+      <c r="A247" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38463", "1047")</f>
+      </c>
+      <c r="B247" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38463", " Aprox. 200.000 unidades de Componentes Eletrônicos, tipo Capacitor (Resistores, Fuzíveis, Conectores")</f>
+      </c>
+      <c r="C247" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D247" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E247" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F247" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
+      <c r="A248" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38437", "1048")</f>
+      </c>
+      <c r="B248" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38437", " 2 unidades de Motor e redutor velocidade AC/DC")</f>
+      </c>
+      <c r="C248" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D248" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E248" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F248" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
+      <c r="A249" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38466", "1049")</f>
+      </c>
+      <c r="B249" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38466", " 3 Trituradores de lixo para pia de cozinha")</f>
+      </c>
+      <c r="C249" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D249" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E249" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F249" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
+      <c r="A250" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38467", "1050")</f>
+      </c>
+      <c r="B250" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38467", " 3 Trituradores de lixo para pia de cozinha")</f>
+      </c>
+      <c r="C250" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D250" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E250" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F250" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
+      <c r="A251" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38461", "1051")</f>
+      </c>
+      <c r="B251" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38461", " Motor com redutor de velocidade.")</f>
+      </c>
+      <c r="C251" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D251" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E23" s="5" t="inlineStr">
+      <c r="E251" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F251" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
+      <c r="A252" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38464", "1052")</f>
+      </c>
+      <c r="B252" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38464", " Aprox. 200 un. De Canudinho rigido com flecha, embalado individualmente")</f>
+      </c>
+      <c r="C252" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D252" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E252" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F252" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
+      <c r="A253" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38473", "1053")</f>
+      </c>
+      <c r="B253" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38473", " Aprox. 200 un. de Canudinho rigido com flecha, embalado individualmente")</f>
+      </c>
+      <c r="C253" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D253" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E253" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F253" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
+      <c r="A254" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38472", "1054")</f>
+      </c>
+      <c r="B254" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38472", " Aprox. 200 un. de Canudinho rigido com flecha, embalado individualmente")</f>
+      </c>
+      <c r="C254" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D254" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E254" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F254" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
+      <c r="A255" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38474", "1055")</f>
+      </c>
+      <c r="B255" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38474", " Aprox. 200 un. de Canudinho rigido com flecha, embalado individualmente")</f>
+      </c>
+      <c r="C255" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D255" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E255" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F255" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
+      <c r="A256" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38478", "1056")</f>
+      </c>
+      <c r="B256" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38478", " Ar condicionado central")</f>
+      </c>
+      <c r="C256" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D256" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E256" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F256" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
+      <c r="A257" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38470", "1057")</f>
+      </c>
+      <c r="B257" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38470", " Difusor para ar condicionado central")</f>
+      </c>
+      <c r="C257" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D257" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E257" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F257" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
+      <c r="A258" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38477", "1058")</f>
+      </c>
+      <c r="B258" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38477", " Redutor de velocidade")</f>
+      </c>
+      <c r="C258" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D258" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E258" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F258" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
+      <c r="A259" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38476", "1059")</f>
+      </c>
+      <c r="B259" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38476", " Redutor de velocidade")</f>
+      </c>
+      <c r="C259" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D259" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E259" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F259" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
+      <c r="A260" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38465", "1060")</f>
+      </c>
+      <c r="B260" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38465", " Redutor de velocidade")</f>
+      </c>
+      <c r="C260" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D260" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E260" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F260" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
+      <c r="A261" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38468", "1061")</f>
+      </c>
+      <c r="B261" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38468", " 100 unidades de Palets de peroba. Alta resistência ")</f>
+      </c>
+      <c r="C261" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D261" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E261" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F261" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
+      <c r="A262" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38471", "1062")</f>
+      </c>
+      <c r="B262" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38471", " 100 unidades de Palets de peroba. Alta resistência ")</f>
+      </c>
+      <c r="C262" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D262" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E262" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F262" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
+      <c r="A263" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38479", "1063")</f>
+      </c>
+      <c r="B263" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38479", " Aprox. 3.000 unidades de Cabide diversos para roupas")</f>
+      </c>
+      <c r="C263" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D263" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E263" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F263" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
+      <c r="A264" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38475", "1064")</f>
+      </c>
+      <c r="B264" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38475", " Aprox. 50 un. de alças para cabide")</f>
+      </c>
+      <c r="C264" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D264" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E264" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F23" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E26" s="5" t="inlineStr">
+      <c r="F264" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
+      <c r="A265" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38480", "1065")</f>
+      </c>
+      <c r="B265" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38480", " Fonte de alimentação para servidor. 28 Amperes")</f>
+      </c>
+      <c r="C265" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D265" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E265" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F265" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
+      <c r="A266" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38469", "1066")</f>
+      </c>
+      <c r="B266" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38469", " Fonte de alimentação para servidor. 28 Amperes")</f>
+      </c>
+      <c r="C266" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D266" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E266" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F266" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
+      <c r="A267" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38482", "1067")</f>
+      </c>
+      <c r="B267" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38482", " 04 Aquecedores centrais de água. Alemão")</f>
+      </c>
+      <c r="C267" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D267" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E267" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F267" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
+      <c r="A268" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38481", "1068")</f>
+      </c>
+      <c r="B268" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/38481", " 15 Vaporizadores. Tipo vaporeto")</f>
+      </c>
+      <c r="C268" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D268" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E268" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
-[...7742 lines deleted...]
-      </c>
       <c r="F268" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
-      <c r="A269" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A269" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/39003", "1101")</f>
+      </c>
+      <c r="B269" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/39003", "GM BLAZER ADVANTAGE 2.4 2008/2009 (FUNCIONANDO)")</f>
       </c>
       <c r="C269" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D269" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E269" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F269" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>