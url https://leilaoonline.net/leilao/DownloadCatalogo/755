--- v0 (2025-10-15)
+++ v1 (2026-03-28)
@@ -269,763 +269,671 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/36275", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/36275", "CAMINHÃO VW 17.280 2013 MEC. PREF. 213149 PL.:LRA4E34 CH. 953658240DR331085 RENAVAM: 00596811420 PNEUS SUCATA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>66.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/36277", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/36277", "CAMINHÃO VW 17.190 2012/2013 MEC. PREF.: 213144 PL.: LRA4E35 CH.: 9536E8240DR310611 RENAVAM: 00596812752 ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>41.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34431", "011")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34431", " CAMINHÃO VW 17.250E WORKER PLACA: EUK9143 ANO: 2011/ 2012 TRUCADO Automática Equip.: USIMECA - BRUTUS 19 m³ CH.: 9533N82T9CR222553 Renavam: 464794412 PREF.: 211118")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>46.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34430", "018")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34430", " CAMINHÃO VW 17.250E WORKER PLACA: EUL2295 ANO: 2011/ 2012 TRUCADO Automática Equip.: USIMECA - BRUTUS 19 m³ CH.: 9533N82T4CR222041 Renavam: 464549663 PREF.: 211115")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>45.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34432", "029")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34432", " CAMINHÃO VW 9.160  DELIVERY PLACA: ITN2587 ANO: 2012 TOCO Manual Equip.: PLANALTO - AGILIX 6 m³ CH.: 9531M62P9CR250211 Renavam: 485087839 PREF.: 212003")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34434", "041")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34434", " USINA DE SOLOS PRÉ-MISTURADOS A FRIO: UCR30E 2 MIST 380 V / 60HZ WANMIX . MODELO: USC-2 FAIXA - MARCA: CIBER - ANO: 2010,  SERIE N°:CR300002,  CAPAC.: 200 A 300 T /h,  INCLUSO: 03 SILOS METÁLICOS VERTICAIS - BASE CONICA C75")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>200.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34438", "042")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34438", " REATOR DE PURIFICAÇÃO II AÇO INOX 316 ,  CAPACIDADE 15 m³,  DIMENÇÕES 2,30m Ø   X 3,70m  ( d Xh ), APLICAÇÃO ETE INDUSTRIA CERVEJEIRA  ETC, CARCTERISTICAS INOX 316, ANO 2011")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34439", "043")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34439", " REATOR DE PURIFICAÇÃO II AÇO INOX 316 ,  CAPACIDADE 15 m³,  DIMENÇÕES 2,30m Ø   X 3,70m  ( d Xh ), APLICAÇÃO ETE INDUSTRIA CERVEJEIRA  ETC, CARCTERISTICAS INOX 316, ANO 2011")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34437", "044")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34437", " SISTEMA DE EXAUSTAO COMPLETO, MARCA SILVERSTONE,  APLICAÇÃO CAPTAÇÃO DE MATERIAL PARTICULADO, ANO 2012")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34435", "045")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34435", " ESMAGADOR DE 2 ROLOS MOD E700-2X5,5KW, MARCA SILVERSTONE, POTENCIA 2 X 5,5 KW, ANO 2012")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34436", "046")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34436", " Aerador Aquapá (AERADOR PISC 2HP 220/380V), MARCA BERAQUÁ, MODELO B-209, DIMENSÕES  m (C x L x H): 1,63 x 2,36 x 0,95,  Encontra-se sem motor, ANO 2015 - (7 equipamentos). ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34433", "047")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34433", "AERADOR HIGRA , Aerador para Lagoas e reservatórios, principalmente em piscicultura e carcinicultura,  MARCA:HIGRA RPM380TRIF 15 CV 1750 APLICAÇÃO: ESTAÇÃO DE TRATAMENTO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34441", "050")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34441", " Mini Varredeira Pref.:  10000034")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34440", "056")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34440", " ARRANCA MATO 5,5CV MOSQUITO MUG II Pref.:  10023827")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34442", "057")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34442", " ARRANCA MATO 5,5CV MOSQUITO MUG II Pref.:  10023828")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34443", "058")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34443", " ARRANCA MATO 5,5CV MOSQUITO MUG II Pref.:  10024197")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34444", "059")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34444", " ARRANCA MATO 5,5CV MOSQUITO MUG II Pref.:  10024198")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34445", "060")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34445", " ARRANCA MATO 5,5CV MOSQUITO MUG II Pref.:  10024199")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34447", "071")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34447", "5 UNIDADES DISPONÍVEIS - LIXEIRA INTELIGENTE BIGBELLY SOLAR  ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34448", "072")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34448", "15 UNIDADES DISPONÍVEIS - CABECOTE ASPIRACAO LUTOCAR 120L N.P. ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34451", "073")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34451", "MOTOBOMBA SUBMERS 10CV MOD. BD700 ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34449", "074")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34449", "MOTOBOMBA SUBMERS 10CV MOD. BD700 ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34450", "075")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/34450", "MOTOBOMBA SUBMERS 10CV MOD. BD700 ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>