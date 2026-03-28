--- v0 (2025-10-15)
+++ v1 (2026-03-28)
@@ -269,1691 +269,1483 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29906", "050")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29906", "REDUTOR RENK ZANINI - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>202.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/30458", "053")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/30458", "MOTO BOMBA  - BOMBA DE INOX  - MOTOR MERCEDES RETIFICADO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/30457", "055")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/30457", "GUINDASTE CLARK  720 - CAP. 20TONELADAS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/30456", "056")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/30456", "BRITADOR MARCA FAÇO 42/30")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29907", "057")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29907", "CAMINHÃO VW/ 26.220 euro3 worker, ANO 2006/2007")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29905", "058")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29905", "COLHEDORA J.DEERE 3520")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29444", "059")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29444", "BOCA DE PÁ CARREGADEIRA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29350", "060")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29350", "TRATOR VOLVO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29904", "062")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29904", "COLHEDOR J.DEERE 3520, ANO 2012")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29903", "063")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29903", "MOTO BOMBA C/ BOMBA DE INOX -  MOTOR MWM RETIFICADO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29901", "064")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29901", "40 CX. DE 5 KL. DE ELETRODOS DE AÇO INOX.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29296", "065")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29296", "46 DISCOS  DE VINIL ANTIGOS RARIDADES")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29902", "066")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29902", "CAMINHÃO M.BENZ/L 1113 BAÚ, 1984 ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29566", "067")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29566", "51 REGISTRO EM AÇO INOX DE 2 POLEGADAS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29443", "068")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29443", "MISTURADOR ROSCA DE INOX 1000 kilos ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29467", "069")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29467", "TANQUE EM INOX, CAPACIDADE 7.000 lts.")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29509", "070")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29509", "MOTOR ESTACIONÁRIO DIESEL C/ GERADOR - ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.850,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29510", "071")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29510", "50 MANGUEIRAS VIBRATÓRIA (QDT. APROXIMADA)")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29356", "072")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29356", "PENEIRA MED. 1.60×1.16.")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29353", "073")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29353", "4 PEÇAS COMPRESSOR TF 038 4F 6 A e 038 8D 6A")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29352", "074")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29352", "SILO (Nº 1) CAPACIDADE 21 TONELADAS")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>3.550,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29349", "075")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29349", "PENEIRA VIBRATÓRIA MED. 3.00×1.20.")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29295", "076")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29295", "200  FACAS COOP 8 DO PICADOR DE CANA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29293", "077")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29293", "9 BOMBA HIDRÁULICA MOTOR  COLHEDORA J. DERRE 3520 (SEM USO)")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29292", "078")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29292", "4 BOMBA DE DOSAGEM MAGNÉTICA DELTA DLTA C/ ACIONAMENTO MAGNÉTICO CONTROLADO OPTO‐DRIVE (sem uso)")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29237", "079")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29237", "FABRICA DE PANO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28356", "080")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28356", " 20 TONELADAS  DE TUBO (Aproximadamente) medida 40 polegadas  acima de 5 metros  ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28358", "081")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28358", " SEMI-REBOQUE  SR/RANDON SRCA CA  12,50 M, ANO 2007")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28361", "082")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28361", " SEMI-REBOQUE  SR/RANDON SR CA  12,50 M, ANO 2006/2007")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28362", "083")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28362", " SEMI-REBOQUE  SR/RANDON SR CA  12,50 M, ANO 2007")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28363", "084")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28363", "REBOQUE E CARROCERIA COMBOIO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28456", "085")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28456", "COLHEDORA M.FERGUSON 5650, ANO 2003 - ( FUNCIONANDO)")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28453", "086")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28453", "3 SILOS P/ MILHO OU SOJA COMPLETOS  CAP 14 MIL SACAS CADAS veja mais detalhes em especificações")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>123.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29294", "087")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29294", "3 MOTORES - 2 MWM 229 C/ CÂMBIO E RADIADOR E 1 M. BENZ ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28455", "088")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28455", "GRADE SANTA IZABEL DE 30 DISCOS")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29348", "089")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29348", "PENEIRA VIBRATÓRIA MED. 2.50×0.80")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28457", "091")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28457", "Plantadeira SLC-JD,6 linhas.")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28458", "092")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28458", "Decantador secundário,especificações ( foto plaquetas )")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28459", "093")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28459", "1 ( UM) Elevador duplo,30 toneladas hora na caneca convencional. (faltando as canecas)")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29278", "094")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29278", "TRANSFORMADOR  45 KVA Trifásico 60 HP,220/127")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29242", "095")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29242", "1 ( UM) Elevador duplo,30 toneladas hora na caneca convencional. (faltando as canecas)")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29239", "096")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29239", "TRANSFORMADOR MINUZZI.45 kva tensão 220v 440v.")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29240", "097")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29240", "GERADOR 150 KVA.")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29236", "099")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29236", "CHARRETE RELÍQUIA")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28357", "100")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28357", "CHASSI DA COLHEDORA J.DEERE 35/20 (todo revisado)")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28359", "101")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28359", "2 ROLOS  - PÉ DE CARNEIRO")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28360", "102")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28360", " CARRETA DE SILO 4 RIACHO")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>2.050,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29281", "103")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29281", "20 VÁLVULAS de pressão MED.,2 de 2' , 1 de 2 1/2' , 11 de 3' , 1 de 5' , 1 de 6' , 2 de 8' , 1 de 10' , 1 de 14'.")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29351", "105")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29351", "SILO (Nº 2) CAPACIDADE 21 TONELADAS")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29280", "106")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29280", "TRANSFORMADOR 225 KVA")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29282", "107")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29282", "3 VÁLVULAS de pressão MED , 1 de 16' , 2 de 12'.")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29235", "121")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/29235", "ALAMBIQUE ANTIGO EM COBRE (PESO ESTIMADO 100 KILOS)")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.650,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>