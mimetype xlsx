--- v0 (2025-10-08)
+++ v1 (2026-03-28)
@@ -269,5979 +269,5235 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27742", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27742", " BRU-CA5817-2019 - CAMINHÃO FORA DE ESTRADA - CATERPILLAR ANO 2006 - ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>146</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>67.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27955", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27955", "SLS-EQ-009-2019 - PÁ CARREGADEIRA - CATERPILLAR - CAT 980H - ANO: 2008")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>58.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27656", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27656", " SLS-EQ-007-2019 - ESCAVADEIRA CATERPILLAR - CAT 330C - ANO: 2003")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27657", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27657", " SLS-EQ-008-2019 - PÁ CARREGADEIRA CATTERPILAR - CAT 962H - ANO: 2006 ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>22.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27658", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27658", " SLS-EQ-011-2019 - PÁ CARREGADEIRA VOLVO - L120E - ANO: 2007")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>12.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27961", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27961", "AGLP-GVE8516-2019 - CAMINHÃO - MERCEDES BENZ - MERCEDES 2638 - ANO: 2005")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27956", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27956", "ITA-047-2019 - NA - SCANIA - P 420 B 8X4 - ANO: 2011 ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>103</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>67.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27960", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27960", "AGLP-GVE 8514-2019 - CAMINHÃO  - MERCEDES BENZ - MERCEDES 2638 - ANO: 1999")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27957", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27957", "ITA-050-2019 - NA - SCANIA - P 420 B 8X4 - ANO: 2011")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>103</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>68.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27958", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27958", "MARAB-020-2019 - AMBULÂNCIA - MERCEDES BENZ - I/M .BENZ REVESCAP A UTI - ANO: 2008")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27959", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27959", "MARAB-021-2019 -  MITSUBISHI - L200 4X4 - ANO: 2010")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>22.750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27962", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27962", "CPBS-010-2019 - CAMINHONETE - NISSAN  - FRONTIER 4X4 XE - ANO: 2007/2008")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>22.750,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27660", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27660", " TAM-HBQ9655 - CHEVROLET VECTRA GLS - ANO: 2004")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27659", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27659", " SLS-EQ-020-2019 - PICK UP - FORD - F350 - ANO: 2009 - ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>102</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27973", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27973", "SLS-EQ-030-2019 - EMBARCAÇÃO - FLEXBOAT - SR 550 L1 MP - ANO: 2010/2011")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27971", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27971", "SLS-EQ-029-2019 - EMBARCAÇÃO - FLEXBOAT - SR 550 L1 MP - ANO: 2010/2011")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27972", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27972", "SLS-EQ-031-2019 - EMBARCAÇÃO - PHOENIX - HOVERCRAFT - ANO: 2011")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27674", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27674", " MARAB-016-2019 - TORRE DE ILUMINAÇÃO HEIMER / 10003740")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27671", "023")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27671", " MARAB-017-2019 - TORRE DE ILUMINAÇÃO HEIMER / 10033738")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27673", "024")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27673", " MARAB-018-2019 - PLATAFORMA ELEVATÓRIA- GENIE, MOD. ES0070, ANO 2010")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>9.450,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27974", "025")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27974", "ACD-003-2019 - PLATAFORMA - GENIE - PLATAFORMA REBOCAVEL TZ50/30 17 MTS-TZ5010-184 - ANO: 2010")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>15.650,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27975", "026")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27975", "ACD-004-2019 - PLATAFORMA - GENIE - PLATAFORMA ELEVATORIA MOTORIZADA 15 METROS ALTUR- TZ5011-327 - ANO: 2010")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>15.850,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27672", "027")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27672", " MARAB-014-2019- TORRE DE ILUMINÇÃO GENIE, YEAR, ANO 2006 ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27675", "028")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27675", " MARAB-015-2019 - TORRE DE ILUMINAÇÃO HEIMER/1006886")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27664", "029")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27664", " SLS-EQ-027-2019 - FURADEIRA DE COLUNA - MR-600")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27662", "030")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27662", " SLS-EQ-026-2019 - FURADEIRA DE COLUNA - FUNDOYA - TIEKO - S.40")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27983", "031")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27983", "SLB-003-2019 - BOMBA - KSB - OMEGA 250-600 B - ANO: 2012")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>6.450,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27661", "032")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27661", " SLB-004-2019 - BOMBA - KSB - OMEGA 250-600 B - ANO: 2012")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>6.450,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27669", "033")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27669", " SLB-005-2019 - BOMBA - WEIR - ANO: 2009 ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>12.600,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27663", "034")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27663", " SLB-006-2019 - BOMBA - KSB - OMEGA 250-600B - ANO: 2012")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27667", "035")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27667", " SLB-007-2019 - SUBSTAÇÃO - CONVERTEAM - ANO: 2009 ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27666", "036")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27666", " SLB-008-2019 - SUBSTAÇÃO - CONVERTEAM - ANO: 2009 ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27665", "037")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27665", " SLB-009-2019 - SUBSTAÇÃO - CONVERTEAM -  ANO: 2009")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27670", "038")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27670", " SLB-010-2019 - SUBSTAÇÃO - METTA - ANO: 2012")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>12.800,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27668", "039")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27668", " SLB-011-2019 - SUBSTAÇÃO - METTA - ANO: 2009")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>11.950,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27976", "040")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27976", "ACD-005-2019 - PLATAFORMA - GENIE - PLATAFORMA ELEVATORIA GENIE Z4525- TZ5010 289 - ANO: 2010")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27977", "041")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27977", "ACD-006-2019 - PLATAFORMA - GENIE - PLATAFORMA REBOCAVEL PARA TRABALHO EM ALTURA- TZ5010 -288 - ANO: 2010")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>11.800,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27978", "042")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27978", "ACD-007-2019 - PLATAFORMA - GENIE - PLATAFORMA AEREA ELEVATORIA GENIE- AWP10-67740 - ANO: 2010")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27979", "043")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27979", "ACD-008-2019 - PLATAFORMA - GENIE - PLATAFORMA REBOCAVEL AWT30-S 17 MTS- AWP10 067738 - ANO: 2010")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27980", "044")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27980", "ACD-009-2019 - PLATAFORMA - GENIE - PLATAFORMA PORTATIL PARA TRABALHO EM ALTURA- AWP10-67735 - ANO: 2010")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>11.550,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27981", "045")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27981", "SLB-022-2019 - 1 UND. -CONTEINER CT 06, 40 PES MARITIMO 12 MT")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27982", "046")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27982", "SLB-023-2019 - CT 05 CONTEINER 40 PES MARITIMO 12 MT")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>8.200,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27984", "047")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27984", "MARAB-008-2019 - LAVADORA DE ALTA PRESSÃO - KARCHER")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27985", "048")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27985", "MARAB-010-2019 - BEBEDOURO INDUSTRIAL - REFRICOL ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27986", "049")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27986", "MARAB-019-2019 - ESTAÇÃO DE TRATAMENTO DE EFLUENTES")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27996", "050")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27996", "082-1420-2019 - ESTACAO DE TRABALHO EM L / TECNOFLEX  - 2014")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27987", "051")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27987", "ITA-051-2019 - 06 BOBINAS CABO COMPONENTE TIGER BIG T6 CJ  BUCYRUS")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27994", "052")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27994", "082-1418-2019 - COMPRESSOR SCHULZ - SCHULZ - CSL 15BR - ANO: 2010/2011")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27683", "053")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27683", " BRU-942-2019 - 3 ITENS- APARELHO DE ULTRA-SOM, MEDIDOR DE ESPESSURA ULTRASOM, CAMERA TERMOGRAFICA - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27679", "054")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27679", " BRU-943-2019 - 3 ITENS - COLETORES DE DADOS DE VIBRAÇÃO MODELO SKF CMVA65 - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27677", "055")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27677", " BRU-947-2019- 10 ITENS - CILINDROS HIDRÁULICOS ARGOS 20.5 FABRICAÇÃO 2012")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27678", "056")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27678", " 082-1424-2019 - APROX. 249 ITENS DIVERSOS: VENTOINHA, CONTATOR  E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27682", "057")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27682", " 082-1425-2019 - APROX. 2.033- ITENS DIVERSOS - ENGRENAGEM, MOLA,TAMPA E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27684", "058")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27684", " CKS-MRO-041-2019 - 611 ITENS DIVERSOS- ROLO TRANSPORTADOR, DIVERSOS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>21.200,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27989", "059")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27989", "SLS-MRO-022-2019 - 6 MOTORES COMPONENTE")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>123</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27997", "060")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27997", "CKS-MRO-038-2019 - 19 APROX. CAVALETE COMPONENTE;")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27676", "061")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27676", " SLB-013-2019 - 968 ITENS DIVERSOS- ARRUELA, ANEL,MANGUEIRAS E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27686", "062")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27686", " FAB-001-2019 - 21 ITENS DIVERSOS- EIXO P/ CARREGADEIRA, REPARO,VÁLVULA PARA CAMINHÃO F. ESTRADA ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27687", "063")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27687", " FAB-002-2019- 6 ITENS DIVERSOS- PISTAO,  VALVULAS SOLENOIDE E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27689", "064")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27689", " FAB-004-2019 - 7 ITENS DIVERSOS - PROTETOR COMPONENTE, SENSOR FOTOELETRICO E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27688", "065")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27688", " FAB-005-2019- 149 ITENS DIVERSOS- FILTROS, ROLAMENTOS, CALCOS E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27690", "066")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27690", "MCR-052-2019 - APROX. 497 PEÇAS E COMPONENTES DIVERSOS, CATERPILLAR, SCANIA, LIEBHERR E OUTROS - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>5.100,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27691", "067")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27691", " MCR-053-2019 - APROX. 252 PEÇAS E COMPONENTES CATERPILLAR, SCANIA, LIEBHERR, MERCEDES BENZ E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>4.550,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27681", "068")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27681", " 082-1428-2019 - 604 ITENS DIVERSOS- ROLAMENTO, BICOS E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27692", "069")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27692", " MCR-056-2019 - APROX. 256 PEÇAS E COMPONENTES LIEBHERR E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>2.050,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27693", "070")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27693", " MCR-057-2019 - 316 I8TENS DIVERSOS - RETIFICAODRES , RETENTORES, ARRUELA , COREIRA E OUTROS-VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27699", "071")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27699", " MCR-058-2019 - APROX. 290 PEÇAS E COMPONENTES DIVERSOS VOLVO E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27694", "072")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27694", "MCR-059-2019 - APROX. 477 PEÇAS E COMPONENTES DIVERSOS, CATERPILLAR, SCANIA E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27701", "073")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27701", " MCR-060-2019 - APROX. 227 PEÇAS E COMPONENTES DIVERSOS ITENS DIVERSOS LIEBHERR E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>3.050,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27988", "074")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27988", "CKS-051-2019 - REDUTOR CATERPILLAR PART NUMBER 2951685")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27697", "075")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27697", " MCR-062-2019 - ROLAMENTOS, PEÇAS E COMPONENTES DIVERSOS LIEBHERR E OUTROS - APROX. 166 ÍTENS - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>3.050,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27695", "076")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27695", " MCR-063-2019 - APROX. 526 PEÇAS E COMPONENTES DIVERSOS LIEBHERR E OUTROS -  VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27700", "078")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27700", "MCR-065-2019 - APROX. 1.166 PEÇAS E COMPONENTES DIVERSOS SCANIA E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27698", "079")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27698", " MCR-066-2019 - 16 FILTROS HIDRAULICOS  R 954B E 1 CONDENSADOR REFR L580 DA MARCA LIEBHERR")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27696", "080")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27696", " MCR-067-2019 - APROX. 123 PEÇAS E COMPONENTES DIVERSOS, CATERPILLAR, VOLVO, LIEBHERR E OUTROS - VEJA DESCRITIVO DE ITENS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27703", "081")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27703", " MCR-068-2019 - APROX. 40 PEÇAS E COMPONENTES DIVERSOS, LIEBHERR E OUTROS - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27702", "082")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27702", " MCR-069-2019 - APROX. 996 PEÇAS E COMPONENTES DIVERSOS GINAF E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27706", "083")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27706", " MCR-070-2019 - 9 CILINDROS HIDRÁULICOS HPVS CB E 1 VÁLVULA HIDRÁULICA CB GINAF")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27707", "084")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27707", "MCR-071-2019 - 02 COMPRESSORES DE AR MOTOR CB GINAF")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27704", "085")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27704", " MCR-072-2019 - APROX. 421 PEÇAS E COMPONENTES DIVERSOS, CATERPILLAR, SCANIA, VOLVO, LIEBHERR E OUTROS - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27708", "088")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27708", " PIC-104-2019 - 58 ITENS DIVERSOS - BICOS COMPONENTES, RESISTOR, ARRUELA E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27721", "089")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27721", " PIC-105-2019 - 21 ITENS DIVERSOS- CARRETEL BI-PARTIDO, CONECTOR APLICAÇÃO E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27717", "090")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27717", " PIC-106-2019 - 606 ITENS DIVERSOS- PARAFUSO CATERPILLAR, RELE EG2762, PLACA DE METAL E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27719", "091")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27719", " PIC-107-2019 - 13 ITENS DIVERSOS- RELE AUXILIAR, CAPA ROLAMENTOS E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27715", "092")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27715", " PIC-108-2019 - 33 ITENS DIVERSOS- MODULO ELETR.,  TIRISTIR E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27714", "093")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27714", " PIC-109-2019 - 36 ITENS DIVERSOS- ROLO TRANSPORTADORES DIVERSOS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27709", "094")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27709", " PIC-110-2019 - 5 ITENS - VALVULA ACIONAMENTO, PINHÃO COMPONENTE E OUTROS -VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27720", "095")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27720", " PIC-112-2019 - 28 ITENS DIVERSOS- COMANDO DISPARO, FILTRO FLUIDO E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27716", "096")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27716", " PIC-113-2019 - 24 ITENS DIVERSOS- SENSOR PRESSÃO, TERMOMETRO COMPONENTE, TRANSMISSOR TEMPERATURA E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27998", "097")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27998", "CKS-MRO-044-2019 - 14 ROLOS TRANSPORTADORES")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27999", "098")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27999", "CKS-MRO-049-2019 - APROX. 687 PEÇAS E COMPONENTES TMH; LE TOURNEAU; KOMATSU E OUTROS - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>2.650,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27712", "099")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27712", " PIC-116-2019 - 116 ITENS DIVERSOS- LAMINAS RASPAGEM, LAMINA APLICAÇÃO - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27711", "100")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27711", " PIC-117-2019 - 119 ITENS DIVEROS- CONECTOR SOLENOIDE, BICO COMPONETE, ANEL TRAVA  E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27710", "101")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27710", " PIC-119-2019 - 118 ITENS DIVERSOS - MOLAS APLICAÇÃO, MEDIDOR TRANSMISSOR, EQUIPAMENTOS DIVERSOS E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27718", "102")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27718", " PIC-120-2019 - 105 ITENS DIVERSOS- EIXOS COMPONENTES, CORREIAS E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28000", "103")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28000", "CKS-MRO-050-2019 - APROX. 595 PEÇAS E COMPONENTES SCANIA; MERCEDES BENZ; MICHELIN; MITSUBISHI; TOYOTA; VOLKSWAGEN; VOLVO E OUTROS")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28002", "104")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28002", "082-1408-2018 - 17 APARELHOS TELEFONICOS DIGITAL SIEMENS; MODELO OTPOINT ADVANCED 500ADV; ANO DE FABRICAÇAO 2011. - SERÁ VENDIDO NO ESTADO DE CONSERVAÇÃO EM QUE SE ENCONTRA. - LOC.: VITORIA/ES")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27713", "105")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27713", " PIC-123-2019 - 85 ITENS DIVERSOS - BOTÃO COMANDO, BOBINA DISPARO , BOBINA P/ DISJUNTOR E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27725", "107")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27725", " ITA-040-2019 - 15 PEÇAS - ESTAÇÃO DE TRABALHO ")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27726", "108")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27726", " ITA-041-2019 - 15 PÇAS - ESTAÇÃO DE TRABALHO -")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27724", "109")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27724", " ITA-043-2019 - 4 PCAS- PARTES E PEÇAS, VALVULAS SEGURANÇA APLIACAÇÃO MOTOR DIESEL - VEJA DESCRITIVO ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27723", "110")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27723", " ITA-048-2019 - 15 PCAS- APARELHO TELEFONE DIGITAL SIEMENS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28003", "111")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28003", "082-1421-2019 - APROX. 180 COMPOENETES ELETRONICOS DIVERSOS - SERÁ VENDIDO NO ESTADO DE CONSERVAÇÃO EM QUE SE ENCONTRA. - LOC.: VITORIA/ES")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28005", "112")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28005", "082-1422-2019 - ROLAMENTO, PEÇAS E COMPONENTES DVIERSOS - APROX. 1150 PEÇAS. - VEJA DESCRITIVO DE ITENS - SERÁ VENDIDO NO ESTADO DE CONSERVAÇÃO EM QUE SE ENCONTRA. - LOC.: VITORIA/ES")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28006", "113")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28006", "082-1423-2019 - ROLAMENTO, PEÇAS E COMPONENTES DVIERSOS - 50 PEÇAS. - VEJA DESCRITIVO DE ITENS - SERÁ VENDIDO NO ESTADO DE CONSERVAÇÃO EM QUE SE ENCONTRA. - LOC.: VITORIA/ES")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28007", "114")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28007", "CKS-MRO-047-2019 - APROX. 725 PEÇAS E COMPONENTES LE TOURNEAU E OUTROS - SERÃO VENDIDOS NO ESTADO EM QIUE SE ENCONTRAM - LOC.: PARAUAPEBAS/PA")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28008", "115")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28008", "FAB-003-2019 - APROX. 114 PEÇAS E COMPONENTES DIVERSOS - SERÃO VENDIDOS NO ESTADO EM QIUE SE ENCONTRAM - LOC.: PARAUAPEBAS/PA")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27740", "116")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27740", " SLS-MRO-002-2019 - 17.058- ITENS DIVERSOS- PARAFUSOS, ANEIS COMPONENTES, LAMPADA INCANDESCENTE, VEDAÇÃO PLANA E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27731", "117")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27731", " SLS-MRO-003-2019 - 8.856 ITENS DIVERSOS- ESPAÇADOR BUCHA, PINO COMPONENTE, ABRAÇADEIRA E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27735", "118")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27735", " SLS-MRO-004-2019 - 9.319 ITENS DIVERSOS- POTENCIOMETRO, MANOMETRO E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27992", "119")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27992", "SLS-EQ-032-2019 - 1 REFRIGERADOR DUPLEX  346L FROST FREE MODELO DF 38X ELETROLUX COMPLETO ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27727", "120")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27727", " SLS-MRO-006-2019 - 1.111 ITENS DIVERSOS - DISJUNTOR, ENGRENAGENS E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27734", "123")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27734", "SLS-MRO-009-2019 - APROX. 1.720 ITENS DIVERSOS - RETENTOR VEDAÇÃO, SEPARADOR , VEDAÇÃO PLANA, ANEIS E OUTROS- VEJA ADESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27738", "124")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27738", "SLS-MRO-011-2019 - APROX. 412 PEÇAS E COMPONENTES DIVERSOS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27736", "126")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27736", " SLS-MRO-019-2019 - APROX. 5.795 PEÇAS E COMPONENTES DIVERSOS - CONDENSADOR P/ BEBEDOURO, TUBO CONDUÇÃO METALICO , PARAFUSO E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27737", "127")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27737", " SLS-MRO-020-2019 - APROX. 12.914 PEÇAS E COMPONENTES DIVERSOS- JUNTA GENERAL ELECTRONIC, PINO GUIA, TUBO CONDUÇÃO METALICO, PARAFUSO COMPONENTE E OUTROS- VEJA DESCRITIVO ")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27729", "128")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27729", "SLS-MRO-021-2019 - APROX. 237 ROLOS TRANSPORTADORES IMPACTO")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27730", "129")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27730", " SLS-MRO-024-2019 - APROX. 424 PEÇAS E COMPONENTES DIVERSOS - ROLAMENTOS EIXO COMPONENTE , ENGRENAGENS, PLACA E OUTROS - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27733", "130")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27733", " SLS-MROZIPI-001-2019 - APROX. 418 PEÇAS - LÃ DE ROCHA - CENTRIFUGADORES, INCLUINDO OS SECADORES ")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>2.150,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27732", "131")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27732", "SLS-MROZIPI-002-2019 - APROX. 211 MANGUEIRAS HIDRÁULICAS ")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27990", "132")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27990", "SSG-003-2019 - MRO - 125 ITENS: ESCAVADEIRAS HIDRÁULICAS DE GRANDE PORTE - veja descritivo de itens")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27993", "133")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27993", "SLB-024-2019 - 1100 ITENS APROX. DE FERRAMENTAS E SUPORTE DE ROLO - veja descritivo de itens")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>6.650,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27995", "134")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/27995", "PIC-143-2019 - 95 ITENS APROX. EIXO, ROTOR E OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28001", "135")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28001", "PIC-142-2019 - 14 ITENS APROX. TRANSFORMADORES, VÁLVULAS,,, - veja descritivo de itens")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28004", "136")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28004", "PIC-140-2019 - 66 ITENS APROX. KOMATSU, CAT EOUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28009", "137")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28009", "PIC-138-2019 - 177 TENS APROX KOMATSU, CAT EOUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28010", "138")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28010", "PIC-137-2019 -  10 TENS APROX - 10 MAGUEIRAS E ELEMENTO DE FILTRO - veja descritivo de itens")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28019", "139")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28019", "PIC-124-2019 - 227 ITENS APROX - PARTES E PEÇAS DE EQUIPAMENTOS - veja descritivo de itens -")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28020", "140")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28020", "PIC-103-2019 - 25 ITENS APROX - CAT PEÇAS: MANCAL, ROLAMENTO E OUTROS - veja descritivo de itens -")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28021", "141")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28021", "PIC-118-2019 - 31  ITENS APROX - SENSOR DE PRESSÃO, CAMISA E OUTROS - veja descritivo de itens -")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28022", "142")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28022", "PIC-125-2019 - 227 ITENS APROX - PEÇAS CATERPILLAR/OUTROS:ANEL,REDENTOR,, - veja descritivo de itens -")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28023", "143")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28023", "PIC-127-2019 - 27 ITENS APROX - PEÇAS CATERPILLAR/KOMATSU/OUTROS - veja descritivo de itens -")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28024", "144")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28024", "PIC-128-2019 - 141 ITENS APROX - PEÇAS CATERPILLAR/OUTROS: FILTROS ELEMENTOS - veja descritivo de itens -")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28025", "145")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28025", "PIC-129-2019 - 18 ITENS APROX - PEÇAS CATERPILLAR/KOMATSU/OUTROS: CRUZETA, PONTEIRA,, - veja descritivo de itens -")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28026", "146")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28026", "PIC-130-2019 - 296 ITENS APROX - PEÇAS, ANEL, VEDAÇÃO E OUTROS - veja descritivo de itens -")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28027", "147")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28027", "PIC-133-2019 - 35 ITENS APROX - PEÇAS CATERPILLAR PARAFUSOS, PORCAS,, - veja descritivo de itens -")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28028", "148")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28028", "PIC-135-2019 - 149 ITENS APROX - PEÇAS, ANEL, VEDAÇÃO, RETENTOR E OUTROS - veja descritivo de itens -")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28029", "149")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28029", "PIC-136-2019 - 04 ITENS APROX - PEÇAS CATERPILLAR: SENSOR E INDICADOR,, - veja descritivo de itens -")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28030", "150")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28030", "MCR-021-2019 - 94 ITENS APROX - MATERIAL DE DESGATE P/ PERFURATRIZ/CAMINHÃO,, - veja descritivo de itens -")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28031", "151")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28031", "MCR-023-2019 - 94 ITENS APROX - MATERIAL ELÉTRICO DIVERSO P/ PERFURATRIZ/CAMINHÃO M.B, SCANIA,, - veja descritivo de itens -")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28032", "152")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28032", "MCR-046-2019 - 58 TELA PENEIRAMENTO DE AÇO ")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28033", "153")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28033", "MCR-047-2019 - 30 TELA PENEIRAMENTO DE AÇO ")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28034", "154")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28034", "MCR-048-2019 - 19 TELA DE PROTEÇÃO AÇO ")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28035", "155")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28035", "MCR-049-2019 - 22 TELA DE PROTEÇÃO AÇO ")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28036", "156")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28036", "MCR-051-2019 - 7 TELA DE PROTEÇÃO AÇO ")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28037", "157")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28037", "MCR-054-2019 - 1340 ITENS APROX - PEÇAS DE MINERAÇÃO CAT VÁLVULAS, ANEL,, - veja descritivo de itens -")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28038", "158")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28038", "MCR-076-2019 - 23 ALAVANCA DE FREIO SCANIA")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28039", "159")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28039", "MCR-077-2019 - 140 ITENS SCANIA FREIO INDUSTRIAL")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...25 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28040", "160")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28040", "MCR-078-2019 - 12  BOMBA; CENTRIFUGA; SCANIA;PN 1549740")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...271 lines deleted...]
-      <c r="D25" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28041", "161")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28041", "MCR-079-2019 - 29 ITENS APROX - VOLVO,TAMROCK,,:MANGUEIRAS HIDRÁULICA E PNEUMA´TICA,- veja descritivo de itens -")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E25" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D26" s="4" t="inlineStr">
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28042", "162")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28042", "MCR-080-2019 - 780 ITENS APROX - MATERIAL DE FIXAÇÃO,, - veja descritivo de itens -")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28043", "163")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28043", "MCR-081-2019 - 196 PEÇAS P/ VEÍCULOS PESADO MANGA, TENSOR,,,- veja descritivo de itens -")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28044", "164")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28044", "MCR-082-2019 - 48 ITENS APROX - RADIADOR, ROTOR,,, - veja descritivo de itens -")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E26" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D27" s="4" t="inlineStr">
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28045", "165")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28045", "MCR-083-2019 - 50 BARRA DE METAL")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28046", "166")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28046", "MCR-084-2019 - 19 ITENS APROX - FILTROS E ELEMENTOS- veja descritivo de itens -")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28047", "167")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28047", "MCR-085-2019 - 5 TAMBOR FREIO FORD CARGO/REBOQUE ROSSETTI- veja descritivo de itens -")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28048", "168")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28048", "MCR-086-2019 - 162 ITENS APROX.. GRAXETA, ANEL,,, - veja descritivo de itens -")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28049", "169")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28049", "MCR-087-2019 - 143 ITENS APROX - EIXOS, MOLAS HELICOIDAL,,, - veja descritivo de itens -")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28050", "170")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28050", "MCR-088-2019- 43 ITENS APROX - MOLAS, ROTOR,,, - veja descritivo de itens -")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28051", "171")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28051", "MCR-089-2019 - 93 ITENS APROX. LUVA; ACOPLAMENTO, VOLVO - veja descritivo de itens -")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28053", "172")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28053", "MCR-090-2019 - 40 ITENS APROX. PEÇAS DIVERSAS INDICADOR, LAMPADA,,, - veja descritivo de itens -")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28054", "173")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28054", "MCR-091-2019 - 27 ITENS APROX - ELEMENTOS FILTRO - veja descritivo de itens -")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28055", "174")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28055", "MCR-092-2019- 65 ITENS APROX - PEÇAS CAT: ANEL, VEDAÇÃO,, - veja descritivo de itens -")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28056", "175")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28056", "MCR-093-2019 - 49 ITENS APROX - PEÇAS CAT/TAMROCK/SCANIA/VOLVO: RETENTOR, CHAVETA,, - veja descritivo de itens -")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28057", "176")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28057", "MCR-094-2019  - 49 ITENS APROX - PEÇAS E ACESSÓRIOS VEÍCULOS,, - veja descritivo de itens -")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28060", "177")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28060", "MCR-095-2019 - 66 ITENS APROX - TAMBOR FREIO E OUTROS ,, - veja descritivo de itens ")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28061", "178")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28061", "MCR-096-2019 -  ITENS APROX - PEÇAS SCANIA/LIEBHERR E OUTROS ,, - veja descritivo de itens ")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28062", "179")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28062", "MCR-097-2019 - 76 ITENS APROX - PEÇAS DE MINERAÇÃO E CATERPILLAR ,, - veja descritivo de itens ")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28063", "180")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28063", "MCR-098-2019 - 30 ITENS APROX - PEÇAS DE MINERAÇÃO,, - veja descritivo de itens ")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28064", "181")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28064", "MCR-099-2019 - 197 ITENS APROX - PEÇAS DE MINERAÇÃO,, - veja descritivo de itens ")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28065", "182")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28065", "MCR-100-2019 - 37 PEÇAS PARA MOTOR A DIESEL")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28066", "183")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28066", "MCR-101-2019 - 100 ITENS APROX - PEÇAS DIVERSAS,, - veja descritivo de itens ")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28067", "184")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28067", "MCR-103-2019 - 42 LUMINÁRIA ELÉTRICA")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28068", "185")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28068", "MCR-104-2019 - 247 ITENS APROX - BARRA, PARAFUSOS,, - veja descritivo de itens ")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28069", "186")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28069", "MCR-105-2019 - 44 ITENS APROX - MOTORES: COMPONENTES E ACESSÓRIO,, - veja descritivo de itens ")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28070", "187")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28070", "MCR-106-2019 - 35 ITENS APROX - FLANGE E BUCHAS PARA TRANSFORMADOR,, - veja descritivo de itens ")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28072", "188")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28072", "082-1432-2019 - 35 ITENS APROX - ENGRENAGEM, EIXO,, - veja descritivo de itens ")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28073", "189")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28073", "CKS-051-2019 - 1 REDUTOR PART NUMBER 2951685 CAT")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28074", "190")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28074", "CKS-MRO-045-2019 - 87 FIXADORES DIVERSOS")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28075", "191")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28075", "CKS-MRO-046-2019 - 96 ITENS APROX - MANGUEIRAS HIDRÁULICA E MONTADA,, - veja descritivo de itens ")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28076", "192")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28076", "MARI-012-2019 - 7 ITENS APROX - LIXADEIRAS BOSCH - veja descritivo de itens -")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E27" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D29" s="4" t="inlineStr">
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28077", "193")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28077", "MCR-001-2019 - 53 ITENS APROX - PEÇAS ACESSÓRIOS: PERFURATRIZ E SONDA - veja descritivo de itens ")</f>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28078", "194")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28078", " MARAB-007-2019 - 1 CONVERSOR AC/DC ")</f>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28080", "195")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28080", " CKS-MRO-039-2019- 13 PÇS - CAVALETE COMPONENTE; TIPO: AUTO ALINHANTE RETORNO")</f>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E29" s="5" t="inlineStr">
-[...794 lines deleted...]
-      <c r="D54" s="4" t="inlineStr">
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28081", "196")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28081", "CKS-MRO-048-2019 - 13 EIXO PINHÃO - veja descritivo de itens")</f>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E54" s="5" t="inlineStr">
-[...543 lines deleted...]
-      <c r="E71" s="5" t="inlineStr">
+      <c r="E195" s="5" t="inlineStr">
         <is>
           <t>1.550,00</t>
         </is>
       </c>
-      <c r="F71" s="4" t="inlineStr">
-[...3966 lines deleted...]
-      </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
-      <c r="A196" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28079", "197")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/28079", " MARAB-012-2019 - 2 PCAS- CARREGADOR DE BATERIA , CONVERSOS AC/DC")</f>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>