--- v0 (2025-12-17)
+++ v1 (2026-03-25)
@@ -269,1435 +269,1259 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25266", "106")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25266", " HONDA CG 125cc CUSTOMIZADA. ANO 1979.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25300", "107")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25300", " BICICLETA ANTIGA CALOI CECI ARO 26 DÉCADA DE 1980, TOTALMENTE ORIGINAL, RELÍQUIA PARA COLECIONADORES")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25289", "109")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25289", "02 UNIDADES DE TAPETE PARA SALA L AMOUR MING 80 LINHAS, COR SALMÃO E MARROM, NOVO ( SEM USO). ( T-01)")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25288", "111")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25288", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR BEGE E MARROM,  NOVO ( SEM USO). ( T-02)")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25294", "120")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25294", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR VERMELHA E BEGE,  NOVO ( SEM USO). ( T-03)")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25290", "121")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25290", " LOTE C/ APROX 50 UNIDADES DE CADEIRAS,  SENDO; GIRATÓRIAS, FIXAS, LONGARINAS E OUTRAS.")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25278", "125")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25278", "Lote contendo 14 aparelhos de DVD marca Tectoy. Em funcionamento.")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25279", "126")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25279", "LOTE CONTENDO 08 APARELHOS DVD BRITANIA. EM FUNCIONAMENTO.")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25391", "132")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25391", " MINI TRATOR A GASOLINA YARD-MAN MULTIFUNÇÕES")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25265", "133")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25265", " 04 TOTEN / PEDESTAL, SENDO 02 MEDINDO; 1,80 E 02 MEDINDO; 1,50. COM REGULAGEM")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25267", "136")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25267", "LOTE COM 011 BANCOS P/ MOTOCICLETAS ANTIGAS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25268", "140")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25268", "LOTE COM APROX. 50 CAPAS DE BANCO DE CICLOMOTORES ANTIGOS, MOBILETE MONARK CALOI CX , CALOI XR, GARELI E OUTRAS. PRODUTO ORIGINAL, SEM USO, ESTOQUE ANTIGO, DECADA DE 1980 , PARA COLECIONADORES. VÁRIAS CORES E MODELOS.")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25275", "151")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25275", " LOTE COM: Aprox. 315 pares de Sapatilhas Alpargatas Uissex (Preta) Adulto e Infantil. NOVAS SEM USO.")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25273", "152")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25273", " 50 unidades de  Microsoft Windows 7 (pode ser atualizado para o Windows 10) Home Basic Edition em Português. Lacrado na Caixa com CD e chave de ativação . ORIGINAL. NOVO SEM USO.")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25277", "154")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25277", " 50 unidades de  Microsoft Windows 7 (pode ser atualizado para o Windows 10) Home Basic Edition em Português. Lacrado na Caixa com CD e chave de ativação . ORIGINAL. NOVO SEM USO.")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25292", "156")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25292", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR SALMÃO E MARROM,  NOVO ( SEM USO). ( T-04)")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25291", "161")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25291", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR AMARELA E AZUL,  NOVO ( SEM USO). ( T-05)")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25295", "163")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25295", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR BEGE, NOVO ( SEM USO). ( T-06).")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25264", "168")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25264", " CRISTALEIRA EM ACRÍLICO P/ JÓIAS OU CELULARES.")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25302", "170")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25302", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR SALMÃO E AZUL, NOVO ( SEM USO). ( T-07).")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25293", "173")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25293", " 60 UNIDADES DE ACESSÓRIOS P/ CELULARES, SUPORTES P/ VEÍCULOS E CINTURA. (NOVOS (SEM USO).")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25283", "175")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25283", " 25 UNIDADES DE SPRAY")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25304", "176")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25304", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR SALMÃO E BEGE, NOVO ( SEM USO). ( T-08).")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25301", "177")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25301", " COLEÇÃO C/ 50 UNIDADES DE  CELULARES ANTIGOS , VÁRIAS MARCAS  E MODELOS DÉCADA DE 1990, ANTIGUIDADE PARA COLECIONADORES. ( L-07).")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25298", "179")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25298", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR VERDE E BEGE, NOVO ( SEM USO). ( T-09).")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25303", "180")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25303", " COLEÇÃO C/ 50 UNIDADES DE  CELULARES ANTIGOS , VÁRIAS MARCAS  E MODELOS DÉCADA DE 1990, ANTIGUIDADE PARA COLECIONADORES. ( L-09).")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25297", "184")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25297", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, SALMÃO E BEGE, NOVO ( SEM USO). ( T-10).")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25284", "186")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25284", " LOTE CONTENDO 11 UNIDADES DE DISPENSER DE VARIOS MODELOS E SEGMENTOS.")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25299", "187")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25299", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, SALMÃO E AMARELO, NOVO ( SEM USO). ( T-11).")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25296", "188")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25296", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, FLORIDO E SALMÃO,  NOVO ( SEM USO). ( T-12).")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25281", "190")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25281", " LOTE COM INSTRUMENTOS MÉDICOS, SENDO; 01 CAIXA DE INOX C/ 20 ITENS CIRÚRGICOS; 50 LUVAS DESCARTÁVEIS APROX. 90 SERINGAS")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25285", "191")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25285", " LOTE CONTENDO APROX. 26 CHUVEIROS")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25286", "192")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25286", " LOTE C/ APROX. 35 UNIDADES DE TONER/ CARTUCHO, VARIAS MARCAS E MODELOS")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25287", "193")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25287", " LOTE CONTENDO 16 APARELHOS DE DVD, VÁRIAS MARCAS E MODELOS")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25305", "207")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25305", " COLEÇÃO C/ 13 UNIDADES DE  CELULARES ANTIGOS , SENDO; 03 MOTOROLA TIJOLÃO E 10 MOTOROLA STARTAC  DÉCADA DE 1990, RELÍQUIA PARA COLECIONADORES. ( L-18).")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25306", "210")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25306", "LOTE CONTENDO: 03 JAQUETAS DE COURO SINTÉTICO.")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25307", "212")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25307", "CADEIRA PARA BARBEIRO/ CABELEREIRO  FERRANTE PROFISSIONAL ORIGINAL , COM CUBA E TORNEIRA ARTICULADA.")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25308", "216")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25308", "Diversas churrasqueiras elétricas e Peças.")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25309", "219")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25309", " LOTE CONTENDO 33 UNIDADES DE VÁLVULAS DE MEDIÇÃO DIVERSAS")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25310", "220")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25310", "27 peças  de Lingerie da marca Valisere (18 sutiãs e 09 calcinhas). (Novo) sem uso.")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25374", "221")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25374", "04 FLIPERAMAS ANTIGOS ORIGINAIS DA DÉCADA DE 1980, PARA RESTAURAÇÃO, 02 GABINETES 100% METÁLICOS, 01 GABINETE PARCIALMENTE METÁLICO E 01 GABINETE EM MADEIRA (PARCIALMENTE DESMONTADOS.)")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25373", "222")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25373", "ADEGA DE MADEIRA MOD. CABINE TELEFÔNICA INGLATERRA. RÉPLICA P/ 24 GARRAFAS, COM ILUMINAÇÃO INTERNA DE LED.")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25498", "223")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25498", "JUKEBOX Luxuosa. Modelo Clássico, Retrô, Vintage, Rádio/ MP3/ USB. (EM FUNCIONAMENTO)")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25627", "224")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/25627", "Rolex Explorer II - 42 mm (EM FUNCIONAMENTO)")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>990,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>