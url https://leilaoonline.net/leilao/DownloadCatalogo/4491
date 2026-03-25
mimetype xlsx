--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -142,100 +142,100 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F45"/>
+  <dimension ref="A1:F78"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Leilão</t>
         </is>
       </c>
       <c r="B6" s="4" t="inlineStr">
         <is>
-          <t>AGUARDEM</t>
+          <t>MOBILIÁRIOS DIVERSOS </t>
         </is>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>27/03/2026 11:30</t>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
@@ -286,51 +286,51 @@
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>34155</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>APROX. 01 CADEIRA GIRATÓRIA, 01 MESA, 02 ARMÁRIOS, 01 ESTANTE E 01 GAVETEIRO. - SALA 04 . - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>34161</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>FORNO COMBINADO INDUSTRIAL - PRÁTICA TECHNICOOK; E FREEZER HORIZONTAL DUPLO - LOC. COSTA PINTO</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
@@ -372,1063 +372,2119 @@
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>34166</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
-          <t>1 BANCADA GRANDE; 1 FOGÃO DE SEIS BOCAS, GÁS NATURAL; 1 BANCADA PEQUENA, TIPO CARRINHO; 1 PRATELEIRA PEQUENA; E 2 PRATELEIRAS GRANDES - LOC. (CAR) PIRACICABA</t>
+          <t>1 BANCADA GRANDE; 1 FOGÃO DE SEIS BOCAS, GÁS NATURAL; 1 BANCADA PEQUENA, TIPO CARRINHO; 1 PRATELEIRA PEQUENA; E 2 PRATELEIRAS GRANDES - LOC. PIRACICABA</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>36307</t>
+          <t>34168</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
-          <t>EXTINTORES E BORRACHAS . - N/A. - LOC. BARRA </t>
+          <t>02 NOTEBOOKS . - LOC. PIRACICABA </t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>36415</t>
+          <t>34169</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
-          <t>CADEIRAS; MACAS; AR CONDICIONADO; FRIGOBARES E EQUIPAMENTOS - LOC. RAFARD</t>
+          <t>02 NOTEBOOKS. - LOC. PIRACICABA</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>36425</t>
+          <t>34170</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t>APROX. 34 CADEIRAS UNIVERSITÁRIAS; 01 TELA PROJEÇÃO. - SALA 04 - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+          <t>02 NOTEBOOKS. - LOC. PIRACICABA</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>36434</t>
+          <t>34171</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t>APROX. 01 GELADEIRA CONSUL, 01 GELADEIRA BRASTEMP, 01 FREZEER, 01 FOGÃO CONSUL, 01 FORNO A GÁS BRASTEMP, 01 BEBEDOURO, 01 ARMÁRIO COM BALCÃO, MÓVEIS CONJUGADOS, 2 BOTIJÕES P45. - N/A. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+          <t>02 NOTEBOOKS. - LOC. PIRACICABA </t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>36439</t>
+          <t>36415</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t>APROX. 23 DESKTOP. - N/A. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+          <t>CADEIRAS; MACAS; AR CONDICIONADO; FRIGOBARES E EQUIPAMENTOS - LOC. RAFARD</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>36441</t>
+          <t>36425</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
-          <t>03 TV`S DE APROX. 40 POLEGADAS - N/A. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+          <t>APROX. 34 CADEIRAS UNIVERSITÁRIAS; 01 TELA PROJEÇÃO. - SALA 04 - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>1.200,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>36448</t>
+          <t>36434</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
-          <t>02 APARELHOS DE AR-CONDICIONADO DE APROX. 30.000 BTUS. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+          <t>APROX.13 ITENS DE ELETRODOMÉSTICOS DIVERSOS. - VEJA DESCRITIVO DE ITENS. - N/A. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>36449</t>
+          <t>36439</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
-          <t>07 APARELHOS DE AR-CONDICIONADO DE 10.000 A 26.000 BTUS APROX. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+          <t>APROX. 23 DESKTOP. (VENDA SEM HD) - N/A. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>36472</t>
+          <t>36440</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t>02 FOGÕES, 01 FREEZER, CADEIRAS, MESAS, ARMÁRIOS, MACAS, CADEIRAS DE RODAS . - N/A. - LOC. BONFIM </t>
+          <t>APROX. 18 EQUIPAMENTOS DIVERSOS. - VEJA DESCRITIVO DE ITENS  - FUNDAÇÃO IGARAÇU/ BARRA</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>36473</t>
+          <t>36441</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
-          <t>01 CRISTALEIRA, 02 LIQUIDIFICADOR, PRATELEIRAS, MESA, TALHERES E OUTROS . - N/A. - LOC. BONFIM </t>
+          <t>03 TV`S DE APROX. 40 POLEGADAS - N/A. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>36474</t>
+          <t>36447</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t>APROX. 30 CAMAS E 30 COLCHÕES DE SOLTEIRO. - N/A. - LOC. BONFIM </t>
+          <t>CABOS DE ROLO DE PINTURA  - LOTE COM APROXIMDAMENTE 650 PEÇAS - (ALMOXARIFADO) - LOC. BARRA</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>250,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>36477</t>
+          <t>36448</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t>SUCATA DE MÓVEIS E UTENSÍLIOS: FOGÃO, BEBEDOURO INDUSTRIAL, MESA DE BILHAR, CADEIRAS, ARMÁRIOS E VIDROS. - N/A. - LOC. BARRA </t>
+          <t>02 APARELHOS DE AR-CONDICIONADO DE APROX. 30.000 BTUS. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>1.250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>36700</t>
+          <t>36449</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
-          <t>APROX. 02 ARMÁRIOS, 01 CADEIRA PRETA, 04 MESAS, 08 CADEIRAS LARANJAS, 01 BEBEDOURO. - LOC. JATAI </t>
+          <t>07 APARELHOS DE AR-CONDICIONADO DE 10.000 A 26.000 BTUS APROX. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>36701</t>
+          <t>36472</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t>APROX. 01 MESA REDONDA C/ 04 CADEIRAS AZUIS, 02 MESAS C/ 03 GAVETAS, 07 ARMÁRIOS, 02 QUADROS, 05 PRATELEIRAS. - PT.147978/147947/143564/143351/143352/147924/143375. - LOC JATAI </t>
+          <t>02 FOGÕES, 01 FREEZER, CADEIRAS, MESAS, ARMÁRIOS, MACAS, CADEIRAS DE RODAS . - N/A. - LOC. BONFIM </t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>36702</t>
+          <t>36473</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t>LOTE DE MÓVEIS: MESA C/ CADEIRA, ARMÁRIO, ARQUIVO C/ 4 GAVETAS, LONGARINA 3 CADEIRAS, MESA DE CENTRO E APARADOR - LOC. JATAI </t>
+          <t>01 CRISTALEIRA, 02 LIQUIDIFICADOR, PRATELEIRAS, MESA, TALHERES E OUTROS . - N/A. - LOC. BONFIM </t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>36703</t>
+          <t>36474</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
-          <t>MÁQUINA DE LAVAR BRASTEMP 12 KG, 220V - LOC. JATAI </t>
+          <t>APROX. 30 CAMAS E 30 COLCHÕES DE SOLTEIRO. - N/A. - LOC. BONFIM </t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>36704</t>
+          <t>36477</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
-          <t>01 FRIGOBAR CONSUL, 01 GELADEIRA SAMSUNG, 01 TELEVISÃO PANASONIC E 01MICROONDAS ELECTROLUX. - LOC. JATAI </t>
+          <t>SUCATA DE MÓVEIS E UTENSÍLIOS: FOGÃO, BEBEDOURO INDUSTRIAL, MESA DE BILHAR, CADEIRAS, ARMÁRIOS E VIDROS. - N/A. - LOC. BARRA </t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>36705</t>
+          <t>36700</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
-          <t>03 PROJETORES, 01 NOBREAK, FAX, IMPRESSORAS E PERIFÉRICOS. - LOC. JATAI </t>
+          <t>APROX. 02 ARMÁRIOS, 01 CADEIRA PRETA, 04 MESAS, 08 CADEIRAS LARANJAS, 01 BEBEDOURO. - LOC. JATAI </t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>36706</t>
+          <t>36701</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
-          <t>25 COMPUTADORES, 23 MONITORES. - LOC, JATAI </t>
+          <t>APROX. 01 MESA REDONDA C/ 04 CADEIRAS AZUIS, 02 MESAS C/ 03 GAVETAS, 07 ARMÁRIOS, 02 QUADROS, 05 PRATELEIRAS. - PT.147978/147947/143564/143351/143352/147924/143375. - LOC JATAI </t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>36707</t>
+          <t>36702</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
-          <t>05 CAIXAS DE SOM, 02 RÁDIOS, 02 MALETA C/ MICROFONE. - LOC. JATAI </t>
+          <t>LOTE DE MÓVEIS: MESA C/ CADEIRA, ARMÁRIO, ARQUIVO C/ 4 GAVETAS, LONGARINA 3 CADEIRAS, MESA DE CENTRO E APARADOR - LOC. JATAI </t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>36708</t>
+          <t>36703</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t>APROX. 59 CHROMEBOOKS POSITIVO. - LOC. JATAI </t>
+          <t>MÁQUINA DE LAVAR BRASTEMP 12 KG, 220V - LOC. JATAI </t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>36709</t>
+          <t>36704</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t>APROX. 05 NOTEBOOKS . - LOC. JATAI </t>
+          <t>01 FRIGOBAR CONSUL, 01 GELADEIRA SAMSUNG, 01 TELEVISÃO PANASONIC E 01MICROONDAS ELECTROLUX. - LOC. JATAI </t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>36891</t>
+          <t>36705</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
-          <t>APROX. 09 MESAS C/ CADEIRAS EMBUTIDAS. - LOC. JATAI </t>
+          <t>03 PROJETORES, 01 NOBREAK, FAX, IMPRESSORAS E PERIFÉRICOS. - LOC. JATAI </t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>36892</t>
+          <t>36706</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
-          <t>APROX. 89 CADEIRAS ESCOLARES. - LOC. JATAI </t>
+          <t>25 COMPUTADORES, 23 MONITORES. - LOC, JATAI </t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>36893</t>
+          <t>36707</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
-          <t>10 MESAS E 38 BANCOS DE MADEIRA. - LOC. JATAI </t>
+          <t>05 CAIXAS DE SOM, 02 RÁDIOS, 02 MALETA C/ MICROFONE. - LOC. JATAI </t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>36894</t>
+          <t>36708</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
-          <t>CONJUNTO DE 04 MESAS E 2 ARMÁRIOS DE ESCRITÓRIO. - LOC. JATAI </t>
+          <t>APROX. 59 CHROMEBOOKS POSITIVO. - LOC. JATAI </t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>36896</t>
+          <t>36709</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
-          <t>APROX. 04 PRATELEIRAS; 06 ARMÁRIOS. - (LIVROS E MATERIAIS NÃO INCLUSOS). - PAT.147977/143561/143590/143592/143381/143560. - LOC. JATAI</t>
+          <t>APROX. 05 NOTEBOOKS . - LOC. JATAI </t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>36897</t>
+          <t>36798</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t>APROX. 16 BANCADAS TAMPAS DE MADEIRA . - LOC. JATAI  </t>
+          <t>49 CHROMEBOOK POSITIVO. -  LOC. UNIVALEM/ VALPARAISO </t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>36898</t>
+          <t>36799</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
-          <t>APROX. 12 AR CONDICIONADO. - LOC. JATAI </t>
+          <t>APROX. 16 COMPUTADORES DELL, 16 MONITORES DELL,16 TECLADOS, 16 MOUSE,  05 WEBCAM, 01 NOBREAK. - LOC. UNIVALEM/ VALPARAISO </t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>1.600,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>36899</t>
+          <t>36865</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
-          <t>MESA C/ 6 CADEIRAS, FOGÃO, DEPURADOR, BATEDEIRA, LIQUIDIFICADOR, BEBEDOURO, PANELAS, FORNO INDUSTRIAL, 02 BOTIJÕES E UTENSÍLIOS DIVERSOS. - LOC. JATAI </t>
+          <t>12 VENTILADORES (DELTA PREMIUM, VENTISILVA) . -  LOC. UNIVALEM/ VALPARAISO </t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
+          <t>36866</t>
+        </is>
+      </c>
+      <c r="B45" s="4" t="inlineStr">
+        <is>
+          <t>01 LAVADORA AUTA PRESSÃO JACTOR, 01 ENCERADEIRA, 10 PRATELEIRAS, 01 ESCADA. - LOC. UNIVALEM/ VALPARAISO </t>
+        </is>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="inlineStr">
+        <is>
+          <t>36867</t>
+        </is>
+      </c>
+      <c r="B46" s="4" t="inlineStr">
+        <is>
+          <t>01 FREEZER CONSUL, 01 BEBEDOURO, 01 MAQUINA DE LAVAR BRASTEMP -  LOC. UNIVALEM/ VALPARAISO </t>
+        </is>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="inlineStr">
+        <is>
+          <t>36891</t>
+        </is>
+      </c>
+      <c r="B47" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 09 MESAS C/ CADEIRAS EMBUTIDAS. - LOC. JATAI </t>
+        </is>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="inlineStr">
+        <is>
+          <t>36892</t>
+        </is>
+      </c>
+      <c r="B48" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 89 CADEIRAS ESCOLARES. - LOC. JATAI </t>
+        </is>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="inlineStr">
+        <is>
+          <t>36893</t>
+        </is>
+      </c>
+      <c r="B49" s="4" t="inlineStr">
+        <is>
+          <t>10 MESAS E 38 BANCOS DE MADEIRA. - LOC. JATAI </t>
+        </is>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="inlineStr">
+        <is>
+          <t>36894</t>
+        </is>
+      </c>
+      <c r="B50" s="4" t="inlineStr">
+        <is>
+          <t>CONJUNTO DE 04 MESAS E 2 ARMÁRIOS DE ESCRITÓRIO. - LOC. JATAI </t>
+        </is>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="inlineStr">
+        <is>
+          <t>36896</t>
+        </is>
+      </c>
+      <c r="B51" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 04 PRATELEIRAS; 06 ARMÁRIOS. - (LIVROS E MATERIAIS NÃO INCLUSOS). - PAT.147977/143561/143590/143592/143381/143560. - LOC. JATAI</t>
+        </is>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="inlineStr">
+        <is>
+          <t>36897</t>
+        </is>
+      </c>
+      <c r="B52" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 16 BANCADAS TAMPAS DE MADEIRA . - LOC. JATAI  </t>
+        </is>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="inlineStr">
+        <is>
+          <t>36898</t>
+        </is>
+      </c>
+      <c r="B53" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 12 AR CONDICIONADO. - LOC. JATAI </t>
+        </is>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="inlineStr">
+        <is>
+          <t>36899</t>
+        </is>
+      </c>
+      <c r="B54" s="4" t="inlineStr">
+        <is>
+          <t>MESA C/ 6 CADEIRAS, FOGÃO, DEPURADOR, BATEDEIRA, LIQUIDIFICADOR, BEBEDOURO, PANELAS, FORNO INDUSTRIAL, 02 BOTIJÕES E UTENSÍLIOS DIVERSOS. - LOC. JATAI </t>
+        </is>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="inlineStr">
+        <is>
           <t>37153</t>
         </is>
       </c>
-      <c r="B45" s="4" t="inlineStr">
+      <c r="B55" s="4" t="inlineStr">
         <is>
           <t>183 CADEIRAS E 68 MESAS (APROXIMADAMENTE); DE DIVERSOS MODELOS E TAMANHOS - LOC. COSTA PINTO</t>
         </is>
       </c>
-      <c r="C45" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E45" s="5" t="inlineStr">
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F45" s="4" t="inlineStr">
+      <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="inlineStr">
+        <is>
+          <t>37182</t>
+        </is>
+      </c>
+      <c r="B56" s="4" t="inlineStr">
+        <is>
+          <t> 8 CPU'S E 08 MONITORES. - LOC. IPAUSSU </t>
+        </is>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="inlineStr">
+        <is>
+          <t>37183</t>
+        </is>
+      </c>
+      <c r="B57" s="4" t="inlineStr">
+        <is>
+          <t> 09 CPU'S E 10 MONITORES. - LOC. IPAUSSU</t>
+        </is>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="inlineStr">
+        <is>
+          <t>37184</t>
+        </is>
+      </c>
+      <c r="B58" s="4" t="inlineStr">
+        <is>
+          <t> 20 CHROMEBOOK. - LOC. IPAUSSU</t>
+        </is>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="inlineStr">
+        <is>
+          <t>37185</t>
+        </is>
+      </c>
+      <c r="B59" s="4" t="inlineStr">
+        <is>
+          <t> 34 CHROMEBOOK. - LOC. IPAUSSU</t>
+        </is>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="inlineStr">
+        <is>
+          <t>37186</t>
+        </is>
+      </c>
+      <c r="B60" s="4" t="inlineStr">
+        <is>
+          <t> 01 PROJETOR E 01 CAIXA DE SOM. - LOC. IPAUSSU</t>
+        </is>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="inlineStr">
+        <is>
+          <t>37187</t>
+        </is>
+      </c>
+      <c r="B61" s="4" t="inlineStr">
+        <is>
+          <t> 01 NOTEBOOK. - LOC. IPAUSSU</t>
+        </is>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="inlineStr">
+        <is>
+          <t>37194</t>
+        </is>
+      </c>
+      <c r="B62" s="4" t="inlineStr">
+        <is>
+          <t>CABO DE ALUMÍNIO PARA RODO/ VASSOURA, (SEM USO), CONTENDO APROXIMADAMENTE 1.000 UNIDADES - (ALMOXARIFADO INDUSTRIAL) - LOC. BARRA</t>
+        </is>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="inlineStr">
+        <is>
+          <t>37195</t>
+        </is>
+      </c>
+      <c r="B63" s="4" t="inlineStr">
+        <is>
+          <t>CABO DE ALUMÍNIO PARA RODO/ VASSOURA, (SEM USO), CONTENDO APROXIMADAMENTE 1.000 UNIDADES - (ALMOXARIFADO INDUSTRIAL) - LOC. BARRA</t>
+        </is>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="inlineStr">
+        <is>
+          <t>37196</t>
+        </is>
+      </c>
+      <c r="B64" s="4" t="inlineStr">
+        <is>
+          <t>APROXIMADAMENTE 48 CHROMEBOOK - LOC. BARRA</t>
+        </is>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="inlineStr">
+        <is>
+          <t>37197</t>
+        </is>
+      </c>
+      <c r="B65" s="4" t="inlineStr">
+        <is>
+          <t>2 APARELHOS DE DATA SHOW E 1 ESTRELA - LOC. BARRA   </t>
+        </is>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="inlineStr">
+        <is>
+          <t>37198</t>
+        </is>
+      </c>
+      <c r="B66" s="4" t="inlineStr">
+        <is>
+          <t> 2 APARELHOS DE DATA SHOW - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="inlineStr">
+        <is>
+          <t>37199</t>
+        </is>
+      </c>
+      <c r="B67" s="4" t="inlineStr">
+        <is>
+          <t>2 NOTEBOOKS (SEM HD) - LOC. BARRA</t>
+        </is>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="inlineStr">
+        <is>
+          <t>37200</t>
+        </is>
+      </c>
+      <c r="B68" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 03 NOTEBOOK DELL LATITUDE 3420, 01 IMPRESSOR SAMSUNG, 01 CAIXA DE SOM CS5000, 05 DATA SHOW PROJETOR, 01 MODULO DE MICROFONE SEM FIO, 01 MICROFONE. -  LOC. UNIVALEM/ VALPARAISO </t>
+        </is>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="inlineStr">
+        <is>
+          <t>37207</t>
+        </is>
+      </c>
+      <c r="B69" s="4" t="inlineStr">
+        <is>
+          <t>01 AR-CONDICIONADO SPRINGER 36.000BTU, 02 AR-CONDICIONADO SPRINGER 30.000 BTU, 03 CORTINAS DE AR SPRINGER. - LOC. UNIVALEM/ VALPARAISO </t>
+        </is>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="inlineStr">
+        <is>
+          <t>37208</t>
+        </is>
+      </c>
+      <c r="B70" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 102 CADEIRAS. -  LOC. UNIVALEM/ VALPARAISO </t>
+        </is>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="inlineStr">
+        <is>
+          <t>37209</t>
+        </is>
+      </c>
+      <c r="B71" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 12 ITENS DE MOBILIARIO DIVERSOS. VEJA DESCRITIVO DE ITENS -  LOC. UNIVALEM/ VALPARAISO </t>
+        </is>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="inlineStr">
+        <is>
+          <t>37211</t>
+        </is>
+      </c>
+      <c r="B72" s="4" t="inlineStr">
+        <is>
+          <t>ITENS DIVERSOS: 06 MESAS, 50 CADEIRAS, 05 BANCADAS, 05 BANQUINHOS DE MADEIRA, 01 ARMARIO DE 8 PORTAS. -  LOC. UNIVALEM/ VALPARAISO </t>
+        </is>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="inlineStr">
+        <is>
+          <t>37212</t>
+        </is>
+      </c>
+      <c r="B73" s="4" t="inlineStr">
+        <is>
+          <t>03 AR-CONDICIONADO COMFEE 22.000 BTU. - LOC. UNIVALEM/ VALPARAISO </t>
+        </is>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="inlineStr">
+        <is>
+          <t>37213</t>
+        </is>
+      </c>
+      <c r="B74" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 24 ITENS DE MOBILIARIO DIVERSOS. - VEJA DESCRITIVO DE ITENS . - LOC. UNIVALEM/ VALPARAISO </t>
+        </is>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="inlineStr">
+        <is>
+          <t>37214</t>
+        </is>
+      </c>
+      <c r="B75" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 42 CADEIRAS UNIVERSITARIAS, 70 COLCHONETES, ARMARIOS ESCRITORIO, 01 MESA DE CENTRO(VIDRO), 34 PUFFS QUADRADO. -  LOC. UNIVALEM/ VALPARAISO </t>
+        </is>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="inlineStr">
+        <is>
+          <t>37215</t>
+        </is>
+      </c>
+      <c r="B76" s="4" t="inlineStr">
+        <is>
+          <t>05 AR-CONDICIONADO SPRINGER 18.000 BTU. - LOC. UNIVALEM/ VALPARAISO </t>
+        </is>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="inlineStr">
+        <is>
+          <t>37216</t>
+        </is>
+      </c>
+      <c r="B77" s="4" t="inlineStr">
+        <is>
+          <t>03 AR-CONDICIONADO CARRIER 30.000 BTU - PT140610,PT140611,PT140612. - LOC. UNIVALEM/ VALPARAISO </t>
+        </is>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="inlineStr">
+        <is>
+          <t>37217</t>
+        </is>
+      </c>
+      <c r="B78" s="4" t="inlineStr">
+        <is>
+          <t>13 MESAS, 12 ARMARIOS 2 PORTAS, 03 ARMARIOS DE ARQUIVOS - LOC. UNIVALEM/ VALPARAISO </t>
+        </is>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>