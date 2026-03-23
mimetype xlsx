--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -142,100 +142,100 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F79"/>
+  <dimension ref="A1:F216"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Leilão</t>
         </is>
       </c>
       <c r="B6" s="4" t="inlineStr">
         <is>
-          <t>AGUARDEM</t>
+          <t>7 CAMINHÕES - 24 TRATORES - 14 COLHEDORAS - MOTORES - 9 REBOQUES/SEMI - ITENS DIVERSOS </t>
         </is>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>26/03/2026 11:30</t>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
@@ -350,2173 +350,6557 @@
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>2480</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>CARROCERIA TANQUE HERBICIDA; ANO 1984. - FR361097. - LOC. ARARAQUARA </t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>34161</t>
+          <t>34163</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
-          <t>FORNO COMBINADO INDUSTRIAL - PRÁTICA TECHNICOOK; E FREEZER HORIZONTAL DUPLO - LOC. COSTA PINTO</t>
+          <t>1 PONTE ROLANTE DE 20 TON.; 21 METROS DE VÃO - (PONTE DE TRÁS NÃO FAZ PARTE DO LOTE) - LOC. RAFARD</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>20.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>34162</t>
+          <t>34164</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
-          <t>16 TAMBORES E SURDOS DE MADEIRA (APROXIMADAMENTE), EM DIFERENTES TAMANHOS E PROFUNDIDADES - LOC. COSTA PINTO</t>
+          <t>AQUECEDEDORES K DE DESTILARIA DE ÁLCOOL HIDRATADO - LOC. RAFARD</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>6.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>150.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>35091</t>
+          <t>34165</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE CH670 2L - ANO 2016 - FR50154. - LOC. BARRA </t>
+          <t>APROX. 119 EVAPORADORES (VENDA POR KG) - MODELO RPI - FSNP3B1, CAPACIDADES: VARIANDO ENTRE 1 HP, 2 HP, 3 HP, 4 HP E 5 HP - LOC. (CAR) PIRACICABA</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>7</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>1,60</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>35609</t>
+          <t>34168</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE 3522 2L - ANO 2015 - FR117569. - LOC. BONFIM </t>
+          <t>SEMI REBOQUE CANA PICADA RANDON SRCN HI; ANO 1997/1998; VERDE. - FR10004034 - LOC. MARACAJU</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>35834</t>
+          <t>34172</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA CASE III; ANO 2018. - FR11002202. - LOC. VALE DO ROSÁRIO</t>
+          <t>AREA DE VIVÊNCIA. - N/E. - (VENDA SEM DOCUMENTAÇÃO). - LOC. SANTA ELISA </t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>4.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>36157</t>
+          <t>35091</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA CASE III; ANO 2018. - FR9002607. - LOC. VALE DO ROSÁRIO</t>
+          <t>COLHEDORA JOHN DEERE CH670 2L - ANO 2016 - FR50154. - LOC. BARRA </t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>22.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>36323</t>
+          <t>35411</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
-          <t> TRATOR CASE 260. - ANO 2019. -  FR50967. - LOC. BARRA</t>
+          <t>TRANSBORDO CIVEMASA TAC 13000 C/3 EIXOS; ANO 2008. - FR5004809. - LOC. LAGOA DA PRATA </t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>85.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>36353</t>
+          <t>35417</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
-          <t>TRATOR JOHN DEERE 7225 J 4X4 - ANO 2016 - FR115709 - LOC. SANTA CÂNDIDA</t>
+          <t>TRANSBORDO TAC ARR 10500KG 24M³ 4700X3550; ANO 2009. - FR1003019. - LOC. LAGOA DA PRATA </t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>85.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>36355</t>
+          <t>35418</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
-          <t>TRATOR JOHN DEERE 7225 J 4X4 - ANO 2016 - FR115714 - LOC. SANTA CÂNDIDA</t>
+          <t>TRANSBORDO CIVEMASA TAC 10500 C/2 EIXOS; ANO 2009. - FR1003034. - LOC. LAGOA DA PRATA </t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>85.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>36356</t>
+          <t>35419</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t>TRATOR JOHN DEERE 7225 J 4X4 - ANO 2016 - FR115700 - LOC. SANTA CÂNDIDA</t>
+          <t>TRANSBORDO CIVEMASA; ano 2009. - FR1003009. - LOC. LAGOA  DA PRATA </t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>85.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>36358</t>
+          <t>35609</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
-          <t>TRATOR JOHN DEERE 7225 J 4X4 - ANO 2016 - FR115683 - LOC. SANTA CÂNDIDA</t>
+          <t>COLHEDORA JOHN DEERE 3522 2L - ANO 2015 - FR117569. - LOC. BONFIM </t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>85.000,00</t>
+          <t>21.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>36393</t>
+          <t>35834</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t>CARRETA ABRIGO OPERAD. IRRIGAB.; ANO 2010. - FRFR67153. - LOC. BOM RETIRO </t>
+          <t> COLHEDORA CASE III; ANO 2018. - FR11002202. - LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>20.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>36407</t>
+          <t>35890</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t>CARRETA ABRIGO RSA (SEMI REBOQUE SOUFER); ANO 2012/2012; CINZA. - FR139419. - LOC. BOM RETIRO</t>
+          <t> 01 MOTOR ELETRICO/ 01 REDUTOR/ 01 COMPRESSOR. - LOC. MUNDIAL </t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>8.000,00</t>
+          <t>1.800,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>36450</t>
+          <t>35893</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO ATA 12000 12T. - ANO 2012. - FR361420. - LOC. ARARAQUARA</t>
+          <t> 01 TURBINA/ 01 TROCADOR DE CALOR. - LOC. MUNDIAL</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>12.000,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>36451</t>
+          <t>36103</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO ATA 12000 12T; ANO 2012. - FR361635. - LOC. ARARAQUARA</t>
+          <t>01 PINHÃO, 04 IMPLEMENTOS. - LOC. MUNDIAL </t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>12.000,00</t>
+          <t>1.400,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>36461</t>
+          <t>36157</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO ATA 12000 12T.; ANO 2012. - FR361632. - LOC. ARARAQUARA</t>
+          <t>COLHEDORA CASE III; ANO 2018. - FR9002607. - LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>12.000,00</t>
+          <t>60.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>36462</t>
+          <t>36203</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO ATA 1200012T; ANO 2015. - FR123893. - LOC. ARARAQUARA</t>
+          <t>HILO COM BALANÇÃO; MOTORREDUTOR COAX 25,26 67,3 RPM 60X120MM; E MOTOR DE ACIONAMENTO - CODIMA 36,07 CV - PAT.223552 / 223551 / 085580 - (MOENDA) - LOC. MUNDIAL </t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>12.000,00</t>
+          <t>20.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>36463</t>
+          <t>36323</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE CH670 2L; ANO 2018. - FR20533. - LOC. SERRA </t>
+          <t> TRATOR CASE 260. - ANO 2019. -  FR50967. - LOC. BARRA</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>85.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>36478</t>
+          <t>36351</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE CH670 1L - ANO 2012 - FR23629. - LOC. BARRA</t>
+          <t> TRATOR CASE 260; ANO 2017. - FR100023. - LOC. SANTA CÂNDIDA </t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>50.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>36481</t>
+          <t>36353</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE CH670. - ANO 2018 - FR20838. - LOC. PARAISO </t>
+          <t>TRATOR JOHN DEERE 7225 J 4X4 - ANO 2016 - FR115709 - LOC. SANTA CÂNDIDA</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>86.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>36482</t>
+          <t>36354</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE. - ANO 2013. - FR93427. - LOC. PARAISO </t>
+          <t> TRATOR CASE 7225J; ANO 2016. - FR115684. - LOC. SANTA CÂNDIDA</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>50.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>36710</t>
+          <t>36355</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE 3522 2L; ANO 2015. - FR188007. - LOC. GASA</t>
+          <t>TRATOR JOHN DEERE 7225 J 4X4 - ANO 2016 - FR115714 - LOC. SANTA CÂNDIDA</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>85.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>36712</t>
+          <t>36356</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t>PLANTADORA CANA TMA 2 LINHAS; ANO 2018. - FR57365. - LOC. GASA </t>
+          <t>TRATOR JOHN DEERE 7225 J 4X4 - ANO 2016 - FR115700 - LOC. SANTA CÂNDIDA</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>85.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>36729</t>
+          <t>36357</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
-          <t>REBOQUE RANDON 8,00M ; ANO 2008/2008; AZUL. - FR88676. - LOC. MUNDIAL</t>
+          <t> TRATOR CASE 260; ANO 2017. - FR20370. - LOC. SANTA CÂNDIDA</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>50.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>36730</t>
+          <t>36358</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
-          <t>REBOQUE RANDON 8,00M; ANO 2008/2008; AZUL. - FR88675 - LOC. MUNDIAL </t>
+          <t>TRATOR JOHN DEERE 7225 J 4X4 - ANO 2016 - FR115683 - LOC. SANTA CÂNDIDA</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>85.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>36802</t>
+          <t>36393</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
-          <t>TRATOR CASE PUMA 200 4X4; ANO 2017. - FR512035. - LOC. LAGOA DA PRATA </t>
+          <t>CARRETA ABRIGO OPERAD. IRRIGAB.; ANO 2010. - FR67153. - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>36803</t>
+          <t>36407</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
-          <t>TRATOR CASE PUMA 200 4X4; ANO 2016. - FR512055. - LOC. LAGOA DA PRATA </t>
+          <t>CARRETA ABRIGO RSA (SEMI REBOQUE SOUFER); ANO 2012/2012; CINZA. - FR139419. - LOC. BOM RETIRO</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>36804</t>
+          <t>36463</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
-          <t>TRATOR CASE PUMA 200 4X4; ANO 2016. - FR512062. - LOC. LAGOA DA PRATA </t>
+          <t>COLHEDORA JOHN DEERE CH670 2L; ANO 2018. - FR20533. - LOC. SERRA </t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>60.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>36807</t>
+          <t>36478</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t>TRATOR CASE PUMA 200 4X4 - ANO 2016 - FR512054 - LOC. LAGOA DA PRATA</t>
+          <t>COLHEDORA JOHN DEERE CH670 1L - ANO 2012 - FR23629. - LOC. BARRA</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>21.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>36808</t>
+          <t>36482</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO CIVEMASA TAC 13000 C/3 EIXOS; ANO 2008. - FR9004054. - LOC. LAGOA DA PRATA</t>
+          <t>COLHEDORA JOHN DEERE. - ANO 2013. - FR93427. - LOC. PARAISO </t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>7</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>12.000,00</t>
+          <t>26.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>36812</t>
+          <t>36710</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
-          <t>TRATOR CASE PUMA 200 4X4; ANO 2016. - FR512046. - LOC. LAGOA DA PRATA </t>
+          <t>COLHEDORA JOHN DEERE 3522 2L; ANO 2015. - FR188007. - LOC. GASA</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>85.000,00</t>
+          <t>50.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>36816</t>
+          <t>36712</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
-          <t>GM/S10 24 RONTAN AMB - ANO 2010/2011 - BRANCO - FR13006004 - LOC. MB</t>
+          <t>PLANTADORA CANA TMA 2 LINHAS; ANO 2018. - FR57365. - LOC. GASA </t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>36830</t>
+          <t>36729</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO S.IZABEL TRIDEM 13T; ANO 2013. - FR11003711. - LOC. VALE DO ROSÁRIO </t>
+          <t>REBOQUE RANDON 8,00M ; ANO 2008/2008; AZUL. - FR88676. - LOC. MUNDIAL</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>12.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>36842</t>
+          <t>36730</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t>QUEBRA LOMBO CARDEROLI; ANO 2024. - FR230480. - LOC. UNIVALEM </t>
+          <t>REBOQUE RANDON 8,00M; ANO 2008/2008; AZUL. - FR88675 - LOC. MUNDIAL </t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>36844</t>
+          <t>36731</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
-          <t>PULVERIZADOR DE INJEÇÃO NO SOLO; ANO 2018. - FR122923. - LOC. UNIVALEM </t>
+          <t>SISTEMA DE DOSAGEM DE SULFITO. - N/E. - TARUMÃ</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>36845</t>
+          <t>36732</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
-          <t>PULVERIZADOR HERBICAT. - N/E. - LOC. UNIVALEM </t>
+          <t> TANQUE SEPARADOR VERTICAL - SELO DE MULT JATO FASE 2 E 3; ANO 2011. - FR23195. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>36846</t>
+          <t>36733</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t>PULVERIZADOR DE INJEÇÃO NO SOLO; ANO 2018. - FR122922. - LOC. UNIVALEM </t>
+          <t> TANQUE DE ACO INOX DOSADOR DE CALDA - TANQUE PRÉ TACHO SEÇÃO 3. - PT230635. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>36847</t>
+          <t>36734</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
-          <t>ESPALHADOR DE CALCÁRIO CARDEROLI 600KG. - N/E. - LOC. UNIVALEM </t>
+          <t> TANQUE BALAO - SELO DE MULT JATO FASE 2 E 3. - FR161123. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>36849</t>
+          <t>36736</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
-          <t>SULCADOR 3 LIN.DMB; ANO 2008. - FR88820. - LOC. UNIVALEM </t>
+          <t> PRÉ TACHO SEÇÃO FASE 2. - N/A. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>36850</t>
+          <t>36737</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
-          <t>DESENLEIRADOR DE PALHA CARDEROLI; ANO 2014. - FR84683. - LOC. UNIVALEM </t>
+          <t> TANQUE DOSADOR DEDINE - MEDIDOR DE TACHOS 1 E 2; ANO 2012. - FR230245. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>36851</t>
+          <t>36738</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
-          <t>DESENLEIRADOR DE PALHA CARDEROLI; ANO 2014. - FR84688. - LOC. UNIVALEM </t>
+          <t> TANQUE MEDIDOR CODISTIL DEDINE - TACHO DE COZIMENTO DE CALDA FASE 1. - N/E. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>36852</t>
+          <t>36739</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
-          <t>HIDRATADOR DE CAL. - N/E. - LOC. UNIVALEM </t>
+          <t> TANQUE DE ACO INOX P/SODA LIQUIDA TAG 23209 - SISTEMA SULFITO FASE 1. - FR230241. - LOC.TARUMÃ</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>36855</t>
+          <t>36740</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
-          <t>PEÇAS DE REPOSIÇÃO COMBOIO. - N/A. - LOC. UNIVALEM </t>
+          <t> TACHO COZIMENTO FASE 3. - FR356704. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>36856</t>
+          <t>36741</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
-          <t>CULTIVADOR DIST. ADUBO DMB 2L; ANO 2009. - FR122297. - LOC. UNIVALEM </t>
+          <t> TACHO 4. - FR355511. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>36857</t>
+          <t>36742</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
-          <t>CULTIVADOR 2L CARDERROLI; ANO 2014. - FR84935. - LOC. UNIVALEM </t>
+          <t> TACHO 5. - FR356706. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>36864</t>
+          <t>36743</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
-          <t>REBOQUE TECTRAN 8,20M; ANO 1996; (HIDRO ROLL MANGUEIRA NÃO ESTÁ INCLUSA). - FR91104/FR173565. -  LOC. BENALCOOL </t>
+          <t> TACHO 6. - FR356710. - LOC. TARUMÃ </t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>36872</t>
+          <t>36744</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
-          <t>CONJ. 3 SUCATAS DE COLHEDORAS - LOC. JATAÍ</t>
+          <t> ESTRUTURAS E TROCADORES DE CALOR SUCATEADOS - CALDO FASE 3. - N/E. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>36873</t>
+          <t>36745</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO S.IZABEL TCS 12T;  ANO 2010 - FR68029. - LOC. JATAÍ</t>
+          <t> CICLONE DE PÓ FASE 2 E 3; ANO 2007. - FR160902. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
-          <t>12.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>36874</t>
+          <t>36746</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
-          <t>HIDRO ROLL METALMAG; ANO 2008. - FR164838 - LOC. JATAÍ</t>
+          <t> PENEIRA 1 E 2 FASE 1. - N/A. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>36875</t>
+          <t>36749</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
-          <t>HIDRO ROLL METALMAG; ANO 2008. - FR164834 - LOC. JATAÍ</t>
+          <t> QUEBRADOR DE CAROLO. - FR354798. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>36876</t>
+          <t>36750</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
-          <t>HIDRO ROLL MATALMAG; ANO 2008. - FR164836 - LOC. JATAÍ</t>
+          <t> SECADOR E RESFRIADOR FASE 1 (LEITO SEMI FLUIDIZADO) COM MOTOVIBRADORES. - N/A. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>36877</t>
+          <t>36751</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
-          <t>HIDRO ROLL METALMAG; ANO 2008. - FR164814 - LOC. JATAÍ</t>
+          <t> LAVADOR DE PO - SECADOR DE PÓ FASE 1 TQ. - PT160973. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>36878</t>
+          <t>36752</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO CIVEMASA TRIDEM 13T; ANO 2016. - FR4445260. - LOC. JATAÍ</t>
+          <t> CICLONE COM ROSCA FASE 1. - N/A. -  LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
-          <t>12.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>36879</t>
+          <t>36753</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO CIVEMASA 12000KG 4700X3600MM; ANO 2016 - FR4445259 - LOC. JATAÍ</t>
+          <t> RECUPERADOR DE BORRAS. - N/A. -  LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
-          <t>12.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>36880</t>
+          <t>36754</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO S. IZABEL TCS 12T. - ANO 2010. - FR164322. - LOC. JATAÍ</t>
+          <t> RECUPERADOR DE BORRAS. - N/A. -  LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
-          <t>12.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>36881</t>
+          <t>36755</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
-          <t>DOLLY USICAMP - ANO 2009 - FR164794. - AMARELO - (VENDA SEM DOCUMENTO) - LOC. JATAÍ</t>
+          <t> INSULFLADOR SECADOR FASE 1. - N/A. -  LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>36882</t>
+          <t>36756</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
-          <t>TRATOR CASE MX 260 MAGNUM 4X4; ANO 2014. - FR163506 - LOC. JATAÍ</t>
+          <t> INSULFLADOR RESFRIADOR FASE 1. - N/A. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>36885</t>
+          <t>36757</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
-          <t>CARRETA ABRIGO OPERADORES; (REBOQUE FEDERAL LG) - ANO 2013/2013; CINZA. - FR164395. - LOC. JATAÍ</t>
+          <t>SECADOR RESFRIADOR FASE 2. - N/E. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
-          <t>3.500,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>36889</t>
+          <t>36758</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
-          <t>APROX. 160 PALLETES - MADEIRA SUCATEADO; ( VENDA POR UNIDADE) -  LOC. JATAÍ</t>
+          <t> SECADOR RESFRIADOR MAV FASE 3. - N/E. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
-          <t>1,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
-          <t>1.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>37113</t>
+          <t>36759</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO CIVEMASA TAC 10500 C/2 EIXOS; ANO 2009. - FR1003005. - LOC. LAGOA DA PRATA </t>
+          <t> PENEIRA VIBRATÓRIA MVL LTDA - FASE 3; ANO 2020. - PT356959. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
-          <t>12.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
-          <t>37114</t>
+          <t>36760</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
-          <t>PLANTADORA DMB; ANO 2013. - FR8003195. - LOC. LAGOA DA PRATA </t>
+          <t> PENEIRA VIBRATÓRIA MVL LTDA FASE 2. - N/E. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
-          <t>37115</t>
+          <t>36761</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
-          <t>PLANTADORA DMB; ANO 2013. - FR8003196. - LOC. LAGOA DA PRATA </t>
+          <t> ROSCAS SAÍDA DAS PENEIRAS F2 E FASE 3. - N/A. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
-          <t>37116</t>
+          <t>36762</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
-          <t>PLANTADORA DMB. - FR8003194. - LOC. LAGOA DA PRATA </t>
+          <t> AQUECEDOR TUBOLAR FASE 1. - N/E. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
-          <t>37152</t>
+          <t>36763</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
-          <t>TRATOR VALTRA BH 210I 4X4 - ANO 2014 - FR81523 - LOC. SÃO FRANCISCO </t>
+          <t> FILTROS 1 E 2 PEIMEIRA PASSAGEM. - N/E. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
-          <t>37153</t>
+          <t>36764</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
-          <t>183 CADEIRAS E 68 MESAS (APROXIMADAMENTE); DE DIVERSOS MODELOS E TAMANHOS - LOC. COSTA PINTO</t>
+          <t> COLUNA DE DESCOLORAÇÃO N° 8. - N/E. - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
+          <t>36765</t>
+        </is>
+      </c>
+      <c r="B79" s="4" t="inlineStr">
+        <is>
+          <t>COLUNA DE DESCOLORAÇÃO N°7 - COM MEDIDOR DE VAZÃO. - PT336322/160677. - LOC. TARUMÃ</t>
+        </is>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="inlineStr">
+        <is>
+          <t>36766</t>
+        </is>
+      </c>
+      <c r="B80" s="4" t="inlineStr">
+        <is>
+          <t> COLUNA RESINA ANIOTICA. - N/E. - LOC. TARUMÃ</t>
+        </is>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="inlineStr">
+        <is>
+          <t>36767</t>
+        </is>
+      </c>
+      <c r="B81" s="4" t="inlineStr">
+        <is>
+          <t> COLUNA DE DESCOLORAÇÃO N° 4 . - N/E. - LOC. TARUMÃ</t>
+        </is>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="inlineStr">
+        <is>
+          <t>36768</t>
+        </is>
+      </c>
+      <c r="B82" s="4" t="inlineStr">
+        <is>
+          <t> TROCADOR DE CALOR DE AQUECIMENTO DE ÀGUA DE CIP. - PT336272. -  LOC. TARUMÃ</t>
+        </is>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="inlineStr">
+        <is>
+          <t>36769</t>
+        </is>
+      </c>
+      <c r="B83" s="4" t="inlineStr">
+        <is>
+          <t> APROX. 9 TALHAS DIVERSAS T - N/A. - LOC. TARUMÃ</t>
+        </is>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="inlineStr">
+        <is>
+          <t>36770</t>
+        </is>
+      </c>
+      <c r="B84" s="4" t="inlineStr">
+        <is>
+          <t> APROX. 40 MOTORES DE DIVERSOS TAMANHOS - N/A. - LOC. TARUMÃ</t>
+        </is>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="inlineStr">
+        <is>
+          <t>36771</t>
+        </is>
+      </c>
+      <c r="B85" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 4 LUMINARIAS NAVILLE - N/A. - LOC. TARUMÃ</t>
+        </is>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="inlineStr">
+        <is>
+          <t>36772</t>
+        </is>
+      </c>
+      <c r="B86" s="4" t="inlineStr">
+        <is>
+          <t> APROX. 3 INVERSORAS ALLEN BRAD - N/A. - LOC. TARUMÃ</t>
+        </is>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="inlineStr">
+        <is>
+          <t>36773</t>
+        </is>
+      </c>
+      <c r="B87" s="4" t="inlineStr">
+        <is>
+          <t> APROX. 09 FRIGOBAR, 01 GELADEIRA, EQUIPAMENTOS DE LABORATÓRIO DIVERSOS, AUTO CLAV. - N/A. - LOC. TARUMÃ</t>
+        </is>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="inlineStr">
+        <is>
+          <t>36776</t>
+        </is>
+      </c>
+      <c r="B88" s="4" t="inlineStr">
+        <is>
+          <t> HILO TOMBADOR COM REDUTOR. - PT.155770/155768. - LOC. PARAGUAÇU</t>
+        </is>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="inlineStr">
+        <is>
+          <t>36777</t>
+        </is>
+      </c>
+      <c r="B89" s="4" t="inlineStr">
+        <is>
+          <t>02 TANQUES DE FIBRA SENDO DOIS DE 20M³. - N/E. - LOC. MARACAÍ</t>
+        </is>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="inlineStr">
+        <is>
+          <t>36778</t>
+        </is>
+      </c>
+      <c r="B90" s="4" t="inlineStr">
+        <is>
+          <t> TANQUE DE FIBRA DE 30M³ - N°TQ-4883-A. - LOC. MARACAÍ</t>
+        </is>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="inlineStr">
+        <is>
+          <t>36779</t>
+        </is>
+      </c>
+      <c r="B91" s="4" t="inlineStr">
+        <is>
+          <t> 2 FILTRO BAG PARA CONDENSADOR. - PT163525. - LOC. MARACAÍ</t>
+        </is>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="inlineStr">
+        <is>
+          <t>36780</t>
+        </is>
+      </c>
+      <c r="B92" s="4" t="inlineStr">
+        <is>
+          <t>THERMOL INOX (VENDA POR KG), SENDO 14 CORPOS DE TUBOS DE APROX. 6 MTS/ APROX. 20 TON. - N/E. - LOC. MARACAÍ</t>
+        </is>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1,10</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="inlineStr">
+        <is>
+          <t>36781</t>
+        </is>
+      </c>
+      <c r="B93" s="4" t="inlineStr">
+        <is>
+          <t>PEÇAS AGR SUCATEADAS - APROX. 2 TONELADAS - (VENDA POR KG). - LOC. GASA </t>
+        </is>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="inlineStr">
+        <is>
+          <t>36782</t>
+        </is>
+      </c>
+      <c r="B94" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 63 PEÇAS DE REPOSIÇÃO SUCATEADAS - APROX. 2 TONELADAS - (VENDA POR KG). - VEJA DESCRITIVO DE ITENS. - N/E. - LOC. GASA </t>
+        </is>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1,90</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="inlineStr">
+        <is>
+          <t>36783</t>
+        </is>
+      </c>
+      <c r="B95" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO VW/31.320 CNC 6X4; ANO 2010/2010; BRANCA; (TRANSBORDO). - FR 88179. - LOC. GASA </t>
+        </is>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="inlineStr">
+        <is>
+          <t>36784</t>
+        </is>
+      </c>
+      <c r="B96" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO VW/31.320 CNC 6X4; ANO 2010/2010; BRANCA; (TRANSBORDO). - FR88176. - LOC. GASA </t>
+        </is>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="inlineStr">
+        <is>
+          <t>36785</t>
+        </is>
+      </c>
+      <c r="B97" s="4" t="inlineStr">
+        <is>
+          <t> ADUBADOR. - N/E. - LOC. GASA </t>
+        </is>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="inlineStr">
+        <is>
+          <t>36786</t>
+        </is>
+      </c>
+      <c r="B98" s="4" t="inlineStr">
+        <is>
+          <t> ESPALHADOR DE CALCARIO CARDEROLI 600KG. - N/E. - LOC. GASA </t>
+        </is>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="inlineStr">
+        <is>
+          <t>36787</t>
+        </is>
+      </c>
+      <c r="B99" s="4" t="inlineStr">
+        <is>
+          <t> GRADE PESADA; ANO 2003; FR86982. - LOC. GASA </t>
+        </is>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="inlineStr">
+        <is>
+          <t>36788</t>
+        </is>
+      </c>
+      <c r="B100" s="4" t="inlineStr">
+        <is>
+          <t> CARRETA DE ABRIGO OPERAD. RSA; ANO 2013. - FR88951. - LOC. GASA </t>
+        </is>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="inlineStr">
+        <is>
+          <t>36789</t>
+        </is>
+      </c>
+      <c r="B101" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO MERCEDES BENZ 3344S 6X4; ANO 2014/2014; BRANCA; (CAVALO MECÂNICO) - FR131239. - LOC. GASA </t>
+        </is>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="inlineStr">
+        <is>
+          <t>36790</t>
+        </is>
+      </c>
+      <c r="B102" s="4" t="inlineStr">
+        <is>
+          <t> TRATOR JOHN DEERE 7225J 4X4; ANO 2016. - FR115898. - LOC. GASA</t>
+        </is>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="inlineStr">
+        <is>
+          <t>36791</t>
+        </is>
+      </c>
+      <c r="B103" s="4" t="inlineStr">
+        <is>
+          <t>4 ELEVADORES DE COLHEDORAS. - LOC. GASA </t>
+        </is>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="inlineStr">
+        <is>
+          <t>36792</t>
+        </is>
+      </c>
+      <c r="B104" s="4" t="inlineStr">
+        <is>
+          <t> PAINEL CENTRIFUGA DE AÇÚCAR. - PT056717. - LOC. MUNDIAL </t>
+        </is>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="inlineStr">
+        <is>
+          <t>36793</t>
+        </is>
+      </c>
+      <c r="B105" s="4" t="inlineStr">
+        <is>
+          <t> 05 RADIADORES. - LOC. MUNDIAL </t>
+        </is>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="inlineStr">
+        <is>
+          <t>36794</t>
+        </is>
+      </c>
+      <c r="B106" s="4" t="inlineStr">
+        <is>
+          <t> 1 BI-HELICOIDAL, 1 VOLANDEIRA. - N/E. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="inlineStr">
+        <is>
+          <t>36795</t>
+        </is>
+      </c>
+      <c r="B107" s="4" t="inlineStr">
+        <is>
+          <t> TRATOR MASSEY FERGUSON 275; ANO 1994. - FR81515. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="inlineStr">
+        <is>
+          <t>36796</t>
+        </is>
+      </c>
+      <c r="B108" s="4" t="inlineStr">
+        <is>
+          <t> CARRETA SERVIÇOS GERAIS. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="inlineStr">
+        <is>
+          <t>36797</t>
+        </is>
+      </c>
+      <c r="B109" s="4" t="inlineStr">
+        <is>
+          <t> CARRETA BASCULANTE; ANO 1995. - FR81547. - LOC. UNIVALEM</t>
+        </is>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="inlineStr">
+        <is>
+          <t>36802</t>
+        </is>
+      </c>
+      <c r="B110" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR CASE PUMA 200 4X4; ANO 2017. - FR512035. - LOC. LAGOA DA PRATA </t>
+        </is>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="inlineStr">
+        <is>
+          <t>36803</t>
+        </is>
+      </c>
+      <c r="B111" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR CASE PUMA 200 4X4; ANO 2016. - FR512055. - LOC. LAGOA DA PRATA </t>
+        </is>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="inlineStr">
+        <is>
+          <t>36804</t>
+        </is>
+      </c>
+      <c r="B112" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR CASE PUMA 200 4X4; ANO 2016. - FR512062. - LOC. LAGOA DA PRATA </t>
+        </is>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="inlineStr">
+        <is>
+          <t>36807</t>
+        </is>
+      </c>
+      <c r="B113" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR CASE PUMA 200 4X4 - ANO 2016 - FR512054 - LOC. LAGOA DA PRATA</t>
+        </is>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="inlineStr">
+        <is>
+          <t>36808</t>
+        </is>
+      </c>
+      <c r="B114" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO CIVEMASA TAC 13000 C/3 EIXOS; ANO 2008. - FR9004054. - LOC. LAGOA DA PRATA</t>
+        </is>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="inlineStr">
+        <is>
+          <t>36812</t>
+        </is>
+      </c>
+      <c r="B115" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR CASE PUMA 200 4X4; ANO 2016. - FR512046. - LOC. LAGOA DA PRATA </t>
+        </is>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="inlineStr">
+        <is>
+          <t>36814</t>
+        </is>
+      </c>
+      <c r="B116" s="4" t="inlineStr">
+        <is>
+          <t>CARROCERIA COMBOIO AZUL -  PT.290469 - LOC. LAGOA DA PRATA</t>
+        </is>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="inlineStr">
+        <is>
+          <t>36816</t>
+        </is>
+      </c>
+      <c r="B117" s="4" t="inlineStr">
+        <is>
+          <t>GM/S10 24 RONTAN AMB - ANO 2010/2011 - BRANCO - FR13006004 - LOC. MB</t>
+        </is>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="inlineStr">
+        <is>
+          <t>36819</t>
+        </is>
+      </c>
+      <c r="B118" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR CASE PUMA 200 4X4; ANO 2016. - FR8002051. - LOC. LAGOA DA PRATA </t>
+        </is>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="inlineStr">
+        <is>
+          <t>36823</t>
+        </is>
+      </c>
+      <c r="B119" s="4" t="inlineStr">
+        <is>
+          <t>DOLLY. - (VENDA SEM DOCUMENTAÇÃO). - LOC. SANTA ELISA</t>
+        </is>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="inlineStr">
+        <is>
+          <t>36824</t>
+        </is>
+      </c>
+      <c r="B120" s="4" t="inlineStr">
+        <is>
+          <t>CARRETINHA SERVIÇO GERAIS; ANO 2019/2019; PRETA; (REBOQUE) . - FR122971. - LOC. SANTA ELISA </t>
+        </is>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="inlineStr">
+        <is>
+          <t>36827</t>
+        </is>
+      </c>
+      <c r="B121" s="4" t="inlineStr">
+        <is>
+          <t>SEMI REBOQUE RANDON 12,50 M; ANO 1994/1994; BRANCA. - FR14004170. - LOC. SANTA ELISA</t>
+        </is>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="inlineStr">
+        <is>
+          <t>36830</t>
+        </is>
+      </c>
+      <c r="B122" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO S.IZABEL TRIDEM 13T; ANO 2013. - FR11003711. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="inlineStr">
+        <is>
+          <t>36844</t>
+        </is>
+      </c>
+      <c r="B123" s="4" t="inlineStr">
+        <is>
+          <t>PULVERIZADOR DE INJEÇÃO NO SOLO; ANO 2018. - FR122923. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="inlineStr">
+        <is>
+          <t>36845</t>
+        </is>
+      </c>
+      <c r="B124" s="4" t="inlineStr">
+        <is>
+          <t>PULVERIZADOR HERBICAT. - N/E. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="inlineStr">
+        <is>
+          <t>36846</t>
+        </is>
+      </c>
+      <c r="B125" s="4" t="inlineStr">
+        <is>
+          <t>PULVERIZADOR DE INJEÇÃO NO SOLO; ANO 2018. - FR122922. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="inlineStr">
+        <is>
+          <t>36847</t>
+        </is>
+      </c>
+      <c r="B126" s="4" t="inlineStr">
+        <is>
+          <t>ESPALHADOR DE CALCÁRIO CARDEROLI 600KG. - N/E. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="inlineStr">
+        <is>
+          <t>36849</t>
+        </is>
+      </c>
+      <c r="B127" s="4" t="inlineStr">
+        <is>
+          <t>SULCADOR 3 LIN.DMB; ANO 2008. - FR88820. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="inlineStr">
+        <is>
+          <t>36850</t>
+        </is>
+      </c>
+      <c r="B128" s="4" t="inlineStr">
+        <is>
+          <t>DESENLEIRADOR DE PALHA CARDEROLI; ANO 2014. - FR84683. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="inlineStr">
+        <is>
+          <t>36851</t>
+        </is>
+      </c>
+      <c r="B129" s="4" t="inlineStr">
+        <is>
+          <t>DESENLEIRADOR DE PALHA CARDEROLI; ANO 2014. - FR84688. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="inlineStr">
+        <is>
+          <t>36852</t>
+        </is>
+      </c>
+      <c r="B130" s="4" t="inlineStr">
+        <is>
+          <t>HIDRATADOR DE CAL. - N/E. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="inlineStr">
+        <is>
+          <t>36855</t>
+        </is>
+      </c>
+      <c r="B131" s="4" t="inlineStr">
+        <is>
+          <t>PEÇAS DE REPOSIÇÃO COMBOIO - APROX. 1 TONELADA - (VENDA POR KG). - N/A. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="inlineStr">
+        <is>
+          <t>36856</t>
+        </is>
+      </c>
+      <c r="B132" s="4" t="inlineStr">
+        <is>
+          <t>CULTIVADOR DIST. ADUBO DMB 2L; ANO 2009. - FR122297. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="inlineStr">
+        <is>
+          <t>36857</t>
+        </is>
+      </c>
+      <c r="B133" s="4" t="inlineStr">
+        <is>
+          <t>CULTIVADOR 2L CARDERROLI; ANO 2014. - FR84935. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="inlineStr">
+        <is>
+          <t>36864</t>
+        </is>
+      </c>
+      <c r="B134" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE TECTRAN 8,20M; ANO 1996; (HIDRO ROLL MANGUEIRA NÃO ESTÁ INCLUSA). - FR91104/FR173565. -  LOC. BENALCOOL </t>
+        </is>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="inlineStr">
+        <is>
+          <t>36872</t>
+        </is>
+      </c>
+      <c r="B135" s="4" t="inlineStr">
+        <is>
+          <t>CONJ. 3 SUCATAS DE COLHEDORAS - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="inlineStr">
+        <is>
+          <t>36873</t>
+        </is>
+      </c>
+      <c r="B136" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO S.IZABEL TCS 12T;  ANO 2010 - FR68029. - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="inlineStr">
+        <is>
+          <t>36874</t>
+        </is>
+      </c>
+      <c r="B137" s="4" t="inlineStr">
+        <is>
+          <t>HIDRO ROLL METALMAG; ANO 2008. - FR164838 - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="inlineStr">
+        <is>
+          <t>36875</t>
+        </is>
+      </c>
+      <c r="B138" s="4" t="inlineStr">
+        <is>
+          <t>HIDRO ROLL METALMAG; ANO 2008. - FR164834 - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="inlineStr">
+        <is>
+          <t>36876</t>
+        </is>
+      </c>
+      <c r="B139" s="4" t="inlineStr">
+        <is>
+          <t>HIDRO ROLL MATALMAG; ANO 2008. - FR164836 - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="inlineStr">
+        <is>
+          <t>36877</t>
+        </is>
+      </c>
+      <c r="B140" s="4" t="inlineStr">
+        <is>
+          <t>HIDRO ROLL METALMAG; ANO 2008. - FR164814 - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="inlineStr">
+        <is>
+          <t>36878</t>
+        </is>
+      </c>
+      <c r="B141" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO CIVEMASA TRIDEM 13T; ANO 2016. - FR4445260. - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="inlineStr">
+        <is>
+          <t>36879</t>
+        </is>
+      </c>
+      <c r="B142" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO CIVEMASA 12000KG 4700X3600MM; ANO 2016 - FR4445259 - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="inlineStr">
+        <is>
+          <t>36880</t>
+        </is>
+      </c>
+      <c r="B143" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO S. IZABEL TCS 12T. - ANO 2010. - FR164322. - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="inlineStr">
+        <is>
+          <t>36881</t>
+        </is>
+      </c>
+      <c r="B144" s="4" t="inlineStr">
+        <is>
+          <t>DOLLY USICAMP - ANO 2009 - FR164794. - AMARELO - (VENDA SEM DOCUMENTO) - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="inlineStr">
+        <is>
+          <t>36882</t>
+        </is>
+      </c>
+      <c r="B145" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR CASE MX 260 MAGNUM 4X4; ANO 2014. - FR163506 - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="inlineStr">
+        <is>
+          <t>36885</t>
+        </is>
+      </c>
+      <c r="B146" s="4" t="inlineStr">
+        <is>
+          <t>CARRETA ABRIGO OPERADORES; (REBOQUE FEDERAL LG) - ANO 2013/2013; CINZA. - FR164395. - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="inlineStr">
+        <is>
+          <t>36889</t>
+        </is>
+      </c>
+      <c r="B147" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 160 PALLETES - MADEIRA SUCATEADO; ( VENDA POR UNIDADE) -  LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="inlineStr">
+        <is>
+          <t>37113</t>
+        </is>
+      </c>
+      <c r="B148" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO CIVEMASA TAC 10500 C/2 EIXOS; ANO 2009. - FR1003005. - LOC. LAGOA DA PRATA </t>
+        </is>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="inlineStr">
+        <is>
+          <t>37114</t>
+        </is>
+      </c>
+      <c r="B149" s="4" t="inlineStr">
+        <is>
+          <t>PLANTADORA DMB; ANO 2013. - FR8003195. - LOC. LAGOA DA PRATA </t>
+        </is>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="inlineStr">
+        <is>
+          <t>37115</t>
+        </is>
+      </c>
+      <c r="B150" s="4" t="inlineStr">
+        <is>
+          <t>PLANTADORA DMB; ANO 2013. - FR8003196. - LOC. LAGOA DA PRATA </t>
+        </is>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="inlineStr">
+        <is>
+          <t>37116</t>
+        </is>
+      </c>
+      <c r="B151" s="4" t="inlineStr">
+        <is>
+          <t>PLANTADORA DMB. - FR8003194. - LOC. LAGOA DA PRATA </t>
+        </is>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="inlineStr">
+        <is>
+          <t>37117</t>
+        </is>
+      </c>
+      <c r="B152" s="4" t="inlineStr">
+        <is>
+          <t>PRANCHA RODOVIARIA MCA TECTRAN PRANCHA 698; ANO 1998/1998; AMARELA. - FR11004080. - LOC.LAGOA DA PRATA </t>
+        </is>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="inlineStr">
+        <is>
+          <t>37121</t>
+        </is>
+      </c>
+      <c r="B153" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2015. - FR135651. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="inlineStr">
+        <is>
+          <t>37122</t>
+        </is>
+      </c>
+      <c r="B154" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2012. - FR123778. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="inlineStr">
+        <is>
+          <t>37124</t>
+        </is>
+      </c>
+      <c r="B155" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2012. - FR102052. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="inlineStr">
+        <is>
+          <t>37128</t>
+        </is>
+      </c>
+      <c r="B156" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2012. - FR361617. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="inlineStr">
+        <is>
+          <t>37129</t>
+        </is>
+      </c>
+      <c r="B157" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2012. - FR10187. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="inlineStr">
+        <is>
+          <t>37131</t>
+        </is>
+      </c>
+      <c r="B158" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2012. - FR123770. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="inlineStr">
+        <is>
+          <t>37132</t>
+        </is>
+      </c>
+      <c r="B159" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2012. - FR361633. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="inlineStr">
+        <is>
+          <t>37134</t>
+        </is>
+      </c>
+      <c r="B160" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2010. - FR135634. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="inlineStr">
+        <is>
+          <t>37135</t>
+        </is>
+      </c>
+      <c r="B161" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2012. - FR361424. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="inlineStr">
+        <is>
+          <t>37138</t>
+        </is>
+      </c>
+      <c r="B162" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2012. - FR123769. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="inlineStr">
+        <is>
+          <t>37141</t>
+        </is>
+      </c>
+      <c r="B163" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2012. - FR70618. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="inlineStr">
+        <is>
+          <t>37142</t>
+        </is>
+      </c>
+      <c r="B164" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2012. - FR361609. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="inlineStr">
+        <is>
+          <t>37143</t>
+        </is>
+      </c>
+      <c r="B165" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2012. - FR361432. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="inlineStr">
+        <is>
+          <t>37147</t>
+        </is>
+      </c>
+      <c r="B166" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2012. - FR361429. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="inlineStr">
+        <is>
+          <t>37148</t>
+        </is>
+      </c>
+      <c r="B167" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2012. - FR123771. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="inlineStr">
+        <is>
+          <t>37150</t>
+        </is>
+      </c>
+      <c r="B168" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2012. - FR123766. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="inlineStr">
+        <is>
+          <t>37151</t>
+        </is>
+      </c>
+      <c r="B169" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2012. - FR361616. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="inlineStr">
+        <is>
+          <t>37152</t>
+        </is>
+      </c>
+      <c r="B170" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR VALTRA BH 210I 4X4 - ANO 2014 - FR81523 - LOC. SÃO FRANCISCO </t>
+        </is>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="inlineStr">
+        <is>
           <t>37154</t>
         </is>
       </c>
-      <c r="B79" s="4" t="inlineStr">
+      <c r="B171" s="4" t="inlineStr">
         <is>
           <t>TRATOR VALTRA BH 210I 4X4 - ANO 2014 - FR116530 - LOC. SÃO FRANCISCO</t>
         </is>
       </c>
-      <c r="C79" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="F79" s="4" t="inlineStr">
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="inlineStr">
+        <is>
+          <t>37156</t>
+        </is>
+      </c>
+      <c r="B172" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO VW/15.190 WORKER; ANO 2012/2013; BRANCA. - (BAÚ) - FR119923. - LOC. BONFIM </t>
+        </is>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="inlineStr">
+        <is>
+          <t>37157</t>
+        </is>
+      </c>
+      <c r="B173" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA JOHN DEERE CH670; ANO 2016. - FR117580. - LOC. BONFIM </t>
+        </is>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="inlineStr">
+        <is>
+          <t>37158</t>
+        </is>
+      </c>
+      <c r="B174" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA JOHN DEERE CH670 2L; ANO 2018. - FR49580. - LOC. BONFIM </t>
+        </is>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="inlineStr">
+        <is>
+          <t>37159</t>
+        </is>
+      </c>
+      <c r="B175" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA JOHN DEERE CH670 2L; ANO 2016 . - FR50151. - LOC. BONFIM </t>
+        </is>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="inlineStr">
+        <is>
+          <t>37160</t>
+        </is>
+      </c>
+      <c r="B176" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA JOHN DEERE CH670; ANO 2018. - FR20541. - LOC. BONFIM </t>
+        </is>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="inlineStr">
+        <is>
+          <t>37161</t>
+        </is>
+      </c>
+      <c r="B177" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA JOHN DEERE CH670; ANO 2017. - FR49579. - LOC. BONFIM </t>
+        </is>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="inlineStr">
+        <is>
+          <t>37162</t>
+        </is>
+      </c>
+      <c r="B178" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA JOHN DEERE CH670 2L; ANO 2018. - FR20836. - LOC. BONFIM </t>
+        </is>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="inlineStr">
+        <is>
+          <t>37163</t>
+        </is>
+      </c>
+      <c r="B179" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA JOHN DEERE. - FR93429. - LOC. BONFIM </t>
+        </is>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="inlineStr">
+        <is>
+          <t>37164</t>
+        </is>
+      </c>
+      <c r="B180" s="4" t="inlineStr">
+        <is>
+          <t> PEÇAS DE COLHEDORA E PEÇAS AGRICOLAS EM GERAL; PESO ESTIMADO 10 TON.(VENDA POR KG). - LOC. SANTA CANDIDA </t>
+        </is>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="inlineStr">
+        <is>
+          <t>37165</t>
+        </is>
+      </c>
+      <c r="B181" s="4" t="inlineStr">
+        <is>
+          <t> ESTEIRA , APROX. 3 METROS DE COMPRIMENTO, 1 METRO DE LARGURA E TORRE. - PAT. 249883 -  LOC. SANTA CANDIDA </t>
+        </is>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="inlineStr">
+        <is>
+          <t>37166</t>
+        </is>
+      </c>
+      <c r="B182" s="4" t="inlineStr">
+        <is>
+          <t> TRATOR MASSEY FERGUSON 283. - FR115106. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>66.000,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="inlineStr">
+        <is>
+          <t>37167</t>
+        </is>
+      </c>
+      <c r="B183" s="4" t="inlineStr">
+        <is>
+          <t> TRATOR MASSEY FERGUSON 283. - FR1115102 - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="inlineStr">
+        <is>
+          <t>37168</t>
+        </is>
+      </c>
+      <c r="B184" s="4" t="inlineStr">
+        <is>
+          <t> SEMI REBOQUE FACCHINI SRFCF; ANO 2011/2011. - FR121497 - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="inlineStr">
+        <is>
+          <t>37169</t>
+        </is>
+      </c>
+      <c r="B185" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO VW/26.220 EURO3 WORKER; ANO 2008/2009; BRANCA. - FR96471. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>99.000,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="inlineStr">
+        <is>
+          <t>37170</t>
+        </is>
+      </c>
+      <c r="B186" s="4" t="inlineStr">
+        <is>
+          <t> CARRETA SERVIÇOS DIVERSOS. - FR103856. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="inlineStr">
+        <is>
+          <t>37171</t>
+        </is>
+      </c>
+      <c r="B187" s="4" t="inlineStr">
+        <is>
+          <t> CAIXOTE DE FERRO. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="inlineStr">
+        <is>
+          <t>37172</t>
+        </is>
+      </c>
+      <c r="B188" s="4" t="inlineStr">
+        <is>
+          <t> CARROCERIA DE CAMINHÃO E MUNCK. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="inlineStr">
+        <is>
+          <t>37173</t>
+        </is>
+      </c>
+      <c r="B189" s="4" t="inlineStr">
+        <is>
+          <t> CONJUNTO COMPRESSOR BOMBA/RESERVATÓRIO. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="inlineStr">
+        <is>
+          <t>37174</t>
+        </is>
+      </c>
+      <c r="B190" s="4" t="inlineStr">
+        <is>
+          <t> TROCADOR DE CALOR E MOTO REDUTOR. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="inlineStr">
+        <is>
+          <t>37175</t>
+        </is>
+      </c>
+      <c r="B191" s="4" t="inlineStr">
+        <is>
+          <t> MOTOBOMBA MWM. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="inlineStr">
+        <is>
+          <t>37176</t>
+        </is>
+      </c>
+      <c r="B192" s="4" t="inlineStr">
+        <is>
+          <t> 02 MOTORES JOHN DEERE, NUMERO 1 E NUMERO 4. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="inlineStr">
+        <is>
+          <t>37177</t>
+        </is>
+      </c>
+      <c r="B193" s="4" t="inlineStr">
+        <is>
+          <t> 02 MOTORES JOHN DEERE, NUMERO 2 E NÚMERO 3. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="inlineStr">
+        <is>
+          <t>37178</t>
+        </is>
+      </c>
+      <c r="B194" s="4" t="inlineStr">
+        <is>
+          <t> 02 MOTORES JOHN DEERE, NUMERO 5 E NÚMERO 7. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="inlineStr">
+        <is>
+          <t>37179</t>
+        </is>
+      </c>
+      <c r="B195" s="4" t="inlineStr">
+        <is>
+          <t> 01 MOTOR JOHN DEERE, NUMERO 6 E 01 MOTOR CASE NUMERO 9. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="inlineStr">
+        <is>
+          <t>37180</t>
+        </is>
+      </c>
+      <c r="B196" s="4" t="inlineStr">
+        <is>
+          <t> 01 MOTOR CASE NUMERO 8. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="inlineStr">
+        <is>
+          <t>37181</t>
+        </is>
+      </c>
+      <c r="B197" s="4" t="inlineStr">
+        <is>
+          <t>VEJA VÍDEO!!! - GUINCHO CANARINHO - FR102903. -  LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="inlineStr">
+        <is>
+          <t>37188</t>
+        </is>
+      </c>
+      <c r="B198" s="4" t="inlineStr">
+        <is>
+          <t>SUCATA DE CAMINHÃO SCANIA; ANO 1994. - FR97004 - (VENDA SEM DOCUMENTO). - LOC. IPAUSSU</t>
+        </is>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="inlineStr">
+        <is>
+          <t>37189</t>
+        </is>
+      </c>
+      <c r="B199" s="4" t="inlineStr">
+        <is>
+          <t> 03 CABINES DE COLHEDORA JOHN DEERE. - FR49574/49572/49571. - LOC. IPAUSSU</t>
+        </is>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="inlineStr">
+        <is>
+          <t>37190</t>
+        </is>
+      </c>
+      <c r="B200" s="4" t="inlineStr">
+        <is>
+          <t> 02 MOTORES JOHN DEERE. - LOC. IPAUSSU</t>
+        </is>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="inlineStr">
+        <is>
+          <t>37191</t>
+        </is>
+      </c>
+      <c r="B201" s="4" t="inlineStr">
+        <is>
+          <t> 02 MOTORES JOHN DEERE. - LOC. IPAUSSU</t>
+        </is>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="inlineStr">
+        <is>
+          <t>37192</t>
+        </is>
+      </c>
+      <c r="B202" s="4" t="inlineStr">
+        <is>
+          <t> 01 MOTOR JOHN DEERE. - LOC. IPAUSSU</t>
+        </is>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="inlineStr">
+        <is>
+          <t>37201</t>
+        </is>
+      </c>
+      <c r="B203" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2012. - FR123767. - BENALCOOL</t>
+        </is>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="inlineStr">
+        <is>
+          <t>37202</t>
+        </is>
+      </c>
+      <c r="B204" s="4" t="inlineStr">
+        <is>
+          <t> CARRETA TRANSBORDO 30M3 2,80 600/55-26.5; ANO 2014. - FR91295. - LOC. BENALCOOL </t>
+        </is>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="inlineStr">
+        <is>
+          <t>37203</t>
+        </is>
+      </c>
+      <c r="B205" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO SANTAL 12T; ANO 2014. - FR173159. - LOC. BENALCOOL</t>
+        </is>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="5" t="inlineStr">
+        <is>
+          <t>37204</t>
+        </is>
+      </c>
+      <c r="B206" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2010. - FR47034. - LOC. BENALCOOL</t>
+        </is>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="5" t="inlineStr">
+        <is>
+          <t>37205</t>
+        </is>
+      </c>
+      <c r="B207" s="4" t="inlineStr">
+        <is>
+          <t> 03 ELEVADORES DE COLHEDORA. - LOC. BENALCOOL </t>
+        </is>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="5" t="inlineStr">
+        <is>
+          <t>37206</t>
+        </is>
+      </c>
+      <c r="B208" s="4" t="inlineStr">
+        <is>
+          <t> TRATOR M. FERGUSSON 275 4X4; ANO 1996. - FR91407. - LOC. DESTIVALE</t>
+        </is>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F208" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="5" t="inlineStr">
+        <is>
+          <t>37228</t>
+        </is>
+      </c>
+      <c r="B209" s="4" t="inlineStr">
+        <is>
+          <t>REPUXADORA ELÉTRICA (SPOTTER) BAND 1800/ ALINHADOR DE MONOBLOCO(CYBORG) BOVENAU. - LOC. UNIVALEM</t>
+        </is>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D209" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F209" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="5" t="inlineStr">
+        <is>
+          <t>37504</t>
+        </is>
+      </c>
+      <c r="B210" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR JOHN DEERE 7225 J 4X4; ANO 2016. - FR93352. - LOC. JUNQUEIRA </t>
+        </is>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D210" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F210" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
+      <c r="A211" s="5" t="inlineStr">
+        <is>
+          <t>37505</t>
+        </is>
+      </c>
+      <c r="B211" s="4" t="inlineStr">
+        <is>
+          <t>ELEVADOR AUTOMOTIVO DE DUAS COLUNAS MARCA AUTO BOX; ANO 2002. - N/A. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C211" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D211" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F211" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
+      <c r="A212" s="5" t="inlineStr">
+        <is>
+          <t>37528</t>
+        </is>
+      </c>
+      <c r="B212" s="4" t="inlineStr">
+        <is>
+          <t>CARRETA ÁREA DE VIVÊNCIA; ANO 2004/2004. - FR514089. - LOC. LAGOA DA PRATA </t>
+        </is>
+      </c>
+      <c r="C212" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D212" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F212" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
+      <c r="A213" s="5" t="inlineStr">
+        <is>
+          <t>37530</t>
+        </is>
+      </c>
+      <c r="B213" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO M.BENZ/L 2638 6X4; ANO 2002/2002; BRANCA; (BASCULANTE). - FR120850. -  LOC. JUNQUEIRA</t>
+        </is>
+      </c>
+      <c r="C213" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D213" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F213" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
+      <c r="A214" s="5" t="inlineStr">
+        <is>
+          <t>37532</t>
+        </is>
+      </c>
+      <c r="B214" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO VW/31.280 CRM 6X4; ANO 2012/2013; BRANCA; - FR92358. - LOC.JUNQUEIRA</t>
+        </is>
+      </c>
+      <c r="C214" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D214" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E214" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F214" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
+      <c r="A215" s="5" t="inlineStr">
+        <is>
+          <t>37535</t>
+        </is>
+      </c>
+      <c r="B215" s="4" t="inlineStr">
+        <is>
+          <t>SEMI REBOQUE RANDON 11,80M; ANO 2003/2003; VERDE. - FR3766. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C215" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D215" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F215" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
+      <c r="A216" s="5" t="inlineStr">
+        <is>
+          <t>37536</t>
+        </is>
+      </c>
+      <c r="B216" s="4" t="inlineStr">
+        <is>
+          <t>CARRETA ABRIGO FAB. PRÓPRIA; ANO 1996. - FR13004144. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C216" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D216" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E216" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F216" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>