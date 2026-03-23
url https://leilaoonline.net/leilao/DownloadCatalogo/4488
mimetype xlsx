--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -142,100 +142,100 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F70"/>
+  <dimension ref="A1:F110"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Leilão</t>
         </is>
       </c>
       <c r="B6" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÕES - TRATORES - COLHEDORAS - ENTRE OUTROS </t>
+          <t>12 CAMINHÕES - 33 TRATORES - 26 ÔNIBUS / MICRO-ÔNIBUS - GUINDASTE - PULVERIZADORES </t>
         </is>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>25/03/2026 11:30</t>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
@@ -271,1964 +271,3244 @@
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
-          <t>11082</t>
+          <t>10542</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
-          <t> ARADO ARAPONGA 4 BACIAS; ANO 2009. - FR5072/102184. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>ÔNIBUS M.BENZ/COMIL SVELTO U; ANO 2011/2011. - FR1468/PT103924. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>11083</t>
+          <t>10543</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
-          <t> ARADO AIVECA; ANO 2001. - FR5463/PT104016. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>ÔNIBUS M.BENZ/COMIL SVELTO U; ANO 2011/2011. - FR1465/PT103921. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>12.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>11084</t>
+          <t>10544</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
-          <t> CULTIVADOR SAO FRANCISCO-DMB; ANO 2009. - FR5219/PT101092. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> ÔNIBUS M.BENZ / MPOLO SEN MIDI ON; ANO 2010/2011. - FR1373/PT103759. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>11085</t>
+          <t>10545</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
-          <t> COBRIDOR CANA 2 LINHAS; ANO 2009. - FR5057/PT101041. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> ÔNIBUS M.BENZ / MPOLO SEN MIDI ON; ANO 2010/2011. - FR1375/PT103761. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>11086</t>
+          <t>10546</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
-          <t> COBRIDOR CANA 2 LINHAS; ANO 2009. - FR5005/PT101040. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> COLHEDORA CASE A8800; ANO 2014. - FR1278/PT103588. - LOC.APORÉ/GO</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>20.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>11087</t>
+          <t>10547</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
-          <t>COBRIDOR CANA 2 LINHAS; ANO 2001. - FR5453/PT102704. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>REBOQUE FNV C/CARROC. TRANSBORDO; ANO 1985/1985; VERDE. - FR210/5389/PT6974/102488. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>11088</t>
+          <t>10548</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t> COBRIDOR CANA 2 LINHAS; ANO 2009. - FR5097/PT101043. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>REBOQUE FNV C/CARROC. TRANSBORDO; ANO 1989/1989; VERDE. - FR064/5383/ PT6935 / 102484. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>11089</t>
+          <t>10549</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t>COBRIDOR CANA 2 LINHAS-FEROLD; ANO 2009. - FR5298/PT101546. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>GUINDASTE CBT - MOTOCANA; ANO 1984. - FR232/FR7279. - LOC.APORÉ/GO</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>11090</t>
+          <t>10550</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t>COBRIDOR CANA 2 LINHAS; ANO 2009. - FR5119/PT101224. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>ÔNIBUS M.BENZ / MPOLO SEN MIDI ON; ANO 2010/2011. - FR1370/PT103756. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>11091</t>
+          <t>10551</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
-          <t>ÔNIBUS M.BENZ/MPOLO TORINO GVU; ANO 1998/1999; AMARELA. - FR864/PT102630. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>ÔNIBUS M.BENZ/ MPOLO SEN MIDI ON; ANO 2010/2011. - FR1368/PT103754. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>12.000,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>11092</t>
+          <t>10552</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
-          <t>ÔNIBUS M.BENZ/MPOLO TORINO GVU;ANO 1998/1999; AMARELA. - FR866/PT102632. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> ÔNIBUS M.BENZ / MPOLO SEN MIDI ON; ANO 2010/2011. - FR1371/PT103757. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>12.000,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>11093</t>
+          <t>10553</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
-          <t>MICRO ÔNIBUS M.BENZ/MPOLO SENIOR ON; ANO 2012/2013; BRANCA. - FR1602/PT104634. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>ÔNIBUS M.BENZ/OF 1620; ANO 1997/1998; AMARELA. - FR863/PT102629. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>12.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>11094</t>
+          <t>10554</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t> ÔNIBUS M.BENZ/MPOLO SEN MIDI ON; ANO 2010/2011; AZUL. - FR1374/PT103760. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> ÔNIBUS M.BENZ/MPOLO VIALE; ANO 2002/2002; PRATA. - FR1046/PT102882. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>11095</t>
+          <t>10555</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO VOLVONL12 360 6X4; ANO 1995/1995; BRANCA. - FR450. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>ÔNIBUS M.BENZ OF 1318; ANO 1992/1992; BRANCA. - FR74/PT6301. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>12.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>11096</t>
+          <t>10556</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÃO M.BENZ/L 2213; ANO 1976/1976; BRANCA. - FR61. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>ÔNIBUS M.BENZ/COMIL SVELTO U; ANO 2011/2011. - FR1462/PT103918. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>11097</t>
+          <t>10557</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t>MICRO ÔNIBUS M.BENZ/MPOLO SENIOR ON; ANO 2011/2012; BRANCA. - FR1605. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>PLANTADEIRA CANA P.C.P 6000; ANO 2009. - FR5155/PT102393. - LOC.APORÉ/GO</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>7.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>11098</t>
+          <t>10558</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
-          <t> MICRO ÔNIBUS M.BENZ/MPOLO SENIOR ON; ANO 2012/2013; BRANCA. - FR1599/PT104631. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>PLANTADEIRA CANA P.C.P 6000; ANO 2009. -FR5182/10558. - LOC.APORÉ/GO</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>7.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>11099</t>
+          <t>10559</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t> MICRO ÔNIBUS M.BENZ/MPOLO SENIOR ON; ANO 2012/2013; BRANCA. - FR1600/PT104632. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> CAMINHÃO VOLVO VM 260 6X4R; ANO 2011/2011; BRANCA. - FR1105/PT103080. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>23.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>11100</t>
+          <t>10560</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t>MICRO ÔNIBUS M.BENZ/MPOLO SENIOR ON; ANO 2012/2013; BRANCA. - FR1597/PT104629. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>TRATOR NEW HOLLAND TM 7040 - CCT; ANO 2010. - FR938/PT102656. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>11101</t>
+          <t>10561</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
-          <t>MICRO ÔNIBUS M.BENZ/MPOLO SENIOR ON; ANO 2012/2013; BRANCA. - FR1601. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>TRATOR NEW HOLLAND TM 7040 - CCT; ANO 2010. - FR860/PT102669. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>11102</t>
+          <t>10562</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO M.BENZ/L 1313; ANO 1981/1981; BRANCA. - FR157/PT6489. -  LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>TRATOR NEW HOLLAND TM 7040; ANO 2010. - FR960/PT102819. - LOC.APORÉ/GO</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>11103</t>
+          <t>10563</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO M.BENZ/L 2213; ANO 1981/1981; BRANCA. - FR175/PT6036. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>CAMINHÃO VOLVO VM 260 6X4R; ANO 2010/2010; BRANCA. - FR955/PT102814. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>21.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>11104</t>
+          <t>10564</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
-          <t> TRATOR NEW HOLLAND TM 7040 - CCT; ANO 2011. - FR1027/PT102898. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>CAMINHÃO VOLVO/VM 260 6X4R; ANO 2010/2010; BRANCA. - FR953/PT102783. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>21.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>11105</t>
+          <t>10565</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
-          <t> TRATOR NEW HOLLAND TM 165; ANO 2007. - FR668/PT101992. -  LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> TRATOR NEW HOLLAND TM 7040 - CCT; ANO 2010. - FR859/PT102668. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>11106</t>
+          <t>10566</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t> TRATOR NEW HOLLAND TM 7040; ANO 2010. - FR959/PT102818. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> REBOQUE FACCHINI CARROCERIA ABERTA; ANO 1995/1995; VERDE. - FR460/PT6003. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>7.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>11107</t>
+          <t>10567</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t>TRATOR NEW HOLLAND TM 165; ANO 2007. - FR670. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> GRADE ARADORA INTERMEDIARIA 28X28; ANO 2006. - FR5350/PT101824. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>11108</t>
+          <t>10568</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
-          <t> TRATOR NEW HOLLAND TL 85 E; ANO 2002. - FR609. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> GRADE ARADORA INTERMEDIARIA 28X28; ANO 2007. - FR5092/PT102032. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>11109</t>
+          <t>10569</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
-          <t>TRATOR NEW HOLLAND TM 135; ANO 2006. - FR655/PT8197. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>CAMINHÃO VOLVO/FM 440 6X4T; ANO 2008/2009; BRANCA. - FR801/PT102426. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>35.000,00</t>
+          <t>23.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>11110</t>
+          <t>10570</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
-          <t>TRATOR NEW HOLLAND TM 165; ANO 2007. - FR667. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>TRANSBORDO SERMAG (REBOQUE) ; ANO 2007. - FR5163/PT102158. - LOC. APORÉ/GO </t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>11111</t>
+          <t>10571</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
-          <t>TRATOR NEW HOLLAND TM 7040 - CCT; ANO 2010. - FR957/PT102821. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>TRANSBORDO SEREMAG (REBOQUE); ANO 2007. - FR5127/PT102116. - LOC.APORÉ/GO</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>11112</t>
+          <t>10572</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
-          <t>TRATOR NEW HOLLAND TM 165; ANO 2006. - FR647. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>TRANSBORDO SERMAG (REBOQUE); ANO 2013. - FR5581/PT103422. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>7.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>11113</t>
+          <t>10573</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t>TRATOR NEW HOLLAND TM 7040 - CCT; ANO 2011. - FR1024/PT102905. -  LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>TRANSBORDO SERMAG (REBOQUE); ANO 2007. - FR5115/PT102115. - LOC.APORÉ/GO</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>11114</t>
+          <t>10574</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
-          <t>TRATOR VALTRA BT 210 4X4; ANO 2014. - FR1338/103644. - LOC.VISTA ALEGRE DO ALTO/S</t>
+          <t>TRANSBORDO SERMAG (REBOQUE); ANO 2007. - FR5137/PT102148. - LOC.APORÉ/GO</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>11115</t>
+          <t>10575</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
-          <t> TRATOR VALTRA BT 210 4X4; ANO 2012. - FR1072. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>TERRACEADOR TATU; ANO 2009. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>11116</t>
+          <t>11082</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
-          <t>TRATOR NEW HOLLAND TM 165; ANO 2006. - FR648/PT8177. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> ARADO ARAPONGA 4 BACIAS; ANO 2009. - FR5072/102184. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>11117</t>
+          <t>11083</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t>TRATOR VALTRA BT 210 4X4: ANO 2012. - FR1109. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> ARADO AIVECA; ANO 2001. - FR5463/PT104016. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>11118</t>
+          <t>11084</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t>TRATOR VALTRA BT 210 4X4: ANO 2014. - FR1335. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> CULTIVADOR SAO FRANCISCO-DMB; ANO 2009. - FR5219/PT101092. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>11119</t>
+          <t>11085</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
-          <t>TRATOR NEW HOLLAND TM 165; ANO 2006. - FR653. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> COBRIDOR CANA 2 LINHAS; ANO 2009. - FR5057/PT101041. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>11120</t>
+          <t>11086</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
-          <t>TRATOR NEW HOLLAND TM 165; ANO 2006. - FR658. -  LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> COBRIDOR CANA 2 LINHAS; ANO 2009. - FR5005/PT101040. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>11121</t>
+          <t>11087</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t>TRATOR NEW HOLLAND TM 135; ANO 2004. - FR36. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>COBRIDOR CANA 2 LINHAS; ANO 2001. - FR5453/PT102704. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>35.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>11122</t>
+          <t>11088</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
-          <t> TRATOR NEW HOLLAND TM 165; ANO 2006. - FR657. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> COBRIDOR CANA 2 LINHAS; ANO 2009. - FR5097/PT101043. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>11123</t>
+          <t>11089</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
-          <t> TRATOR NEW HOLLAND TM 165; ANO 2006. - FR661. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>COBRIDOR CANA 2 LINHAS-FEROLD; ANO 2009. - FR5298/PT101546. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>11124</t>
+          <t>11090</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
-          <t>TRATOR NEW HOLLAND TM 165; ANO 2004. - FR49. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>COBRIDOR CANA 2 LINHAS; ANO 2009. - FR5119/PT101224. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>1.250,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>11125</t>
+          <t>11091</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
-          <t>TRATOR NEW HOLLAND TM 165; ANO 2006. - FR660/PT101953. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>ÔNIBUS M.BENZ/MPOLO TORINO GVU; ANO 1998/1999; AMARELA. - FR864/PT102630. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>12.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>11126</t>
+          <t>11092</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
-          <t>TRATOR NEW HOLLAND T8.295; ANO 2013. - FR1257. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>ÔNIBUS M.BENZ/MPOLO TORINO GVU;ANO 1998/1999; AMARELA. - FR866/PT102632. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>13.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>11127</t>
+          <t>11093</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
-          <t>TRATOR NEW HOLLAND TM 135; ANO 2004. - FR39/PT550029. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>MICRO ÔNIBUS M.BENZ/MPOLO SENIOR ON; ANO 2012/2013; BRANCA. - FR1602/PT104634. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
-          <t>35.000,00</t>
+          <t>20.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>11128</t>
+          <t>11094</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
-          <t>TRATOR NEW HOLLAND TL 75 E; ANO 2008. - FR735/PT102308. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> ÔNIBUS M.BENZ/MPOLO SEN MIDI ON; ANO 2010/2011; AZUL. - FR1374/PT103760. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>11129</t>
+          <t>11095</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÃO VOLVO/FM12 420 6X4T; ANO 2006/2006; BRANACA. - FR436. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> CAMINHÃO VOLVONL12 360 6X4; ANO 1995/1995; BRANCA. - FR450. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>11</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>41.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>11130</t>
+          <t>11096</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
-          <t>MICRO ÔNIBUS M.BENZ/MPOLO SENIOR ON; ANO 2012/2013; BRANCA. - FR1596/PT104628. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>CAMINHÃO M.BENZ/L 2213; ANO 1976/1976; BRANCA. - FR61. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>17</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>31.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>11131</t>
+          <t>11097</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÃO VOLVO FM12 420 6X4T; ANO 2006/2006; BRANCA. - FR435. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>MICRO ÔNIBUS M.BENZ/MPOLO SENIOR ON; ANO 2011/2012; BRANCA. - FR1605. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>20.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>11132</t>
+          <t>11098</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
-          <t>TRATOR NEW HOLLAND TM 7040 - CCT; ANO 2010. - FR856/PT102605. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> MICRO ÔNIBUS M.BENZ/MPOLO SENIOR ON; ANO 2012/2013; BRANCA. - FR1599/PT104631. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>20.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>11133</t>
+          <t>11099</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
-          <t>TRATOR VALTRA 1580; ANO 2001. - FR598/PT6449. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> MICRO ÔNIBUS M.BENZ/MPOLO SENIOR ON; ANO 2012/2013; BRANCA. - FR1600/PT104632. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
-          <t>35.000,00</t>
+          <t>20.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>11134</t>
+          <t>11100</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
-          <t> PULVERIZADOR VALTRA BS3330H; ANO 2019. - FR1551/PT104303. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t>MICRO ÔNIBUS M.BENZ/MPOLO SENIOR ON; ANO 2012/2013; BRANCA. - FR1597/PT104629. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
-          <t>35.000,00</t>
+          <t>20.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>11135</t>
+          <t>11101</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
-          <t>ÔNIBUS M.BENZ/MPOLO VIALE U; ANO 2002/2002; PRATA. - FR1039/PT.102868. - LOC. VISTA ALEGRE ALTO/SP</t>
+          <t>MICRO ÔNIBUS M.BENZ/MPOLO SENIOR ON; ANO 2012/2013; BRANCA. - FR1601. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
-          <t>12.000,00</t>
+          <t>20.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>11137</t>
+          <t>11102</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
-          <t>TRATOR NEW HOLLAND TM 7040 - CCT; ANO 2011. - FR1022/PT102908. -  LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> CAMINHÃO M.BENZ/L 1313; ANO 1981/1981; BRANCA. - FR157/PT6489. -  LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>15</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>29.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>11138</t>
+          <t>11103</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
-          <t>TRATOR NEW HOLLAND TM 165; ANO 2006. - FR652/PT8181. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> CAMINHÃO M.BENZ/L 2213; ANO 1981/1981; BRANCA. - FR175/PT6036. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>24.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>11139</t>
+          <t>11104</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
-          <t> GUINDASTE GROVE; ANO 1975. - FR230. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> TRATOR NEW HOLLAND TM 7040 - CCT; ANO 2011. - FR1027/PT102898. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>11140</t>
+          <t>11105</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
-          <t>PULVERIZADOR PARRUDA MA3027-H; ANO 2013. - FR1281/PT103540. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> TRATOR NEW HOLLAND TM 165; ANO 2007. - FR668/PT101992. -  LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
-          <t>35.000,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>11141</t>
+          <t>11106</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
-          <t>MICRO ÔNIBUS M.BENZ/MPOLO SENIOR ON; ANO 2012/2013; BRANCA. - FR1603/PT104634. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+          <t> TRATOR NEW HOLLAND TM 7040; ANO 2010. - FR959/PT102818. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
+          <t>11107</t>
+        </is>
+      </c>
+      <c r="B70" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR NEW HOLLAND TM 165; ANO 2007. - FR670. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="inlineStr">
+        <is>
+          <t>11108</t>
+        </is>
+      </c>
+      <c r="B71" s="4" t="inlineStr">
+        <is>
+          <t> TRATOR NEW HOLLAND TL 85 E; ANO 2002. - FR609. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="inlineStr">
+        <is>
+          <t>11109</t>
+        </is>
+      </c>
+      <c r="B72" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR NEW HOLLAND TM 135; ANO 2006; (MOTOR C/DEFEITO/ FUNDIDO) - FR655/PT8197. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="inlineStr">
+        <is>
+          <t>11110</t>
+        </is>
+      </c>
+      <c r="B73" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR NEW HOLLAND TM 165; ANO 2007. - FR667. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="inlineStr">
+        <is>
+          <t>11111</t>
+        </is>
+      </c>
+      <c r="B74" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR NEW HOLLAND TM 7040 - CCT; ANO 2010. - FR957/PT102821. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="inlineStr">
+        <is>
+          <t>11112</t>
+        </is>
+      </c>
+      <c r="B75" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR NEW HOLLAND TM 165; ANO 2006. - FR647. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="inlineStr">
+        <is>
+          <t>11113</t>
+        </is>
+      </c>
+      <c r="B76" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR NEW HOLLAND TM 7040 - CCT; ANO 2011. - FR1024/PT102905. -  LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="inlineStr">
+        <is>
+          <t>11114</t>
+        </is>
+      </c>
+      <c r="B77" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR VALTRA BT 210 4X4; ANO 2014; (MOTOR C/DEFEITO/FUNDIDO) - FR 1338/103644 - LOC. VISTA ALEGRE DO ALTO/S</t>
+        </is>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="inlineStr">
+        <is>
+          <t>11115</t>
+        </is>
+      </c>
+      <c r="B78" s="4" t="inlineStr">
+        <is>
+          <t> TRATOR VALTRA BT 210 4X4; ANO 2012. - FR1072. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="inlineStr">
+        <is>
+          <t>11116</t>
+        </is>
+      </c>
+      <c r="B79" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR NEW HOLLAND TM 165; ANO 2006. - FR648/PT8177. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="inlineStr">
+        <is>
+          <t>11117</t>
+        </is>
+      </c>
+      <c r="B80" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR VALTRA BT 210 4X4: ANO 2012. - FR1109. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="inlineStr">
+        <is>
+          <t>11118</t>
+        </is>
+      </c>
+      <c r="B81" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR VALTRA BT 210 4X4: ANO 2014. - FR1335. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="inlineStr">
+        <is>
+          <t>11119</t>
+        </is>
+      </c>
+      <c r="B82" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR NEW HOLLAND TM 165; ANO 2006; (MOTOR C/DEFEITO/FUNDIDO). - FR653. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="inlineStr">
+        <is>
+          <t>11120</t>
+        </is>
+      </c>
+      <c r="B83" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR NEW HOLLAND TM 165; ANO 2006; (MOTOR C/DEFEITO/ FUNDIDO). -  FR658. -  LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="inlineStr">
+        <is>
+          <t>11121</t>
+        </is>
+      </c>
+      <c r="B84" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR NEW HOLLAND TM 135; ANO 2004. - FR36. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="inlineStr">
+        <is>
+          <t>11122</t>
+        </is>
+      </c>
+      <c r="B85" s="4" t="inlineStr">
+        <is>
+          <t> TRATOR NEW HOLLAND TM 165; ANO 2006. - FR657. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="inlineStr">
+        <is>
+          <t>11123</t>
+        </is>
+      </c>
+      <c r="B86" s="4" t="inlineStr">
+        <is>
+          <t> TRATOR NEW HOLLAND TM 165; ANO 2006; (MOTOR C/ DEFEITO/ FUNDIDO). -  FR661. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="inlineStr">
+        <is>
+          <t>11124</t>
+        </is>
+      </c>
+      <c r="B87" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR NEW HOLLAND TM 165; ANO 2004. - FR49. - (MOTOR C/DEFEITO/ FUNDIDO) - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="inlineStr">
+        <is>
+          <t>11125</t>
+        </is>
+      </c>
+      <c r="B88" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR NEW HOLLAND TM 165; ANO 2006. - FR660/PT101953. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="inlineStr">
+        <is>
+          <t>11126</t>
+        </is>
+      </c>
+      <c r="B89" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR NEW HOLLAND T8.295; ANO 2013. - FR1257. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>62.500,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="inlineStr">
+        <is>
+          <t>11127</t>
+        </is>
+      </c>
+      <c r="B90" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR NEW HOLLAND TM 135; ANO 2004. - FR39/PT550029. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="inlineStr">
+        <is>
+          <t>11128</t>
+        </is>
+      </c>
+      <c r="B91" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR NEW HOLLAND TL 75 E; ANO 2008; (MOTOR C/ DEFEITO/FUNDIDO). -  FR735/PT102308. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="inlineStr">
+        <is>
+          <t>11129</t>
+        </is>
+      </c>
+      <c r="B92" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO VOLVO/FM12 420 6X4T; ANO 2006/2006; BRANCA. - FR436. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="inlineStr">
+        <is>
+          <t>11130</t>
+        </is>
+      </c>
+      <c r="B93" s="4" t="inlineStr">
+        <is>
+          <t>MICRO ÔNIBUS M.BENZ/MPOLO SENIOR ON; ANO 2012/2013; BRANCA. - FR1596/PT104628. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="inlineStr">
+        <is>
+          <t>11131</t>
+        </is>
+      </c>
+      <c r="B94" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO VOLVO FM12 420 6X4T; ANO 2006/2006; BRANCA. - FR435. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="inlineStr">
+        <is>
+          <t>11132</t>
+        </is>
+      </c>
+      <c r="B95" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR NEW HOLLAND TM 7040 - CCT; ANO 2010; ( MOTOR C/DEFEITO/ FUNDIDO). -  FR856/PT102605. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="inlineStr">
+        <is>
+          <t>11133</t>
+        </is>
+      </c>
+      <c r="B96" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR VALTRA 1580; ANO 2001. - FR598/5330/5450/PT6449. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="inlineStr">
+        <is>
+          <t>11134</t>
+        </is>
+      </c>
+      <c r="B97" s="4" t="inlineStr">
+        <is>
+          <t> PULVERIZADOR VALTRA BS3330H; ANO 2019; ( S/CAMBIO). - FR1551/PT104303. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="inlineStr">
+        <is>
+          <t>11135</t>
+        </is>
+      </c>
+      <c r="B98" s="4" t="inlineStr">
+        <is>
+          <t>ÔNIBUS M.BENZ/MPOLO VIALE U; ANO 2002/2002; PRATA; (SEM MOTOR E S/CÂMBIO); FR1039/PT.102868. - LOC. VISTA ALEGRE ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="inlineStr">
+        <is>
+          <t>11136</t>
+        </is>
+      </c>
+      <c r="B99" s="4" t="inlineStr">
+        <is>
+          <t>ÔNIBUS M.BENZ OF 1318; ANO 1993/1994; BRANCA. - FR626/PT6320. - LOC. VISTA ALEGRE DO ALTO/SP </t>
+        </is>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="inlineStr">
+        <is>
+          <t>11137</t>
+        </is>
+      </c>
+      <c r="B100" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR NEW HOLLAND TM 7040 - CCT; ANO 2011. - FR1022/5494/PT102908. -  LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="inlineStr">
+        <is>
+          <t>11138</t>
+        </is>
+      </c>
+      <c r="B101" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR NEW HOLLAND TM 165; ANO 2006. - FR652/PT8181. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="inlineStr">
+        <is>
+          <t>11139</t>
+        </is>
+      </c>
+      <c r="B102" s="4" t="inlineStr">
+        <is>
+          <t> GUINDASTE GROVE; ANO 1975. - FR230. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="inlineStr">
+        <is>
+          <t>11140</t>
+        </is>
+      </c>
+      <c r="B103" s="4" t="inlineStr">
+        <is>
+          <t>PULVERIZADOR PARRUDA MA3027-H; ANO 2013; (S/CAMBIO). - FR1281/PT103540. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="inlineStr">
+        <is>
+          <t>11141</t>
+        </is>
+      </c>
+      <c r="B104" s="4" t="inlineStr">
+        <is>
+          <t>MICRO ÔNIBUS M.BENZ/MPOLO SENIOR ON; ANO 2012/2013; BRANCA. - FR1603/PT104634. - LOC.VISTA ALEGRE DO ALTO/SP</t>
+        </is>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="inlineStr">
+        <is>
           <t>11142</t>
         </is>
       </c>
-      <c r="B70" s="4" t="inlineStr">
+      <c r="B105" s="4" t="inlineStr">
         <is>
           <t> HONDA/NXR 160 BROS; ANO 2018/2018; BRANCA. - FR1515. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
-      <c r="C70" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="F70" s="4" t="inlineStr">
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="inlineStr">
+        <is>
+          <t>11146</t>
+        </is>
+      </c>
+      <c r="B106" s="4" t="inlineStr">
+        <is>
+          <t> PLANTADEIRA CEREAIS; ANO 2009. - FR5376/PT102464. - LOC. APORÉ/GO</t>
+        </is>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="inlineStr">
+        <is>
+          <t>11147</t>
+        </is>
+      </c>
+      <c r="B107" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO M.BENZ/ L 2213; ANO 1981/1981; BRANCA. - FR488/PT102692. - LOC. APORÉ/GO</t>
+        </is>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="inlineStr">
+        <is>
+          <t>11148</t>
+        </is>
+      </c>
+      <c r="B108" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO M.BENZ/ L 1113; ANO 1974/1974; BRANCA. - FR97/PT6047. - LOC. APORÉ/GO</t>
+        </is>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="inlineStr">
+        <is>
+          <t>11149</t>
+        </is>
+      </c>
+      <c r="B109" s="4" t="inlineStr">
+        <is>
+          <t> ÔNIBUS M.BENZ / MPOLO SEN MIDI ON; ANO 2010/2011. - FR1369/PT103755. - LOC. APORÉ/GO</t>
+        </is>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="inlineStr">
+        <is>
+          <t>11150</t>
+        </is>
+      </c>
+      <c r="B110" s="4" t="inlineStr">
+        <is>
+          <t> ÔNIBUS M.BENZ / MPOLO SEN MIDI ON; ANO 2010/2011. - FR1376/PT103762. - LOC. APORÉ/GO</t>
+        </is>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>