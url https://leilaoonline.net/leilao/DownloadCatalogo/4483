--- v0 (2026-02-27)
+++ v1 (2026-03-24)
@@ -281,189 +281,189 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>ESCAVADEIRA MARCA CATERPILLAR; MODELO 230D2L; COR AMARELA - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>70.000,00</t>
+          <t>75.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! ESCAVADEIRA MARCA CATERPILLAR; MODELO 320D; COR AMARELA - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! ESCAVADEIRA MARCA KOMATSU; MODELO PC 200; COR AMARELA - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>9</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>70.000,00</t>
+          <t>90.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! PÁ CARREGADEIRA MARCA MICHIGAN; MODELO 55C; ANO 1987; COR AMARELA - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>12</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>87.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>CHEVROLET/MONTANA LS; ANO 2014/2015; COR BRANCA; COMB. ALCO./GASOL. - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>13</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>20.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 