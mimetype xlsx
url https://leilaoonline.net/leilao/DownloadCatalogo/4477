--- v0 (2026-02-26)
+++ v1 (2026-03-24)
@@ -142,51 +142,51 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F76"/>
+  <dimension ref="A1:F89"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
@@ -281,2144 +281,2560 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> Lote com: Aprox. 70 peças de fechaduras antigas la fonte e yale </t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
-          <t> Motocicleta Ducati Diavel 1200 - 2013 - 50.000km</t>
+          <t> Motocicleta Ducati Diavel 1200 - 2013 - 55.000km</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>127</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> Lote de motores compressor</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> Lote de royce conect - Aproximadamente 259 peças - Ar condicionado - Polias - Embreagem - Reparos </t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>276</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>Lote com: Aproximadamente 112 peças de material Cutler Hammer</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>308</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> Lote com: Aprox. 2695 peças - conectores, blocos, boninas, relés</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>309</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> Lote com: 12 peças de tiristor westcode 6sy7010-0aa47-0226 e 03 peças de tiristor bupec  dd 241s-14k</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>311</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t> Lote com: 22 peças de relé de proteção altronic modelo RCA -05-mm-110</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>313</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t> Lote com: 10 peças de transformador de corrente</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>314</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> Lote com: Aproximadamente 25 peças de conector Phoenix contact modelo subcon-plus-profib/sc2</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>315</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t> Lote com: 10 peças de indicador fildbs Sense ba414df-f </t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>316</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> Lote de inversor, medidor, módulo, atuador </t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>317</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t> Lote com: 12 peças de celefator tasco 110 volts 25 watts  modelo 70025 e 08 peças de celefator tasco 110 volts  100 watts modelo 70100</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>318</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t> Lote de transmissor e chaves </t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>319</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t> Lote com: Aproximadamente 59 pé as de conector Borne RoHS modelo UF 2085NE 600 volts 75 amperes </t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>322</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> Lote com: Aproximadamente 80 peças entre bobinas, Sinalizador, Blocos alumínio, Bornes</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>324</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t> Lote com: 02 peças de exaustor Siemens</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>325</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t> Lote com: Aproximadamente 295 peças Bosch</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>326</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t> Aproximadamente 150 peças de fusíveis - Siemens, Weg, Etc.</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>327</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t>Cabo comando Esab para máquina de solda </t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>330</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t> Lote de parafusos Inox , chumbadores</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>332</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t> Lote de sensores </t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>333</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> Lote com: 75 peças de placa laminada 8x80x100 hgw 2372-4 - 55 peças de placa laminada 20x70x80 hgw 2372-4</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>335</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> Lote com: 07 peças de transmissor nivetec GF - 02 fonte - 01 sirene </t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>337</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t>Lote de Lâmpadas, tomadas e plug - Aprox. 460 peças</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>341</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t> Lote de material parafusos,porca,arruelas,rebites,lixas e outros </t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>342</t>
+          <t>344</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
-          <t> Lote de inversor e soft-starter</t>
+          <t> Aproximadamente 13 motores potência diversas</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>344</t>
+          <t>346</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
-          <t> Aproximadamente 13 motores potência diversas</t>
+          <t> Lote arame solda ,eletrodos,bicos</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>346</t>
+          <t>347</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
-          <t> Lote arame solda ,eletrodos,bicos</t>
+          <t> Lote de material cabo, mandril,carvão </t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>347</t>
+          <t>349</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
-          <t> Lote de material cabo, mandril,carvão </t>
+          <t> Aproximadamente 73 peças de limas diversas </t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>348</t>
+          <t>351</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
-          <t> Bomba injetora recondicionada Scania D- 124</t>
+          <t> Lote com: 01 filtro hydac rrm mm 300 btf10p2-0 e 01 filtro Parker frt 0500-010fv20f</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>349</t>
+          <t>353</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t> Aproximadamente 73 peças de limas diversas </t>
+          <t> Lote de material diversos </t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>354</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
-          <t> Lote inversores</t>
+          <t> Lote de ferramentas diversas </t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>900,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>351</t>
+          <t>355</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 01 filtro hydac rrm mm 300 btf10p2-0 e 01 filtro Parker frt 0500-010fv20f</t>
+          <t> Lote com: 03 cilindros recolhedor de gás refrigerante capacidade de 13.5 kilos  e 01 cilindro sem especificação</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>800,00</t>
+          <t>900,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>353</t>
+          <t>356</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
-          <t> Lote de material diversos </t>
+          <t> Aproximadamente 1100 peças de graxeira diversas </t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>354</t>
+          <t>357</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t> Lote de ferramentas diversas </t>
+          <t> Peça seletor de marchas Kalmar modelo 425817-8351</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>355</t>
+          <t>360</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 03 cilindros recolhedor de gás refrigerante capacidade de 13.5 kilos  e 01 cilindro sem especificação</t>
+          <t> Lote Endress Hauser consistec</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>356</t>
+          <t>362</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
-          <t> Aproximadamente 1100 peças de graxeira diversas </t>
+          <t>Lote com: 02 bases magnéticas Mitutoyo modelo 181-946</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>300,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>357</t>
+          <t>363</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
-          <t> Peça seletor de marchas Kalmar modelo 425817-8351</t>
+          <t>Lote com: 09 Kg de pastilhas secadoras Metalplan</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>366</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t> Lote Endress Hauser consistec</t>
+          <t>Lote com: 11 peças de fusíveis Siemens 3na7-22</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>361</t>
+          <t>367</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
-          <t>Aproximadamente 62 peças de brocas - várias medidas</t>
+          <t>Lote com: 28 peças de faca rotativa redonda açokorte op 80.216 Código 3000990</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>1.400,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>362</t>
+          <t>368</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
-          <t>Lote com: 02 bases magnéticas Mitutoyo modelo 181-946</t>
+          <t>Lote de peças de reposição de trator - case jonh deere</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>1.900,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>363</t>
+          <t>369</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
-          <t>Lote com: 09 Kg de pastilhas secadoras Metalplan</t>
+          <t> Lote com: 02 peças de mancal radial Axial para gerador abb 5000 - Sem uso </t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>366</t>
+          <t>370</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
-          <t>Lote com: 11 peças de fusíveis Siemens 3na7-22</t>
+          <t> Lote com: 15 peças de filtro secador Stauff modelo BSP 1A30HB00</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
-          <t>300,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>367</t>
+          <t>371</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
-          <t>Lote com: 28 peças de faca rotativa redonda açokorte op 80.216 Código 3000990</t>
+          <t> Lote com: Aproximadamente 100 peças de rebolos abrasivos de 10 polegadas marca Norton e icder</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>368</t>
+          <t>373</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
-          <t>Lote de peças de reposição de trator - case jonh deere</t>
+          <t> Lote com: 02 bomba centrífuga THL-13 trifásica IP21/IR3</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
-          <t>1.900,00</t>
+          <t>1.100,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>369</t>
+          <t>374</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 02 peças de mancal radial Axial para gerador abb 5000 - Sem uso </t>
+          <t> Lote com:  Aproximadamente 600 porcas sextavado 7/8 - 10 flange aço inox 304 150LBS 4 polegadas e 02 flange aço inox 304 150LBS 3 polegadas </t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>370</t>
+          <t>375</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 15 peças de filtro secador Stauff modelo BSP 1A30HB00</t>
+          <t> Lote com peças Caterpillar </t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>371</t>
+          <t>376</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
-          <t> Lote com: Aproximadamente 100 peças de rebolos abrasivos de 10 polegadas marca Norton e icder</t>
+          <t> Lote com: 01 bomba de pistão variável casappa 48 litros  número 65090095 - 02 válvula direcional hidráulica Parker modelo D3W20BNJP5 e 01 comando hidráulico de controle duplo</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>373</t>
+          <t>377</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 02 bomba centrífuga THL-13 trifásica IP21/IR3</t>
+          <t> Peça de bloco manifold rexroth R 979054591-HF</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>374</t>
+          <t>378</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
-          <t> Lote com:  Aproximadamente 600 porcas sextavado 7/8 - 10 flange aço inox 304 150LBS 4 polegadas e 02 flange aço inox 304 150LBS 3 polegadas </t>
+          <t> Lote com: 02 Peças de rolamentos SKF 32315</t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>375</t>
+          <t>379</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
-          <t> Lote com peças Caterpillar </t>
+          <t> Lote com: 30 peças de anel de vedação aço inox 316 wika </t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>376</t>
+          <t>380</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 01 bomba de pistão variável casappa 48 litros  número 65090095 - 02 válvula direcional hidráulica Parker modelo D3W20BNJP5 e 01 comando hidráulico de controle duplo</t>
+          <t> Lote Conalt</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>377</t>
+          <t>381</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
-          <t> Peça de bloco manifold rexroth R 979054591-HF</t>
+          <t> Lote de peças John Deere</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>900,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>378</t>
+          <t>382</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 02 Peças de rolamentos SKF 32315</t>
+          <t> Lote de máquinas elétricas - sucata </t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
-          <t>300,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>379</t>
+          <t>383</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 30 peças de anel de vedação aço inox 316 wika </t>
+          <t> Lote com: 05 peças de micro pistola robotec eutectic automático 600</t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>380</t>
+          <t>384</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
-          <t> Lote Conalt</t>
+          <t> Lote de automação</t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>381</t>
+          <t>385</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
-          <t> Lote de peças John Deere</t>
+          <t> Lote com: 02 kit reparo bomba tandem danfoss número 4510018MP46 PT</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>382</t>
+          <t>386</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
-          <t> Lote de máquinas elétricas - sucata </t>
+          <t> Lote com: Aproximadamente 120 peças de serras circulares várias medidas marca Saturno</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>383</t>
+          <t>387</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 05 peças de micro pistola robotec eutectic automático 600</t>
+          <t> Lote com: 02 peças virabrequim 830.0778 - 01 pistão </t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>384</t>
+          <t>388</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
-          <t> Lote de automação</t>
+          <t>Maleta para reparos em ar condicionado </t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>385</t>
+          <t>389</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 02 kit reparo bomba tandem danfoss número 4510018MP46 PT</t>
+          <t>Lote de tacômetros, manômetros e indicadores</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>1.200,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>386</t>
+          <t>390</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
-          <t> Lote com: Aproximadamente 120 peças de serras circulares várias medidas marca Saturno</t>
+          <t>Lote de inversores e soft-starte</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>8.400,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
-          <t>387</t>
+          <t>391</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 02 peças virabrequim 830.0778 - 01 pistão </t>
+          <t>Lote de embreagens e material Bosch </t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
-          <t>388</t>
+          <t>392</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
-          <t>Maleta para reparos em ar condicionado </t>
+          <t>Lote com: Aproximadamente 78 peças de retentores agrícolas - diversos </t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
-          <t>300,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
-          <t>389</t>
+          <t>393</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
-          <t>Lote de tacômetros, manômetros e indicadores</t>
+          <t>Lote com: Aproximadamente 177 peças de retentores - diversos </t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
-          <t>1.200,00</t>
+          <t>900,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="inlineStr">
+        <is>
+          <t>394</t>
+        </is>
+      </c>
+      <c r="B77" s="4" t="inlineStr">
+        <is>
+          <t>Lote com: Aproximadamente 57 peças de bico e porta bico agrícola</t>
+        </is>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="inlineStr">
+        <is>
+          <t>395</t>
+        </is>
+      </c>
+      <c r="B78" s="4" t="inlineStr">
+        <is>
+          <t>Lote de peças automotivas </t>
+        </is>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="inlineStr">
+        <is>
+          <t>396</t>
+        </is>
+      </c>
+      <c r="B79" s="4" t="inlineStr">
+        <is>
+          <t>Lote de materiais elétricos </t>
+        </is>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="inlineStr">
+        <is>
+          <t>397</t>
+        </is>
+      </c>
+      <c r="B80" s="4" t="inlineStr">
+        <is>
+          <t>Lote com: 01 chave fusível abb OS 630DO3 -  01 chave ABB xlp 3 - 01 soft-starter Weg ssw 03-340/220-440.    340 amperes </t>
+        </is>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="inlineStr">
+        <is>
+          <t>398</t>
+        </is>
+      </c>
+      <c r="B81" s="4" t="inlineStr">
+        <is>
+          <t>Lote com: 04 peças de quadro comando para canteiros de obra com 8 saídas </t>
+        </is>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>5.400,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="inlineStr">
+        <is>
+          <t>399</t>
+        </is>
+      </c>
+      <c r="B82" s="4" t="inlineStr">
+        <is>
+          <t>Lote com: 9 caixas contendo material linha amarela Hyundai </t>
+        </is>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="inlineStr">
+        <is>
+          <t>400</t>
+        </is>
+      </c>
+      <c r="B83" s="4" t="inlineStr">
+        <is>
+          <t>Lote com: Aproximadamente 730 conjuntos de porca e contra porca para esmerilhadeira - sendo 220 peças de contra porca de 7 polegadas </t>
+        </is>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="inlineStr">
+        <is>
+          <t>401</t>
+        </is>
+      </c>
+      <c r="B84" s="4" t="inlineStr">
+        <is>
+          <t>Lote motores de limpador para-brisa agrícola</t>
+        </is>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="inlineStr">
+        <is>
+          <t>402</t>
+        </is>
+      </c>
+      <c r="B85" s="4" t="inlineStr">
+        <is>
+          <t>Lote de válvulas hidráulicas agrícola</t>
+        </is>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="inlineStr">
+        <is>
+          <t>403</t>
+        </is>
+      </c>
+      <c r="B86" s="4" t="inlineStr">
+        <is>
+          <t>Lote com: 3 peças rebobinador de fio</t>
+        </is>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="inlineStr">
+        <is>
+          <t>404</t>
+        </is>
+      </c>
+      <c r="B87" s="4" t="inlineStr">
+        <is>
+          <t>Lote com: Aproximadamente 255 peças de material Elétrico; Siemens - Schneider - Telemecanique  - ABB  - Moeller - Kraus naimer</t>
+        </is>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="inlineStr">
+        <is>
+          <t>405</t>
+        </is>
+      </c>
+      <c r="B88" s="4" t="inlineStr">
+        <is>
+          <t>Trocador de calor Wix. TB.5 1500</t>
+        </is>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="inlineStr">
+        <is>
+          <t>406</t>
+        </is>
+      </c>
+      <c r="B89" s="4" t="inlineStr">
+        <is>
+          <t>Lote de válvulas </t>
+        </is>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>