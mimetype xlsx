--- v0 (2026-02-15)
+++ v1 (2026-03-07)
@@ -142,51 +142,51 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F58"/>
+  <dimension ref="A1:F62"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
@@ -446,1403 +446,1531 @@
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] VARIANTE 1970 cor Bege </t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>17.500,00</t>
+          <t>17.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEOS ] FORD Coupé 1948 (Al Capone)</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>7</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t> SUZUKI GT-550cc Ano 1974 Motor Rd 350. Funcionando</t>
+          <t>01 Carrinho com 04 Vending Machine de Chicletes/ bolinhas cada</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>2.900,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>8</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t>[ VÍDEO ] Lambretta Li. Ano 1966 série Brasil. Sem documento. Funcionando</t>
+          <t> SUZUKI GT-550cc Ano 1974 Motor Rd 350. Funcionando</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>15.500,00</t>
+          <t>2.900,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>9</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
-          <t>[ VÍDEO ] Vespa M3 Ano 1963. Sem documento. Funcionando</t>
+          <t>[ VÍDEO ] Lambretta Li. Ano 1966 série Brasil. Sem documento. Funcionando</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>10</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
-          <t>Fiat 600 ano 1967. Sem documento. Funcionando.</t>
+          <t>[ VÍDEO ] Vespa M3 Ano 1963. Sem documento. Funcionando</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>15.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
-          <t>CICLOMOTOR GARELLI ORIGINAL ANTIGA ANO 1979 PLACA AMARELA, FUNCIONANDO, SEM DOC. RELÍQUIA P/ COLECIONADORES, VEIC. ORNAMENTAL P/ EVENTOS DE ANTIGUIDADES.</t>
+          <t>Fiat 600 ano 1967. Sem documento. Funcionando.</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>6.000,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>12</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t>10 CAPOTAS DE FIBRA para camionetes. Diversos modelos: Hilux, S-10, Ranger, L-200, Amarok, Frontier e outras. Tampa traseira articulada, com trava e amortecedores.</t>
+          <t>CICLOMOTOR GARELLI ORIGINAL ANTIGA ANO 1979 PLACA AMARELA, FUNCIONANDO, SEM DOC. RELÍQUIA P/ COLECIONADORES, VEIC. ORNAMENTAL P/ EVENTOS DE ANTIGUIDADES.</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>850,00</t>
+          <t>6.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>13</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
-          <t>LOTE CONTENDO 100 UNIDADES DE  FERRAMENTAS;  CHAVES; ESTRELA , COMBINADA E FIXA. MARCAS;  GEDORE, CORNETA, TRAMONTINA, ROBUST E OUTRAS, DE  DIVERSAS MEDIDAS. ( ORIGINAIS )</t>
+          <t>01 Carrinho com 04 Vending Machine de Chicletes/ bolinhas cada</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>800,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>14</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t>LOTE CONTENDO 100 UNIDADES DE MARTELOS BOLA CABOS DE MADEIRA, DIVERSOS TAMANHOS.</t>
+          <t>10 CAPOTAS DE FIBRA para camionetes. Diversos modelos: Hilux, S-10, Ranger, L-200, Amarok, Frontier e outras. Tampa traseira articulada, com trava e amortecedores.</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>800,00</t>
+          <t>850,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>16</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t>LOTE CONTENDO 100 UNIDADES DE MARTELOS BOLA CABOS DE MADEIRA, DIVERSOS TAMANHOS.</t>
+          <t>LOTE CONTENDO 100 UNIDADES DE  FERRAMENTAS;  CHAVES; ESTRELA , COMBINADA E FIXA. MARCAS;  GEDORE, CORNETA, TRAMONTINA, ROBUST E OUTRAS, DE  DIVERSAS MEDIDAS. ( ORIGINAIS )</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>17</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
-          <t>LOTE CONTENDO 100 UNIDADES DE MARRETAS CABOS DE MADEIRA DE 01 E 02 QUILOS.</t>
+          <t>LOTE CONTENDO 100 UNIDADES DE MARTELOS BOLA CABOS DE MADEIRA, DIVERSOS TAMANHOS.</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>20</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t> LOTE CONTENDO 30 UNIDADES DE PLACAS DE FILTRO PARA MÁSCARAS DE SOLDA CONFORME FOTOS. (PRODUTO SEM USO, LACRADO).</t>
+          <t>LOTE CONTENDO 100 UNIDADES DE MARTELOS BOLA CABOS DE MADEIRA, DIVERSOS TAMANHOS.</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>21</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t>LOTE CONTENDO 100 UNIDADES DE MARTELOS BOLA CABOS DE MADEIRA, DIVERSOS TAMANHOS.</t>
+          <t>LOTE CONTENDO 100 UNIDADES DE MARRETAS CABOS DE MADEIRA DE 01 E 02 QUILOS.</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>22</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
-          <t> LOTE C/ 100 UNIDADE DE CALCULADORAS DIGITAL DE DIVERSAS MARCAS E MODELOS, CONFORME FOTOS.</t>
+          <t>01 Carrinho com 04 Vending Machine de Chicletes/ bolinhas cada</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>23</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
-          <t> LOTE CONTENTE 35 UNIDADES GALÕES DE ÁLCOOL GEL 70°.SENDO 05 LITROS CADA GALÃO, TOTAL DE 175 LITROS E 04 FRASCOS DE 440G CADA FRAGRÂNCIA ALOE- VERA, CONFORME FOTOS.</t>
+          <t> LOTE CONTENDO 30 UNIDADES DE PLACAS DE FILTRO PARA MÁSCARAS DE SOLDA CONFORME FOTOS. (PRODUTO SEM USO, LACRADO).</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>37</t>
+          <t>25</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
-          <t> LOTE C/ APROX. 50 UNIDADES DE ESTUFAS PORTÁTIL P/ ELETRODO CARBOGRAFITE / REVESTIDO</t>
+          <t>LOTE CONTENDO 100 UNIDADES DE MARTELOS BOLA CABOS DE MADEIRA, DIVERSOS TAMANHOS.</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
-          <t>450,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>38</t>
+          <t>34</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
-          <t> 02- CAIXAS C/ DIVERSOS  BRINQUEDOS, E PARTES SEM TESTE DE FUNCIONAMENTO P/ REPAROS, CONFORME FOTOS. (F-27)e(F-28).</t>
+          <t> LOTE C/ 100 UNIDADE DE CALCULADORAS DIGITAL DE DIVERSAS MARCAS E MODELOS, CONFORME FOTOS.</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>39</t>
+          <t>36</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
-          <t>LOTE CONTENDO 100 UNIDADES DE  FERRAMENTAS;  CHAVES; ESTRELA , COMBINADA E FIXA. MARCAS;  GEDORE, CORNETA, TRAMONTINA, ROBUST E OUTRAS, DE  DIVERSAS MEDIDAS. ( ORIGINAIS )</t>
+          <t> LOTE CONTENTE 35 UNIDADES GALÕES DE ÁLCOOL GEL 70°.SENDO 05 LITROS CADA GALÃO, TOTAL DE 175 LITROS E 04 FRASCOS DE 440G CADA FRAGRÂNCIA ALOE- VERA, CONFORME FOTOS.</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>800,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>37</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t> Lote  Contendo 50 unidades de Cintos de Luxo, (Couro/Corino) diversos tamanhos ,cores e modelos, conforme fotos. (F-25)</t>
+          <t> LOTE C/ APROX. 50 UNIDADES DE ESTUFAS PORTÁTIL P/ ELETRODO CARBOGRAFITE / REVESTIDO</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>450,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>41</t>
+          <t>38</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t> Lote  Contendo 50 unidades de Cintos de Luxo, (Couro/Corino) diversos tamanhos ,cores e modelos, conforme fotos. (F-26)</t>
+          <t> 02- CAIXAS C/ DIVERSOS  BRINQUEDOS, E PARTES SEM TESTE DE FUNCIONAMENTO P/ REPAROS, CONFORME FOTOS. (F-27)e(F-28).</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>39</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
-          <t> LOTE C/ APROX. 50 UNIDADES DE ESTUFAS PORTÁTIL P/ ELETRODO CARBOGRAFITE / REVESTIDO</t>
+          <t>LOTE CONTENDO 100 UNIDADES DE  FERRAMENTAS;  CHAVES; ESTRELA , COMBINADA E FIXA. MARCAS;  GEDORE, CORNETA, TRAMONTINA, ROBUST E OUTRAS, DE  DIVERSAS MEDIDAS. ( ORIGINAIS )</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>450,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>44</t>
+          <t>40</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
-          <t> Lote  Contendo 60 Unidades de Braceletes de metal Dourado, conforme fotos.( C-05)</t>
+          <t> Lote  Contendo 50 unidades de Cintos de Luxo, (Couro/Corino) diversos tamanhos ,cores e modelos, conforme fotos. (F-25)</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>150,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>45</t>
+          <t>41</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
-          <t>[ VÍDEO ] LOTE CONTENDO APROX. 200 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.</t>
+          <t> Lote  Contendo 50 unidades de Cintos de Luxo, (Couro/Corino) diversos tamanhos ,cores e modelos, conforme fotos. (F-26)</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>51</t>
+          <t>42</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
-          <t> Lote  Contendo Diversos Brinquedos e partes, conforme fotos. ( C-10)</t>
+          <t> LOTE C/ APROX. 50 UNIDADES DE ESTUFAS PORTÁTIL P/ ELETRODO CARBOGRAFITE / REVESTIDO</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>150,00</t>
+          <t>450,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>52</t>
+          <t>44</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
-          <t>LOTE CONTENDO 100 UNIDADES DE MARTELOS BOLA CABOS DE MADEIRA, DIVERSOS TAMANHOS.</t>
+          <t> Lote  Contendo 60 Unidades de Braceletes de metal Dourado, conforme fotos.( C-05)</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>800,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>67</t>
+          <t>45</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t> LOTE CONTENDO FERRAMENTAS, SENDO 32 UNIDADES DE ARCOS DE SERRINHAS DE MÃO, DIVERSAS MARCAS E MODELOS.(F-03)</t>
+          <t>[ VÍDEO ] LOTE CONTENDO APROX. 200 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>127</t>
+          <t>51</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
-          <t> LOTE CONTENDO 180  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.</t>
+          <t> Lote  Contendo Diversos Brinquedos e partes, conforme fotos. ( C-10)</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>302</t>
+          <t>52</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
-          <t>[ VÍDEOS ] PRATELEIRA / EXPOSITORA C/ BARRIL DISTRIBUIDOS EM 04 MÓDULOS FRONTAIS</t>
+          <t>LOTE CONTENDO 100 UNIDADES DE MARTELOS BOLA CABOS DE MADEIRA, DIVERSOS TAMANHOS.</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>4.500,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>304</t>
+          <t>67</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
-          <t>250 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).</t>
+          <t> LOTE CONTENDO FERRAMENTAS, SENDO 32 UNIDADES DE ARCOS DE SERRINHAS DE MÃO, DIVERSAS MARCAS E MODELOS.(F-03)</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>305</t>
+          <t>127</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t> LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.</t>
+          <t> LOTE CONTENDO 180  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>306</t>
+          <t>302</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t> LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.</t>
+          <t>[ VÍDEOS ] PRATELEIRA / EXPOSITORA C/ BARRIL DISTRIBUIDOS EM 04 MÓDULOS FRONTAIS</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>4.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>308</t>
+          <t>304</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
-          <t> LOTE CONTENDO 100 UNIDADES DE FRASCO DE COQUETEL DE VODKA DIVERSOS SABORES; LIMÃO, PÊSSEGO, MARACUJÁ, MENTA, MORANGO , CANELINHA</t>
+          <t>250 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>309</t>
+          <t>305</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
-          <t>250 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).</t>
+          <t> LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>306</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t>250 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).</t>
+          <t> LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>313</t>
+          <t>308</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
-          <t> LOTE C/ 30 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).</t>
+          <t> LOTE CONTENDO 100 UNIDADES DE FRASCO DE COQUETEL DE VODKA DIVERSOS SABORES; LIMÃO, PÊSSEGO, MARACUJÁ, MENTA, MORANGO , CANELINHA</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>150,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>316</t>
+          <t>309</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
-          <t>[ VÍDEO ] LOTE CONTENDO APROX. 200 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.</t>
+          <t>250 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>318</t>
+          <t>310</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
-          <t> Lote  Contendo 60 Unidades de Braceletes de metal Dourado, conforme fotos.( C-05)</t>
+          <t>250 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>150,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>320</t>
+          <t>313</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
-          <t> LOTE CONTENDO 180  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.</t>
+          <t> LOTE C/ 30 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>321</t>
+          <t>316</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] LOTE CONTENDO APROX. 200 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>324</t>
+          <t>318</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
-          <t> Lote  Contendo 110 Itens, sendo;  Braceletes, Presilhas de de cabelo (metal) e Tiras de cabelos. conforme fotos.( C-06)</t>
+          <t> Lote  Contendo 60 Unidades de Braceletes de metal Dourado, conforme fotos.( C-05)</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>327</t>
+          <t>320</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
-          <t>[ VÍDEO ] LOTE CONTENDO APROX. 200 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.</t>
+          <t> LOTE CONTENDO 180  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
+          <t>321</t>
+        </is>
+      </c>
+      <c r="B58" s="4" t="inlineStr">
+        <is>
+          <t>[ VÍDEO ] LOTE CONTENDO APROX. 200 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.</t>
+        </is>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="inlineStr">
+        <is>
+          <t>324</t>
+        </is>
+      </c>
+      <c r="B59" s="4" t="inlineStr">
+        <is>
+          <t> Lote  Contendo 110 Itens, sendo;  Braceletes, Presilhas de de cabelo (metal) e Tiras de cabelos. conforme fotos.( C-06)</t>
+        </is>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="inlineStr">
+        <is>
+          <t>327</t>
+        </is>
+      </c>
+      <c r="B60" s="4" t="inlineStr">
+        <is>
+          <t>[ VÍDEO ] LOTE CONTENDO APROX. 200 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.</t>
+        </is>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="inlineStr">
+        <is>
           <t>328</t>
         </is>
       </c>
-      <c r="B58" s="4" t="inlineStr">
+      <c r="B61" s="4" t="inlineStr">
         <is>
           <t>10 CAPOTAS DE FIBRA para camionetes. Diversos modelos: Hilux, S-10, Ranger, L-200, Amarok, Frontier e outras. Tampa traseira articulada, com trava e amortecedores.</t>
         </is>
       </c>
-      <c r="C58" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E58" s="5" t="inlineStr">
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
-      <c r="F58" s="4" t="inlineStr">
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="inlineStr">
+        <is>
+          <t>329</t>
+        </is>
+      </c>
+      <c r="B62" s="4" t="inlineStr">
+        <is>
+          <t>01 Carrinho com 04 Vending Machine de chicletes/ bolinhas cada</t>
+        </is>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>