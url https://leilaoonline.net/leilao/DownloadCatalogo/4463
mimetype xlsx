--- v0 (2026-02-14)
+++ v1 (2026-03-06)
@@ -345,51 +345,51 @@
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>1804</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>TRATOR MASSEY FERGUSSON  MOD. MF55X ANO 1969 </t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Lote retirado</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>1805</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">