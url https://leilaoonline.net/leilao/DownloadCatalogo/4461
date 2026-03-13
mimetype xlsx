--- v0 (2026-02-14)
+++ v1 (2026-03-13)
@@ -281,3955 +281,3955 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>601</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>CABINE VOLVO/NL 10 340 ANO 1994</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>705</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>GM/SPIN 1.8L MT LT ANO 2015/2016 - FLEX - DOC. OK - FUNCIONANDO ( AR COND. / DIR. HIDRAU.) </t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>706</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>VW/SAVEIRO 1.6  ANO 2009/2009 - MOTOR AP 1.6  - FLEX - COR BRANCA - DOC.OK - DIREÇÃO HIDR. </t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>18.800,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>708</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>APROX. 412 BICOS INJETORES DIVERSOS MODELOS ( NO ESTADO) </t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>5.800,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>709</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>APROX. 820 PÇS. DE SENSORES DE VARIOS MODELOS ( NO ESTADO)</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>710</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>LOTE COM PEÇAS VARIADAS (APROX. 120 UN.)</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>3.700,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>712</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>LAVADOURA CHIAPERINI - SEM MOTOR</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>780,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>803</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>EMPILHADEIRA YALE  -  CAPACIDADE 2,5 TON. ( SEM MOTOR)- NO ESTADO</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>16.750,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>804</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>ESTEIRA - COMPRIMENTO 11 MTS. C/ 02 MOTOREDUTORES - PISTÃO PARA LEVANTAR </t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>805</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>EMPILHADEIRA HYSTER - GLP -  CAPACIDADE 4 TON. ( MOTOR OPALA 6CC)- SEM BATERIA( funcionando)</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>806</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t>02 UN. - TRANSFORMADORES</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>807</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t>01 UN. ENVASADEIRA</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>809</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t>04 UN. POLITRIZ INDUSTRIAL ( SEM OS PROTETORES DE MADEIRA)</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>810</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t>LOTE DE MATERIAL HOSPITALAR </t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>811</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t>KIT TARRACHAS ( PARA FAZER ROSCA EM TUBOS)</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>813</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> EQUIPAMENTO PROFISSIONAL PARA ACADEMIDA ( ELIPTICO ) MOD.EL470 - MARCA MOVEMENT</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.850,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>814</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t> 02 UN. EXPOSITORES REFRIGERADOS MARCA INGECOLD (01 SEM USO NA CAIXA)</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>5.800,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>816</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t> 04 UN. BOMBAS - 4 bombas de água (2 de 25 / 2 polos com pé, 1 de 25/4 polos com pé E 1 de 15/2 polos sem pé)</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>817</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t>CAIXA DE SOM ( PARA GUITARRA)</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>280,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>818</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t> ESTABELIZADOR PARA CAMINHÃO TRUCK (COMPLETO)</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>6.800,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>820</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t> ESTEIRA EM ALUMINIO - MEDIDA 2,90 X 0,30 MTS.</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>822</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t> MOINHO DE FACAS - BOCA 30 CENTIMETROS</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>6.800,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>823</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> 01 UN - Motor weg , hgf 400 cv 4000 volts</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>824</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t>01 UN. LAVADORA E SECADORA  INDUSTRIAL - OPTIDRY(Alt 1.90x1.33 larg cesto inox 1.05 profundidade.por 1.30 diâmetro.obs faltou peças )</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>825</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t>02 UN. EQUIPAMENTOS PARA RESTAURANTE ( GELOPAR)</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.850,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>826</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t>01  UN. ASPIRADOR INDUSTRIAL </t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>827</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t>01 UN PRENSA MECÂNICA</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>828</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
           <t>01 UN. BALANÇA  TOLEDO ( EM INOX) CAPAC. 500KG</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>829</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
           <t>BAÚ/ CARRETINHA DE TRANSPORTE ( SEM DOCUMENTO) (Medida 2.60x1.50) -  ( BAÚ SEM TETO) (roda que esta nela não vai)</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>830</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
           <t>PAINEL DE INJETORA</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>680,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>831</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t>MOTOR WEG 3CV</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>920,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>832</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
           <t>MOTOR WEG ACOPLADO COM BOMBA ÓLEO 15CV ABAIXA ROTAÇÃO</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>833</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
           <t>02 un. - GANCHO CAPAC.APROX. 10 TON</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>480,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>834</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
           <t> 02 ESTEIRAS TRANSPORTADORA COM MOTOR E REDUTOR ( 8 METRO CADA)</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>835</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t>06 TACHO/ 04 BATEDORES E 04 MOTOREDUTORES</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>836</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t>02 CAÇAMBAS DE L200</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>838</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t>01 TIFOR 3.2 TON.</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>840</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
           <t>01 UN. TKA PARA GERADOR 500 AMPERES </t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>841</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
           <t>01 UN. MOINHO MARTELO COM MOTOR DE 30 CV </t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>842</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
           <t>MOINHO COM MOTOR 20CV COM REDUTOR BOCA 600MM</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>843</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
           <t>JATO DE AREIA - NORTOF </t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>6.200,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>844</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
           <t>01 MOTOR WEG COM REDUTOR COM FREIO </t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>845</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
           <t>01 MOTOR ARNO </t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <t>846</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
           <t>01 UN. BOMBA OLEO</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <t>847</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
           <t>CELADORA </t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <t>848</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
           <t>COMPRESSOR</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
           <t>849</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
           <t>CÂMBIO PARA CARRO ANTIGO</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>320,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
           <t>1001</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
           <t>02 UN. VIRA TAMBOR PNEMÁTICO COM PISTÃO  E UNIDADE HIDRÁULICA FRENTE INOX</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
           <t>1002</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
           <t>03 UN. BOMBAS COM MOTOR 30 CV</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
           <t>1003</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
           <t>4 un. - motores potência- 2 de 1.5 cv 1710 rpm,  2 dois de 1/3 cv 1720 rpm  e  1 redutor</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
           <t>1005</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
           <t>PAINEL PNEUMÁTICO</t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
           <t>1006</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
           <t> 01 MOTOREDUTOR COM MOTOR WEG 3CV</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>1.550,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
           <t>1008</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
           <t> 01 BOMBA PARA ÓLEO MOTOR 3CV</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
           <t>1009</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
           <t>2 bombas para abastecimento de óleo</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
           <t>1011</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
           <t>1 redutor</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
           <t>1012</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
           <t>Análise de sulfa em leite.equipamento para laboratório.</t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
           <t>1013</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
           <t>1 VALVULA DE CONTROLE</t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
           <t>1014</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
           <t> 2 un. pedestal foco de luz </t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
           <t>1015</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
           <t>20 VÁVULAS DE CONTROLE SM-50 PLUS/04 REGULADORES ARGOMETRO/05 CANETAS PARA SOLDAR ( LÃTÃO)</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
-          <t>1.350,00</t>
+          <t>1.400,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
           <t>1016</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
           <t>CAPOTA PARA S*10 </t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
           <t>1017</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
           <t> 2 un.alimentador para injetora largura 57cm x 67 altura.</t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
           <t>1018</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
           <t> 1 un. alimentador com filtro inox 96x30 cm </t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
           <t>1019</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
           <t> 1 un. alimentador inox com rosca interna 87x30 cm boca </t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
           <t>1022</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
           <t>COMPRESSOR RADIAL </t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
           <t>1028</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
           <t>MOINHO DE FACAS  - ALT. 1,70 MTS X 30 CTMS DE BOCA</t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
           <t>1032</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
           <t>01 REDUTOR </t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
           <t>1035</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
           <t>01 UN. UNIDADE HIDRÁULICA COM MOTOR </t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
           <t>1037</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
           <t>01 UN. UNIDADE HIDRÁULICA</t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
           <t>1038</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
           <t>01 UN. BATEDEIRA INDUSTRIAL HOBART</t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
           <t>1043</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
           <t>CALIBRADOR DECÉLULA DE CARGA OARA 250 KGS</t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
           <t>1046</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
           <t>FURADEIRA INVICTA</t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
           <t>1049</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
           <t>Máquina  de escrever  Hermes baby (raridade ) e 02 un. radio comunicador marca cobra</t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
           <t>1052</t>
         </is>
       </c>
       <c r="B83" s="4" t="inlineStr">
         <is>
           <t>TAMBOREADOR PARA TIRAR REBARBA DE PEÇAS</t>
         </is>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
       <c r="B84" s="4" t="inlineStr">
         <is>
           <t> BRAÇO ARTICULADO PARA OFICINA (NÃO INCLUI VIGA LATERAL)</t>
         </is>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="B85" s="4" t="inlineStr">
         <is>
           <t>TALHA 2 TON.</t>
         </is>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
       <c r="B86" s="4" t="inlineStr">
         <is>
           <t> 1 ventilador. .</t>
         </is>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
           <t>2027</t>
         </is>
       </c>
       <c r="B87" s="4" t="inlineStr">
         <is>
           <t>1 VENTOINHA</t>
         </is>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
           <t>2028</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
           <t>1 REDUTOR DE GRANDE PORTE PESO. 1.250 KGS APROX.</t>
         </is>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
           <t>2031</t>
         </is>
       </c>
       <c r="B89" s="4" t="inlineStr">
         <is>
           <t>CENTRÍFUGA SEPARADORA  FLOTTWEG  MOD. MW 2000 SSP 122</t>
         </is>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
           <t>2035</t>
         </is>
       </c>
       <c r="B90" s="4" t="inlineStr">
         <is>
           <t> tanque de PVC com pé</t>
         </is>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
           <t>2039</t>
         </is>
       </c>
       <c r="B91" s="4" t="inlineStr">
         <is>
           <t> 01 TROLLER PARA 1100 KGS.</t>
         </is>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
           <t>2040</t>
         </is>
       </c>
       <c r="B92" s="4" t="inlineStr">
         <is>
           <t>1 bomba a vácuo 2 moto redutor</t>
         </is>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
           <t>2045</t>
         </is>
       </c>
       <c r="B93" s="4" t="inlineStr">
         <is>
           <t>COLETOR E SEPARADOR DE ÓLEO</t>
         </is>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
           <t>2049</t>
         </is>
       </c>
       <c r="B94" s="4" t="inlineStr">
         <is>
           <t> 01 BOMBA</t>
         </is>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
           <t>2054</t>
         </is>
       </c>
       <c r="B95" s="4" t="inlineStr">
         <is>
           <t> 01 MOTOR</t>
         </is>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="5" t="inlineStr">
         <is>
           <t>2058</t>
         </is>
       </c>
       <c r="B96" s="4" t="inlineStr">
         <is>
           <t> 01 BOMBA DOSADORA 0,33 CV</t>
         </is>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="5" t="inlineStr">
         <is>
           <t>2059</t>
         </is>
       </c>
       <c r="B97" s="4" t="inlineStr">
         <is>
           <t> APARELHO PARA LABORATÓRIO</t>
         </is>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="5" t="inlineStr">
         <is>
           <t>2062</t>
         </is>
       </c>
       <c r="B98" s="4" t="inlineStr">
         <is>
           <t> 02 PISTÕES PARA DESLOCAMENTO DE MAQUINAS - 1,65 MTS</t>
         </is>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="5" t="inlineStr">
         <is>
           <t>2063</t>
         </is>
       </c>
       <c r="B99" s="4" t="inlineStr">
         <is>
           <t> 03 MOTORES ( SENDO 1 SEM EIXO)</t>
         </is>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="5" t="inlineStr">
         <is>
           <t>2064</t>
         </is>
       </c>
       <c r="B100" s="4" t="inlineStr">
         <is>
           <t> 01 Bomba de alta pressão de pistão - com manual</t>
         </is>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="5" t="inlineStr">
         <is>
           <t>2065</t>
         </is>
       </c>
       <c r="B101" s="4" t="inlineStr">
         <is>
           <t> 1 PAINEL DE MÁQUINA</t>
         </is>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="5" t="inlineStr">
         <is>
           <t>2067</t>
         </is>
       </c>
       <c r="B102" s="4" t="inlineStr">
         <is>
           <t>Moto ventilador</t>
         </is>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="5" t="inlineStr">
         <is>
           <t>2068</t>
         </is>
       </c>
       <c r="B103" s="4" t="inlineStr">
         <is>
           <t> VENTILADOR</t>
         </is>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="5" t="inlineStr">
         <is>
           <t>2069</t>
         </is>
       </c>
       <c r="B104" s="4" t="inlineStr">
         <is>
           <t> UNIDADE HIDRAULICA</t>
         </is>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="5" t="inlineStr">
         <is>
           <t>2072</t>
         </is>
       </c>
       <c r="B105" s="4" t="inlineStr">
         <is>
           <t> UNIDADE HIDRAULICA COM MOTOR 5CV WEG</t>
         </is>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="5" t="inlineStr">
         <is>
           <t>2078</t>
         </is>
       </c>
       <c r="B106" s="4" t="inlineStr">
         <is>
           <t> TROCADOR DE PLACAS PEQUENO</t>
         </is>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="5" t="inlineStr">
         <is>
           <t>2079</t>
         </is>
       </c>
       <c r="B107" s="4" t="inlineStr">
         <is>
           <t> 06 PEÇAS SENDO; 3 MOTOS REDUTORES E 3 MOTORES</t>
         </is>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>75.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="5" t="inlineStr">
         <is>
           <t>2082</t>
         </is>
       </c>
       <c r="B108" s="4" t="inlineStr">
         <is>
           <t> 02 MOTORES WEG</t>
         </is>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="5" t="inlineStr">
         <is>
           <t>2083</t>
         </is>
       </c>
       <c r="B109" s="4" t="inlineStr">
         <is>
           <t>1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV</t>
         </is>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="5" t="inlineStr">
         <is>
           <t>2084</t>
         </is>
       </c>
       <c r="B110" s="4" t="inlineStr">
         <is>
           <t> Carrinho com motor Weg para testes</t>
         </is>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="5" t="inlineStr">
         <is>
           <t>2085</t>
         </is>
       </c>
       <c r="B111" s="4" t="inlineStr">
         <is>
           <t> 02 MOTO REDUTORES</t>
         </is>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="5" t="inlineStr">
         <is>
           <t>2086</t>
         </is>
       </c>
       <c r="B112" s="4" t="inlineStr">
         <is>
           <t> 02 motores Eberle sendo ; 1de 4 cv 1710 rpm e 1 de 1,5 cv 1705rpm</t>
         </is>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="5" t="inlineStr">
         <is>
           <t>2088</t>
         </is>
       </c>
       <c r="B113" s="4" t="inlineStr">
         <is>
           <t> MOTOR COM REDUTOR PARA MAQUINA</t>
         </is>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="5" t="inlineStr">
         <is>
           <t>2090</t>
         </is>
       </c>
       <c r="B114" s="4" t="inlineStr">
         <is>
           <t> BOMBA DE REFRIGERAÇÃO DE MAQUINAS</t>
         </is>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="5" t="inlineStr">
         <is>
           <t>2091</t>
         </is>
       </c>
       <c r="B115" s="4" t="inlineStr">
         <is>
           <t> UNIDADE HIDRAULICA</t>
         </is>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="5" t="inlineStr">
         <is>
           <t>2092</t>
         </is>
       </c>
       <c r="B116" s="4" t="inlineStr">
         <is>
           <t> BOMBA DE REFRIGERAÇÃO DE MAQUINAS</t>
         </is>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="5" t="inlineStr">
         <is>
           <t>2093</t>
         </is>
       </c>
       <c r="B117" s="4" t="inlineStr">
         <is>
           <t> FILTRO MANGA COM MESA ( PARA MARCENARIA)</t>
         </is>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="5" t="inlineStr">
         <is>
           <t>2105</t>
         </is>
       </c>
       <c r="B118" s="4" t="inlineStr">
         <is>
           <t> MISTURADOR COM TANQUE ENCAMISADO POR FORA (FERRO) E POR DENTRO (INOX) - BASCULANTE</t>
         </is>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="5" t="inlineStr">
         <is>
           <t>2108</t>
         </is>
       </c>
       <c r="B119" s="4" t="inlineStr">
         <is>
           <t> MASSEIRA</t>
         </is>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="5" t="inlineStr">
         <is>
           <t>2112</t>
         </is>
       </c>
       <c r="B120" s="4" t="inlineStr">
         <is>
           <t> 02 UN. 2 CHUVEIROS PARA INDUSTRIA QUIMICA ( LAVA OLHOS)</t>
         </is>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="5" t="inlineStr">
         <is>
           <t>2113</t>
         </is>
       </c>
       <c r="B121" s="4" t="inlineStr">
         <is>
           <t> 04 CONJUNTOS DE MOTOR GERADORES</t>
         </is>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="5" t="inlineStr">
         <is>
           <t>2114</t>
         </is>
       </c>
       <c r="B122" s="4" t="inlineStr">
         <is>
           <t> 2 sistemas de exaustão de ventilação.um com motor Weg de 1.5 cv outro sem motor</t>
         </is>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="5" t="inlineStr">
         <is>
           <t>2117</t>
         </is>
       </c>
       <c r="B123" s="4" t="inlineStr">
         <is>
           <t> 1 unidade hidráulica com motor Weg 7.5 cv</t>
         </is>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>2.950,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="5" t="inlineStr">
         <is>
           <t>2120</t>
         </is>
       </c>
       <c r="B124" s="4" t="inlineStr">
         <is>
           <t> 07 auto transformadores variavel</t>
         </is>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="5" t="inlineStr">
         <is>
           <t>2121</t>
         </is>
       </c>
       <c r="B125" s="4" t="inlineStr">
         <is>
           <t> 16 placas em aluminio</t>
         </is>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="5" t="inlineStr">
         <is>
           <t>2122</t>
         </is>
       </c>
       <c r="B126" s="4" t="inlineStr">
         <is>
           <t> Espuladeira para enrolar fios e carreteis</t>
         </is>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="5" t="inlineStr">
         <is>
           <t>2123</t>
         </is>
       </c>
       <c r="B127" s="4" t="inlineStr">
         <is>
           <t> 1 cortador gitatorio,  1 bureta digital para laboratorio,  3 micropipeta para laboratório,  2 aparelhos para laboratorio,  1 psicrômetro e 1 Micro teste</t>
         </is>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="5" t="inlineStr">
         <is>
           <t>2129</t>
         </is>
       </c>
       <c r="B128" s="4" t="inlineStr">
         <is>
           <t> 5 PROTOCOLADORES</t>
         </is>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="5" t="inlineStr">
         <is>
           <t>2131</t>
         </is>
       </c>
       <c r="B129" s="4" t="inlineStr">
         <is>
           <t>1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV</t>
         </is>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="5" t="inlineStr">
         <is>
           <t>2132</t>
         </is>
       </c>
       <c r="B130" s="4" t="inlineStr">
         <is>
           <t>1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV</t>
         </is>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="5" t="inlineStr">
         <is>
           <t>2133</t>
         </is>
       </c>
       <c r="B131" s="4" t="inlineStr">
         <is>
           <t>01 redutor</t>
         </is>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>1.120,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="5" t="inlineStr">
         <is>
           <t>2135</t>
         </is>
       </c>
       <c r="B132" s="4" t="inlineStr">
         <is>
           <t> 1 micro teste para laboratório</t>
         </is>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="5" t="inlineStr">
         <is>
           <t>2136</t>
         </is>
       </c>
       <c r="B133" s="4" t="inlineStr">
         <is>
           <t> porta papel</t>
         </is>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>