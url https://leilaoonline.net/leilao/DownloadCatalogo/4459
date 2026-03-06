--- v0 (2026-02-14)
+++ v1 (2026-03-06)
@@ -95,143 +95,147 @@
   <cellStyleXfs count="20">
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="true" borderId="0" fillId="0" fontId="0" numFmtId="164">
       <alignment horizontal="general" indent="0" shrinkToFit="false" textRotation="0" vertical="bottom" wrapText="false"/>
       <protection hidden="false" locked="true"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="43"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="41"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="44"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="42"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="9"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="6">
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="4" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="5" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
+    <xf applyAlignment="true" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="5" numFmtId="165" xfId="0">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F10"/>
+  <dimension ref="A1:F21"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Leilão</t>
         </is>
       </c>
       <c r="B6" s="4" t="inlineStr">
         <is>
-          <t>AGUARDE - TRATORES NH T7, JACTO UNIPORT 3000, EMPILHADEIRAS, PLANT. CANA DMB, ONIBUS, ETC.</t>
+          <t>TRATORES NH T7, JACTO UNIPORT 3000, EMPILHADEIRAS, PLANT. CANA DMB, ONIBUS, ETC.</t>
         </is>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>11/03/2026 10:00</t>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
@@ -261,50 +265,402 @@
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="5" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="B11" s="4" t="inlineStr">
+        <is>
+          <t> FROTA:  1001101 JACTO UNIPORT 3000 ANO:  2013 HORIM. 27623 NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="B12" s="4" t="inlineStr">
+        <is>
+          <t> FROTA:  1017001 Onibus ANO:  2007 ODOM.  765365 NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="B13" s="4" t="inlineStr">
+        <is>
+          <t> FROTA:  2011068 EMPILHADORA HDF70-7S HYUNDAI ANO:  2010 HORIM. 18,612 NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="B14" s="4" t="inlineStr">
+        <is>
+          <t> FROTA:  3001113 JACTO UNIPORT 3000 ANO:  2016 HORIM. 23,148 NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="B15" s="4" t="inlineStr">
+        <is>
+          <t> FROTA:  3013186 PLANTADORA DE CANA DMB PCP6000 ANO:  2012 NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="B16" s="4" t="inlineStr">
+        <is>
+          <t> FROTA:  2001102 JACTO UNIPORT 3000 ANO:  2013 HORIM. 24463 NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="B17" s="4" t="inlineStr">
+        <is>
+          <t> FROTA:  2001104 JACTO UNIPORT 3000 ANO:  2014 HORIM. 23520 NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="B18" s="4" t="inlineStr">
+        <is>
+          <t> FROTA:  3011042 EMPILHADEIRA YALE 155GTP ANO:  2004 HORIM. 18255 NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="B19" s="4" t="inlineStr">
+        <is>
+          <t> FROTA:  2001140 TRATOR NEW HOLLAND T7 ANO:  2017 HORIM. 25700 NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="B20" s="4" t="inlineStr">
+        <is>
+          <t> FROTA:  2001143 TRATOR NEW HOLLAND T7 ANO:  2017 HORIM. 23880 NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="B21" s="4" t="inlineStr">
+        <is>
+          <t> FROTA:  2001149 TRATOR NEW HOLLAND T7 ANO:  2019 HORIM. 19900 NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>