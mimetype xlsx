--- v0 (2026-02-14)
+++ v1 (2026-03-13)
@@ -281,3379 +281,3379 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> MINI CARREGADEIRA CAT 246D (SEM MOTOR )</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> MINI CARREGADEIRA CAT 226 (SEM MOTOR )</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE TRAÇÃO CAT 345C /349</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE TRAÇÃO CAT 345 / 349</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE TRAÇÃO CAT 345C</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> CABINE LIUGONG (VAZIA)</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> CABINE LIEBHEER (VAZIA)</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t> CABINE DOOSAN (VAZIA)</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t> CABINE DOOSAN (VAZIA)</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT (VAZIA)</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 966H (VAZIA )</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 950H (VAZIA )</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 950H ( VAZIA )</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t> CABINE LIEBHEER (VAZIA )</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t> CABINE LIEBHEER ( VAZIA )</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> CABINE LIEBHEER (VAZIA )</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t> CABINE LIEBHEER ( VAZIA )</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 950H ( VAZIA )</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT ( VAZIA )</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 140M ( VAZIA )</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t> CABINE JCB 330 ( VAZIA )</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t> CABINE DOOSAN ( VAZIA )</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 950H (VAZIA )</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 938H ( VAZIA )</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 321 DL (VAZIA )</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 960F ( VAZIA )</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 962G ( VAZIA )</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT ( VAZIA )</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 950F ( VAZIA )</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
           <t> CABINE KOMATSU W.A380 ( VAZIA )</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT W130 (VAZIA )</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
           <t> CABINE DOOSAN ( VAZIA )</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 966 R (VAZIA)</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 135H ( VAZIA )</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t> CABINE LIEBHER ( VAZIA )</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t> CABINE LIEBEER (VAZIA )</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE GIRO KOMATSU PC400</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE GIRO CAT 345C</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE GIRO CAT</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE GIRO KOMATSU PC 600</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE GIRO JCB 330</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE GIRO KOMATSU PC600</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE GIRO CAT 320 DL</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE GIRO KOMATSU PC 600</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE GIRO CAT</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT D8N</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT D4E</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT 621B</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT D7E</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT D7E</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT D8H</t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT 950G</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT D8K</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CLARK</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CLARK</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO ZF</t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
           <t> RODA GUIA LIEBHEER</t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
           <t> RODA GUIA CAT D9H</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
           <t> RODA CAT CAT D8K</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
           <t> RODA GUIA HYUNDAY</t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
           <t>86</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
           <t> RODA GUIA KOMATSU PC 150</t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
           <t>88</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
           <t> RODA GUIA CAT D8N</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO</t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO</t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
           <t>106</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO</t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
           <t>110</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
           <t> RADIADOR DOOSAN DL-250</t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
           <t> RADIADOR CAT D9H</t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
           <t>112</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
           <t> RADIADOR CAT 320B</t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
           <t> RADIADOR CAT 621R</t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
           <t>114</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
           <t> RADIADOR CAT 950H</t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
           <t>115</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
           <t> RADIADOR VOLVO G940</t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
           <t>116</t>
         </is>
       </c>
       <c r="B83" s="4" t="inlineStr">
         <is>
           <t> RADIADOR KOMATSU PC200</t>
         </is>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
           <t>117</t>
         </is>
       </c>
       <c r="B84" s="4" t="inlineStr">
         <is>
           <t> RADIADOR VOGELE 50</t>
         </is>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
           <t>118</t>
         </is>
       </c>
       <c r="B85" s="4" t="inlineStr">
         <is>
           <t> RADIADOR VOLVO G940</t>
         </is>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="B86" s="4" t="inlineStr">
         <is>
           <t> TROCADOR DE CALOR TEMA TERRA</t>
         </is>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="B87" s="4" t="inlineStr">
         <is>
           <t> TROCADOR DE CALOR TEMA TERRA</t>
         </is>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
           <t> CABINE JCB 3.C (VAZIA)</t>
         </is>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
           <t>127</t>
         </is>
       </c>
       <c r="B89" s="4" t="inlineStr">
         <is>
           <t> CABINE LIEBHEER (VAZIA )</t>
         </is>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
           <t>128</t>
         </is>
       </c>
       <c r="B90" s="4" t="inlineStr">
         <is>
           <t> CABINE LIEBHEER (VAZIA )</t>
         </is>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
           <t>129</t>
         </is>
       </c>
       <c r="B91" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT (VAZIA)</t>
         </is>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
           <t>130</t>
         </is>
       </c>
       <c r="B92" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 950G (VAZIA)</t>
         </is>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="B93" s="4" t="inlineStr">
         <is>
           <t> CABINE CASE 721 C (VAZIA)</t>
         </is>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="B94" s="4" t="inlineStr">
         <is>
           <t> CABINE KOMATSU PC 600 (VAZIA)</t>
         </is>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
           <t>136</t>
         </is>
       </c>
       <c r="B95" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 330C</t>
         </is>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="5" t="inlineStr">
         <is>
           <t>137</t>
         </is>
       </c>
       <c r="B96" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 330C</t>
         </is>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="5" t="inlineStr">
         <is>
           <t>140</t>
         </is>
       </c>
       <c r="B97" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT D6-T</t>
         </is>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="5" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="B98" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 966H LEVANTE</t>
         </is>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="5" t="inlineStr">
         <is>
           <t>143</t>
         </is>
       </c>
       <c r="B99" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 330C</t>
         </is>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="5" t="inlineStr">
         <is>
           <t>145</t>
         </is>
       </c>
       <c r="B100" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 966H</t>
         </is>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="5" t="inlineStr">
         <is>
           <t>146</t>
         </is>
       </c>
       <c r="B101" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT966H</t>
         </is>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="5" t="inlineStr">
         <is>
           <t>148</t>
         </is>
       </c>
       <c r="B102" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT COM H 330C</t>
         </is>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="5" t="inlineStr">
         <is>
           <t>149</t>
         </is>
       </c>
       <c r="B103" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 966H</t>
         </is>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="5" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="B104" s="4" t="inlineStr">
         <is>
           <t> CONCHA CAT 416 D</t>
         </is>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="5" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="B105" s="4" t="inlineStr">
         <is>
           <t> CONCHA JCB 3C</t>
         </is>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="5" t="inlineStr">
         <is>
           <t>152</t>
         </is>
       </c>
       <c r="B106" s="4" t="inlineStr">
         <is>
           <t> TANQUE HIDRAULICO CAT 924G</t>
         </is>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="5" t="inlineStr">
         <is>
           <t>153</t>
         </is>
       </c>
       <c r="B107" s="4" t="inlineStr">
         <is>
           <t> TANQUE HIDRAULICO CAT 336D</t>
         </is>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="5" t="inlineStr">
         <is>
           <t>154</t>
         </is>
       </c>
       <c r="B108" s="4" t="inlineStr">
         <is>
           <t> TANQUE HIDRAULICO CAT D6R</t>
         </is>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="5" t="inlineStr">
         <is>
           <t>155</t>
         </is>
       </c>
       <c r="B109" s="4" t="inlineStr">
         <is>
           <t>CONCHA DOOSAN  DL 250</t>
         </is>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="5" t="inlineStr">
         <is>
           <t>156</t>
         </is>
       </c>
       <c r="B110" s="4" t="inlineStr">
         <is>
           <t> CONCHA DOOSAN</t>
         </is>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="5" t="inlineStr">
         <is>
           <t>157</t>
         </is>
       </c>
       <c r="B111" s="4" t="inlineStr">
         <is>
           <t> CONCHA DOOSAN</t>
         </is>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="5" t="inlineStr">
         <is>
           <t>158</t>
         </is>
       </c>
       <c r="B112" s="4" t="inlineStr">
         <is>
           <t> PLATAFORMA D4E</t>
         </is>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="5" t="inlineStr">
         <is>
           <t>159</t>
         </is>
       </c>
       <c r="B113" s="4" t="inlineStr">
         <is>
           <t> CAPOTA CAT</t>
         </is>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="5" t="inlineStr">
         <is>
           <t>387</t>
         </is>
       </c>
       <c r="B114" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT D6T (VAZIA)</t>
         </is>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="5" t="inlineStr">
         <is>
           <t>388</t>
         </is>
       </c>
       <c r="B115" s="4" t="inlineStr">
         <is>
           <t> CABINE JCB JS 330 (VAZIA)</t>
         </is>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>