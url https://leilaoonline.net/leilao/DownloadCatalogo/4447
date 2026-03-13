--- v0 (2026-02-13)
+++ v1 (2026-03-13)
@@ -191,51 +191,51 @@
       <c r="E2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Leilão</t>
         </is>
       </c>
       <c r="B6" s="4" t="inlineStr">
         <is>
-          <t>COMPRESSORES * FILTRO * SILOS * MISTURADORES * CROMATÓGRAFOS * TANQUES</t>
+          <t>COMPRESSORES * FILTRO * SILOS * MISTURADORES * CROMATOGRAFOS * TANQUES</t>
         </is>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>03/03/2026 10:30</t>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
@@ -281,1715 +281,1715 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> Compressor de Ar Comprimido Centrífugo Isento de Umidade e Óleo - Cameron - Turbo Air Cooled 2000 (TAC-2000)</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>450.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
-          <t> Secador Rotativo Industrial, Volume: 6M³, 2 Eixos em aço inox, Interna em aço inox, Externo em aço carbono.</t>
+          <t> Secador Rotativo Industrial, Volume: 6M3, 2 Eixos em aço inox, Interna em aço inox, Externo em aço carbono.</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>300.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> Filtro Prensa com 46 placas de 1000x1000mm, Painel de Comando acoplado</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>195.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> Cromatógrafo Gasoso (CG-006), Marca: Agilent, Modelo: 7890 A, Detector FID, Injeção Manual.</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>82.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>  Cromatógrafo Gasoso (CG-003), Marca: Agilent, Modelo: 6890 N, Detector FID, Injeção Automática.</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> Lote com:  2 Silos de Armazenagem em Aço Carbono, Capacidade: 150m3 cada.</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>112.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> Rotuladora Automática para frascos até 400ml, Marca: Pro Label, 2 Cabeçotes, Painel de Comando.</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>26.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t> Envasadora para Líquidos, Marca: HENAC, 4 Bicos com Célula de Carga Individual, Pulmão Superior de Alimentação, Painel de Comando.</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>  Codificadora em Aço Inox, Marca: INK-JET, Modelo: VIDEO JET 1040.</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> Codificadora em Aço Inox, Marca: INK-JET, Modelo: VIDEO JET.</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t> Fechadora de Caixas, Semiautomática.</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> Torno Mecânico, Marca: Nardini, Modelo: ND325, Ano: 2014, Diâmetro sobre o Barramento: 650mm, Distância entre Pontas: 2.200mm, 220V, Possui Freio, Placa de 3 Castanhas</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t> Misturador Tipo Ribbon Blender em Aço Carbono com Elevador de Caneca e Moega, Capacidade: 2,5m³.</t>
+          <t> Misturador Tipo Ribbon Blender em Aço Carbono com Elevador de Caneca e Moega, Capacidade: 2,5m3.</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
-          <t> Misturador Tipo Ribbon Blender em Aço Carbono, Capacidade: 2,5m³.</t>
+          <t> Misturador Tipo Ribbon Blender em Aço Carbono, Capacidade: 2,5m3.</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>41.250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t> Empacotadora, Marca: FABRIMA, Sistema de Dosagem com Pesagem em Movimento.</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>337.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> Moinho Vertical de Esferas, Cuba de 60 litros.</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>67.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t> Moinho Vertical de Esferas, Cuba de 60 litros.</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>67.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t>  Cromatógrafo Gasoso (CG-002), Marca: HP, Modelo: 6890, 2 Detectores FID, Injeção Manual.</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t> Incinerador para Aquecimento de Água (Caldeira transformada em Forno Industrial com Revestimento Refratário), Temperatura Máxima: 560ºC.</t>
+          <t> Incinerador para Aquecimento de Água (Caldeira transformada em Forno Industrial com Revestimento Refratário), Temperatura Máxima: 560C.</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>262.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t> Seladora por Indução, Marca: GRC, Potência: 5kw. </t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>28.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t> Cromatógrafo Líquido (HPLC-006), Marca: HP, Modelo: 1100, Detector VWD, Injeção Automática, Sem Compartimento de Forno.</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t> Coluna de Separação em Aço Inox, Medida Aproximada Comprimento x Diâmetro: 6.000mm x 500mm.</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>67.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> Trocador de Calor com Revestimento Interno em Grafite, Corpo em Aço Carbono, Medida Útil Aproximada: Comprimento x Diâmetro: 1.900mm x 600mm.</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> Trocador de Calor em Aço Inox, Medida Útil Aproximada: Comprimento x Largura: 3.700mm x 270mm</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t> Trocador de Calor em Aço Inox, Medida Útil Aproximada: Comprimento x Largura: 3.000mm x 300mm.</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t> Aquecedor de Água, Marca: Araujerm, Modelo: CAD-HP-300, Combustível: Gás GLP, Capacidade Volumétrica: 0,505m³.</t>
+          <t> Aquecedor de Água, Marca: Araujerm, Modelo: CAD-HP-300, Combustível: Gás GLP, Capacidade Volumétrica: 0,505m3</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t> Loop para Pré Secagem em Aço Inox.</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
           <t> Centrífuga de Cesto em Aço Inox, Capacidade: 800 litros.</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
           <t> Paleteira Manual, Capacidade: 1.000kg.</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
           <t> Prensa Hidráulica.</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t> Escamador em Aço Inox.</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t> Misturador Tipo Ribbon Blender em Aço Carbono, Capacidade: 2,5m³.</t>
+          <t> Misturador Tipo Ribbon Blender em Aço Carbono, Capacidade: 2,5m3.</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
           <t> Lote com: 16 Tubos Vitrificados</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>48.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
           <t> Sucata de Empilhadeira Hyundai, Capacidade: 4,5ton.</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t> Cromatógrafo Líquido (HPLC-007), Marca: HP/Agilent, Modelo: 1100, Detector VWD, Injeção Automática, Sem Compartimento de Forno.</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t> Envasadora Rotativa em Aço Inox.</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t> Envasadora de 3 Bicos em Aço Inox para produtos viscosos.</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
           <t> Tanque Misturador em Aço Inox, Encamisado até o Meio, Capacidade: 2.500 litros com Motor/Redutor, Eixo Misturador e Painel de Comando com Inversor.</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>26.250,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
           <t> Tanque Misturador em Aço Inox com Acabamento Sanitário, Capacidade: 12.500 litros com Motor/Redutor e Eixo Misturador.</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>52.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
           <t>Tanque reator em inox - encamisado 3.000 L com tanque diluidor em inox - encamisado 3.000L - plataforma com escada</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
           <t> Amassadeira Espiral, Marca: Ferri, Modelo: FAE 50, Eixo e Cuba em Aço Inox, Painel Digital, 2 Velocidades, Temporizador Automático.</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>26.250,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
           <t> Lote com: Dispersor de 25Cv sobre rodas -  Moinho Vertical de esferas com cuba de 50L -  Moinho de Rolos - Bomba com Filtro sobre rodas</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
           <t> Lote com equipamentos de laboratório</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
           <t> Lote com: Moinho motor 15cv - Secador e Homogeneizador de Laboratório(DRAIS) - para Plástico</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
           <t> Compressor de Ar Estacionário, 3 Estágios com Painel de Comando. </t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
           <t> Túnel de Aquecimento para Encolhimento, Área Útil: A: 200mm x L: 400mm x C: 1.800mm.</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
           <t> Lote com: 01 Envasadora Pneumática e 01 Envasadora à Vácuo, ambas servem para produtos líquidos e cremosos.</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
           <t> Filtro Prensa, Marca: GRABE com 10 Placas em PP, Medidas das Placas: 400x400mm e Bomba Pneumática de Diafragma.</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
           <t> Lote com: 01 Masseira Tipo Sigma, Cuba Basculante em Aço Inox, Capacidade: 50 litros - 01 Masseira Planetária, Cuba em Aço Inox, Capacidade: 20 litros</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
           <t>77</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
           <t> Aquecedor de Fluído Térmico, Combustível: Diesel. </t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
           <t>78</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
           <t> Sistema de Abrandamento com 3 Tanques em Aço Carbono.</t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
           <t> Lote com: 1 unidade/Gerador de Energia a Gasolina, Monofásico, Tensão: 127V; - 1 unidade/Motobomba a Diesel; - 2 unidades/Motoesmiril de Bancada com 2 rebolos; - 9 unidades/Luminárias Industrial</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
           <t> Caldeira Geradora de Vapor, Vertical, Marca: TENGE, Modelo: SDE-250/32, Ano: 2009.</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>