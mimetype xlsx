--- v0 (2026-02-11)
+++ v1 (2026-03-13)
@@ -281,467 +281,467 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>LOTE COM CONJUNTO DE MÁQUINAS PARA CONSERTO DE PNEUS E PERUCAGEM - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! CAMINHÃO FORD/CARGO 2630; 2000/2000; COR BRANCA; COMB. DIESEL; C/ TANQUE AÇO CARBONO - FUNCIONANDO OPERACIONAL</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>85.000,00</t>
+          <t>87.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! TRATOR AGRÍCOLA MASSEY FERGUSON 6711; ANO 2020.; COMB. DIESEL - C/ APROX. 3.800 HORAS - FUNC. OPERACIONAL</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! LOTE COM 01 ÁREA DE VIVÊNCIA COM NR 31; ANO 2022 - FUNCIONANDO OPERACIONAL</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 01 ÁREA DE VIVÊNCIA </t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>LOTE COM APROX. 100 CARCAÇAS E PEÇAS DE BOMBA INJETORA</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>LOTE COM APROX. 20 TURBINAS DIVERSAS</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>LOTE COM CARCAÇAS E PEÇAS DE BOMBAS INJETORAS</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>LOTE COM PEÇAS DIVERSAS DE CUICAS E COMPONENTES DE FREIO</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>LOTE C/ 1 CENTRO DE RODA DA CASE MX110, 2 SUPORTES DISCO CORTE DE SOQUEIRA E 1 DISCO C/ MANCAL</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t>ESCADA E SUPORTE DO TANQUE DO TRATOR JOHN DEERE SÉRIE 5</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t>LOTE C/ APROX. 50 ANCINHOS DO DESENLEIRADOR DE PALHA</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t>CONJUNTO MOTOR E MANGUEIRA HIDRÁULICA PARA IMPLEMENTO</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t>KIT C/ APROX. 10 BOMBAS COSTAIS</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>