--- v0 (2026-02-07)
+++ v1 (2026-03-13)
@@ -142,51 +142,51 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F108"/>
+  <dimension ref="A1:F153"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
@@ -271,3178 +271,4618 @@
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
-          <t>1322</t>
+          <t>1459</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
-          <t>REBOQUE USICAMP RCI E1E1 8200; ANO 2005/2005; AMARELA. - FR11004407. - LOC. VALE DO ROSÁRIO </t>
+          <t> CAMINHÃO SCANIA/R113 E 6X4 360; ANO 1993/1993; BRANCA; (VENDA SEM MOTOR/ SEM CÂMBIO/ SEM CARROCERIA). - FR45018. - LOC. BARRA</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>11</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>25.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>1705</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>PLANTADORA TMA, PTX 4000 - FR122359. - LOC. BONFIM </t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>1721</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
-          <t>TRATOR CASE 260; ANO 2017. - FR20371 - LOC. SANTA CÂNDIDA</t>
+          <t>TRATOR CASE MX 260 MAGNUM 4X4; ANO 2017. - FR20371 - LOC. SANTA CÂNDIDA</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>8</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>77.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>2480</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>CARROCERIA TANQUE HERBICIDA; ANO 1984. - FR361097. - LOC. ARARAQUARA </t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>17</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>10.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>34070</t>
+          <t>34152</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
-          <t>CARRETA ESP. CALC. SOLLUS; ANO 2014. - FR4445234. - LOC. CAARAPÓ</t>
+          <t>02 PNEUS GOODYEAR E BELSHINA; REFORMADOS  MEDIDA 30.5-32. - LOC. ARARAQUARA </t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>7</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>35072</t>
+          <t>34153</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
-          <t>03 VÁLVULAS TJA. - N/A. - LOC. PARAISO </t>
+          <t>APROX. 24 SUCATAS DE BATERIAS DE NOBREAK. - N/E. - LOC. COSTA PINTO </t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>35091</t>
+          <t>34154</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE. - FR50154. - LOC. BARRA </t>
+          <t>CARRETA ABAST. BAZUKA. - PT289124. - LOC. LAGOA DA PRATA </t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>27</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>18.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>35305</t>
+          <t>34156</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t>REBOQUE USICAMP RCI E1E1 8200; ANO 2005/2005; AMARELA. - FR1004408. - LOC. VALE DO ROSÁRIO </t>
+          <t>APROX. 50 PEÇAS AGRÍCOLAS ( RADIADORES, CILÍNDROS, CARDANS) . - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>26</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>35389</t>
+          <t>34160</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t>SEMI-REBOQUE VINHAÇA SERGOMEL VINHAÇA 10 M; ANO 2014/2014; CINZA. - FR140504. - LOC. SANTA ELISA</t>
+          <t>TANQUE VERMELHO GASCOM - LOC. PARAÍSO     </t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>37</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>22.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>35391</t>
+          <t>35072</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA CASE A 8800 1L; ANO 2017. - FR8802156. - LOC. LAGOA DA PRATA</t>
+          <t>03 VÁLVULAS TJA. - N/A. - LOC. PARAISO </t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>35393</t>
+          <t>35091</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA CASE A 8800 1L; ANO 2017. - FR8802157. - LOC. LAGOA DA PRATA</t>
+          <t>COLHEDORA JOHN DEERE CH670 2L - ANO 2016 - FR50154. - LOC. BARRA </t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>19</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>38.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>35394</t>
+          <t>35376</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA CASE A 8800 1L; ANO 2017. - FR8802155. - LOC. LAGOA DA PRATA</t>
+          <t>REBOQUE VINHAÇA TECTRAN 8,20M; ANO 1996/1996; AZUL. - FR91103/ FR173544  - LOC. BENALCOOL</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>7.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>35397</t>
+          <t>35389</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO CIVEMASA TRIDEM 13T. - FR9004033. - LOC. LAGOA  DA PRATA </t>
+          <t>SEMI-REBOQUE VINHAÇA SERGOMEL VINHAÇA 10 M; ANO 2014/2014; CINZA. - FR140504. - LOC. SANTA ELISA</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>14</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>62.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>35398</t>
+          <t>35391</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO CIVEMASA TRIDEM 13T. - FR9004016. - LOC. LAGOA DA PRATA</t>
+          <t>COLHEDORA CASE A 8800 1L; ANO 2017. - FR8802156. - LOC. LAGOA DA PRATA</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>28</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>67.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>35401</t>
+          <t>35393</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE RANDON SP RQ CA - ANO 2011/2011 - AZUL - FR4042 - LOC. LAGOA DA PRATA</t>
+          <t>COLHEDORA CASE A 8800 1L; ANO 2017. - FR8802157. - LOC. LAGOA DA PRATA</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>63.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>35469</t>
+          <t>35394</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t> DISTRIB. TORTA DE FILTRO 2L; ANO 2015. - FR67187. - LOC. BOM RETIRO</t>
+          <t>COLHEDORA CASE A 8800 1L; ANO 2017. - FR8802155. - LOC. LAGOA DA PRATA</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>28</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>67.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>35485</t>
+          <t>35395</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
-          <t>ÔNIBUS MERCEDES BENZ OF 1318; ANO 1993/1993; BRANCO. - FR139204. -  LOC. SÃO FRANCISCO</t>
+          <t>TRANSBORDO CIVEMASA TAC 13000; ANO 2008. - FR5004789. - LOC. LAGOA DA PRATA </t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>7</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>12.000,00</t>
+          <t>18.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>35609</t>
+          <t>35396</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE. - FR117569. - LOC. BONFIM </t>
+          <t>TRANSBORDO CIVEMASA TAC 13000 C/3 EIXOS; ANO 2007. - FR5004748. - LOC. LAGOA DA PRATA </t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>6</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>17.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>35740</t>
+          <t>35397</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t>CARRETA SERVIÇOS/ BAÚ. - S/FR. - LOC. BONFIM </t>
+          <t>TRANSBORDO CIVEMASA TAC 13000 C/3 EIXOS; ANO 2008 . - FR9004033. - LOC. LAGOA  DA PRATA </t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>6</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>16.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>35834</t>
+          <t>35398</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA CASE III; ANO 2018. - FR11002202. - LOC. VALE DO ROSÁRIO</t>
+          <t>TRANSBORDO CIVEMASA TAC 13000 C/3 EIXOS; ANO 2008 . - FR9004016. - LOC. LAGOA DA PRATA</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>13.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>36027</t>
+          <t>35401</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
-          <t>SEMI-REBOQUE RANDON 12,50M; ANO 2008/2008. - FR4451163. - LOC. CAARAPÓ</t>
+          <t>REBOQUE CANA PICADA; RANDONSP RQ CA; ANO 2011/2011; AZUL. - FR4042. - LOC. LAGOA DA PRATA </t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>41</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>25.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>36109</t>
+          <t>35469</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
-          <t>ÁREA DE VIVÊNCIA. - S/FR. - LOC. GASA</t>
+          <t> DISTRIB. TORTA DE FILTRO 2L; ANO 2015. - FR67187. - LOC. BOM RETIRO</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>43</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>23.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>36157</t>
+          <t>35485</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA CASE III; ANO 2018. - FR9002607. - LOC. VALE DO ROSÁRIO</t>
+          <t>ÔNIBUS MERCEDES BENZ OF 1318; ANO 1993/1993; BRANCO. - FR139204. -  LOC. SÃO FRANCISCO</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>24</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>23.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>36282</t>
+          <t>35609</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO SANTA IZABEL. - FR11003677. - LOC. VALE DO ROSÁRIO </t>
+          <t>COLHEDORA JOHN DEERE 3522 2L - ANO 2015 - FR117569. - LOC. BONFIM </t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>11</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>36284</t>
+          <t>35834</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO SANTA IZABEL. - FR11003686. - LOC. VALE DO ROSÁRIO </t>
+          <t> COLHEDORA CASE III; ANO 2018. - FR11002202. - LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>9</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>32.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>36287</t>
+          <t>36109</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO SANTA IZABEL. - FR11003075. - LOC. VALE DO ROSÁRIO </t>
+          <t>ÁREA DE VIVÊNCIA. - S/FR. - LOC. GASA</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>36291</t>
+          <t>36157</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO SANTA IZABEL. - FR11003040. - LOC. VALE DO ROSÁRIO </t>
+          <t>COLHEDORA CASE III; ANO 2018. - FR9002607. - LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>7</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>75.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>36296</t>
+          <t>36204</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO SANTA IZABEL. - FR11003681. - LOC. VALE DO ROSÁRIO </t>
+          <t>SUCATA DE ÔNIBUS M.BENZ/OF 1315; ANO 1992/1992; BEGE. - FR81353. - (VENDA SEM DOCUMENTO) - LOC. BENALCOOL </t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>19</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>22.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>36307</t>
+          <t>36240</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
-          <t>EXTINTORES E BORRACHAS . - N/A. - LOC. BARRA </t>
+          <t>TANQUE VERMELHO. - S/FR. - LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>24</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>19.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>36323</t>
+          <t>36282</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
-          <t> TRATOR CASE 260. - ANO 2019. -  FR50967. - LOC. BARRA</t>
+          <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013 . - FR11003677. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>13.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>36359</t>
+          <t>36284</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÃO M.BENZ/L 2215; ANO 1986/1986; BRANCA. - FR119450. - (VENDA SEM DOCUMENTO) - LOC. BONFIM</t>
+          <t>TRANSBORDO S.IZABEL TRIDEM 13T; ANO 2013. - FR11003686. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>7</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>16.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>36392</t>
+          <t>36287</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t>CARRETA  ABRIGO ECOAGRO; ANO 2014/2014; AZUL. - FR37803.  - LOC. BOM RETIRO</t>
+          <t>TRANSBORDO S.IZABEL TRIDEM 13T; ANO 2014. - FR11003075. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>6</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>36405</t>
+          <t>36291</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
-          <t>CARRETA ABRIGO ECOAGRO; ANO 2014/2014; AZUL. - FR67181. - LOC. BOM RETIRO </t>
+          <t>TRANSBORDO S.IZABEL TRIDEM 13T; ANO 2014. - FR11003040. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>3.500,00</t>
+          <t>14.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>36407</t>
+          <t>36296</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
-          <t>CARRETA ABRIGO RSA; ANO 2012/2012; CINZA. - FR139419. - LOC. BOM RETIRO</t>
+          <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003681. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>6</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>3.500,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>36425</t>
+          <t>36299</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
-          <t>APROX. 34 CADEIRAS UNIVERSITÁRIAS; 01 CADEIRA GIRATÓRIA; 02 ARMÁRIOS;  01 GAVETEIRO; 01 MESA; 01 ESTANTE; 01 TELA PROJEÇÃO. - N/A. - SALA 04 - UND.BARRA - LOC. IGARAÇU DO TIETÊ</t>
+          <t> CAMINHÃO M.BENZ/L 2013; ANO 1976/1976. - FR119152. - LOC. JUNQUEIRA</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>16</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>18.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>36437</t>
+          <t>36323</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t>APROX. 09 AR CONDICIONADOS; (DE 10000 A 30000 BTUS APROX.) - (RETIRADA POR CONTA DO COMPRADOR) - N/A. - TODAS SALAS - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+          <t> TRATOR CASE 260. - ANO 2019. -  FR50967. - LOC. BARRA</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>16</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>97.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>36439</t>
+          <t>36353</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t>APROX. 18 DESKTOP. - N/A. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+          <t>TRATOR JOHN DEERE 7225 J 4X4 - ANO 2016 - FR115709 - LOC. SANTA CÂNDIDA</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>21</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>60.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>36441</t>
+          <t>36355</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
-          <t>APROX. 1 NOTEBOOK, 3 TV`S DE APROX 40 POLEG. E 4 CHROMEBOOK. - N/A. - UND.BARRA - LOC. IGARAÇU DO TIETÊ</t>
+          <t>TRATOR JOHN DEERE 7225 J 4X4 - ANO 2016 - FR115714 - LOC. SANTA CÂNDIDA</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>21</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>60.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>36450</t>
+          <t>36356</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO ATA 12000 12T. - ANO 2012. - FR361420. - LOC. ARARAQUARA</t>
+          <t>TRATOR JOHN DEERE 7225 J 4X4 - ANO 2016 - FR115700 - LOC. SANTA CÂNDIDA</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>11</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>50.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>36451</t>
+          <t>36358</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO ATA 12000 12T; ANO 2012. - FR361635. - LOC. ARARAQUARA</t>
+          <t>TRATOR JOHN DEERE 7225 J 4X4 - ANO 2016 - FR115683 - LOC. SANTA CÂNDIDA</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>16</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>55.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>36452</t>
+          <t>36359</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO ATA 12000 12T.; ANO 2012. - FR361636. - LOC. ARARAQUARA</t>
+          <t>SUCATA DE CAMINHÃO M.BENZ/L 2215; ANO 1986/1986; BRANCA. - FR119450. - (VENDA SEM DOCUMENTO) - LOC. BONFIM</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>10</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>19.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>36453</t>
+          <t>36392</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO ATA 12000 12T.; ANO 2012. - FR361421. - LOC. ARARAQUARA</t>
+          <t>CARRETA  ABRIGO ECOAGRO; ANO 2014/2014; AZUL. - FR37803.  - LOC. BOM RETIRO</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>6</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>7.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>36454</t>
+          <t>36393</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO ATA  12000 12T.; ANO 2010. - FR123798. - LOC. ARARAQUARA</t>
+          <t>CARRETA ABRIGO OPERAD. IRRIGAB.; ANO 2010. - FRFR67153. - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>36455</t>
+          <t>36394</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO ATA 12000 12T.; ANO 2012. - FR361628. - LOC. ARARAQUARA</t>
+          <t>CARRETINHA ÁREA DE VIVÊNCIA AZUL . - S/FR. - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>36456</t>
+          <t>36405</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO ATA 12000 12 T.; ANO 2012. - FR123774. - LOC. ARARAQUARA</t>
+          <t>CARRETA ABRIGO ECOAGRO; ANO 2014/2014; AZUL. - FR67181. - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>8</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>9.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>36457</t>
+          <t>36407</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO ATA 12000 12T.; ANO 2012. - FR1012061. - LOC. ARARAQUARA</t>
+          <t>CARRETA ABRIGO RSA (SEMI REBOQUE SOUFER); ANO 2012/2012; CINZA. - FR139419. - LOC. BOM RETIRO</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>8</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>7.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>36458</t>
+          <t>36412</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO ATA 12000 12T.; ANO 2010. - FR102012. - LOC. ARARAQUARA</t>
+          <t>03 PALLETS DE RADIADORES DIVERSOS. - LOC. RAFARD</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>9</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>4.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>36459</t>
+          <t>36413</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO ATA 12000 12T.; ANO 2015. - FR135654. - LOC. ARARAQUARA</t>
+          <t>PEÇAS AGRÍCOLAS EM 9 PALLETES COM APROX. 260 PEÇAS (DISCOS DE CORTES, BRAÇOS DE SUPORTE, MOLAS, SUPORTE ARTICULADO E COMPONENTE METÁLICO VARIADOS). - LOC. RAFARD</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>12</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>7.750,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>36460</t>
+          <t>36414</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO ATA 12000 12T.; ANO 2015. - FR123876. - LOC. ARARAQUARA</t>
+          <t>05 VÀLVULAS BORBOLETAS DE 8" COM ATUADOR E UMA SUCATA DE VÀLVULA DE 10". - LOC. RAFARD</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>36461</t>
+          <t>36416</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO ATA 12000 12T.; ANO 2012. - FR361632. - LOC. ARARAQUARA</t>
+          <t>VÁLVULA GAVETA DE 8" POLEGADAS CLASSE 150 AÇO CARBONO. - LOC. RAFARD</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>36462</t>
+          <t>36438</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO ATA 1200012T; ANO 2015. - FR123893. - LOC. ARARAQUARA</t>
+          <t>SUCATA DE CAMINHÃO MB 2213 - FR119650 - (VENDA SEM DOCUMENTO) - LOC. BONFIM</t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>14.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>36463</t>
+          <t>36450</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE CH670 2L; ANO 2018. - FR20533. - LOC. SERRA </t>
+          <t>TRANSBORDO ATA 12000 12T. - ANO 2012. - FR361420. - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>36464</t>
+          <t>36451</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÃO M.BENZ/L 2219 6X4; ANO 1981/1981; BRANCA. - (BASCULANTE) FR58624. - LOC. SERRA </t>
+          <t>TRANSBORDO ATA 12000 12T; ANO 2012. - FR361635. - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>36465</t>
+          <t>36452</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
-          <t>CARROCERIA DE AÇO; ANO 2012. - FR361637. - LOC. SERRA </t>
+          <t>TRANSBORDO ATA 12000 12T.; ANO 2012. - FR361636. - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>36466</t>
+          <t>36453</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE CH570 1L; ANO 2018. - FR20827. - LOC. SERRA </t>
+          <t>TRANSBORDO ATA 12000 12T.; ANO 2012. - FR361421. - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>36467</t>
+          <t>36454</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE CH670 2L; ANO 2018. - FR20538. - LOC. SERRA </t>
+          <t>TRANSBORDO ATA  12000 12T.; ANO 2010. - FR123798. - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>8</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>18.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>36468</t>
+          <t>36455</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE CH570 1L; ANO 2018. - FR20837. - LOC. SERRA </t>
+          <t>TRANSBORDO ATA 12000 12T.; ANO 2012. - FR361628. - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>9</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>19.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>36469</t>
+          <t>36456</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
-          <t>LOTE DE PEÇAS DE CAMINHÕES/TRATORES: APROX.12 PALHETAS e 2 EIXOS (amortecedores, faróis, cuica, Cardan, faróis, contra peso...). - N/A. - LOC. SERRA </t>
+          <t>TRANSBORDO ATA 12000 12 T.; ANO 2012. - FR123774. - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>8</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>18.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>36470</t>
+          <t>36457</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
-          <t>LOTE DE PEÇAS DE COLHEDORAS APROX. 10 PALLETS PEÇAS DE TRUKS CAPOS E ROLETES. N/A. - LOC. SERRA </t>
+          <t>TRANSBORDO ATA 12000 12T.; ANO 2012. - FR1012061. - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>36471</t>
+          <t>36458</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO ANTONIOSI. - FR123790. - LOC. BONFIM </t>
+          <t>TRANSBORDO ATA 12000 12T.; ANO 2010. - FR102012. - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>36472</t>
+          <t>36459</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
-          <t>02 FOGÕES, 01 FREEZER, CADEIRAS, MESAS, ARMÁRIOS, MACAS, CADEIRAS DE RODAS . - N/A. - LOC. BONFIM </t>
+          <t>TRANSBORDO ATA 12000 12T.; ANO 2015. - FR135654. - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>6</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>36473</t>
+          <t>36460</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
-          <t>01 CRISTALEIRA, 02 LIQUIDIFICADOR, PRATELEIRAS, MESA, TALHERES E OUTROS . - N/A. - LOC. BONFIM </t>
+          <t>TRANSBORDO ATA 12000 12T.; ANO 2015. - FR123876. - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>9</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>18.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>36474</t>
+          <t>36461</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
-          <t>APROX. 30 CAMAS E 30 COLCHÕES DE SOLTEIRO. - N/A. - LOC. BONFIM </t>
+          <t>TRANSBORDO ATA 12000 12T.; ANO 2012. - FR361632. - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
-          <t>36476</t>
+          <t>36462</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
-          <t>TRATOR CASE 230 - ANO 2014. - FR20421. - LOC. SANTA CÂNDIDA </t>
+          <t>TRANSBORDO ATA 1200012T; ANO 2015. - FR123893. - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
-          <t>36477</t>
+          <t>36463</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
-          <t>SUCATA DE MÓVEIS E UTENSÍLIOS: FOGÃO, BEBEDOURO INDUSTRIAL, MESA DE BILHAR, CADEIRAS, ARMÁRIOS E VIDROS. - N/A. - LOC. BARRA </t>
+          <t>COLHEDORA JOHN DEERE CH670 2L; ANO 2018. - FR20533. - LOC. SERRA </t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>60.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
-          <t>36478</t>
+          <t>36464</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE. - FR23629. - LOC. BARRA</t>
+          <t>CAMINHÃO M.BENZ/L 2219 6X4; ANO 1981/1981; BRANCA. - (BASCULANTE) - FR58624. - LOC. SERRA </t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>22</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>31.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
-          <t>36479</t>
+          <t>36465</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÃO VW/8.120 EURO3; ANO 2010/2010; BRANCA. - FR72521. - (C/ MUNCK) - LOC. BARRA </t>
+          <t>CARROCERIA DE AÇO; ANO 2012. - FR361637. - LOC. SERRA </t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>6</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
-          <t>31.000,00</t>
+          <t>5.500,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
-          <t>36480</t>
+          <t>36466</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
-          <t>REBOQUE FNV - ANO 1981/1981; CINZA. - FR79704. - LOC. DIAMANTE </t>
+          <t>VEJA VÍDEO!!! COLHEDORA JOHN DEERE CH670 2L; ANO 2018. - FR20827. - LOC. SERRA </t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>63</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
-          <t>7.500,00</t>
+          <t>150.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
-          <t>36481</t>
+          <t>36467</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE CH670. - FR20888. - LOC. PARAISO </t>
+          <t>VEJA VÍDEO!!! COLHEDORA JOHN DEERE CH670 2L; ANO 2018. - FR20538. - LOC. SERRA </t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>42</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>120.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
-          <t>36482</t>
+          <t>36468</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE. - ANO 2013. - FR93427. - LOC. PARAISO </t>
+          <t>COLHEDORA JOHN DEERE CH670 2L; ANO 2018. - FR20837. - LOC. SERRA </t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>46</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>125.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
-          <t>36483</t>
+          <t>36469</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
-          <t>SUCATA DE CAMINHÃO VW/15.180 E; ANO 2005/2006; BRANCA. - (COMBOIO). -  FR19594. - LOC. PARAISO </t>
+          <t>LOTE DE PEÇAS DE CAMINHÕES/TRATORES: APROX.12 PALHETAS e 2 EIXOS (amortecedores, faróis, cuica, Cardan, faróis, contra peso...). - N/A. - LOC. SERRA </t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>57</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>18.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
-          <t>36484</t>
+          <t>36470</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
-          <t>SUCATA DE CAMINHÃO SCANIA/P124CB 6X4 NZ 420; ANO 2006/2006 - BRANCA. - FR19209. - LOC. PARAISO </t>
+          <t>LOTE DE PEÇAS DE COLHEDORAS APROX. 10 PALLETS PEÇAS DE TRUKS CAPOS E ROLETES. N/A. - LOC. SERRA </t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>2.750,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
-          <t>36485</t>
+          <t>36471</t>
         </is>
       </c>
       <c r="B83" s="4" t="inlineStr">
         <is>
-          <t>SUCATA DE AQUECEDOR. - S/FR. - LOC. PARAISO </t>
+          <t>TRANSBORDO ANTONIOSI ATA 12000 12T - ANO 2010 - FR123790. - LOC. BONFIM </t>
         </is>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
-          <t>36807</t>
+          <t>36475</t>
         </is>
       </c>
       <c r="B84" s="4" t="inlineStr">
         <is>
-          <t>TRATOR CASE PUMA 200 4X4 - ANO 2016 - FR512054 - LOC. LAGOA DA PRATA</t>
+          <t>APROX. 11 ROÇADEIRAS - LOC. BONFIM</t>
         </is>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>49</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>6.250,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
-          <t>36808</t>
+          <t>36478</t>
         </is>
       </c>
       <c r="B85" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO CIVEMASA TRIDEM 13T. - FR9004054. - LOC. LAGOA DA PRATA</t>
+          <t>COLHEDORA JOHN DEERE CH670 1L - ANO 2012 - FR23629. - LOC. BARRA</t>
         </is>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>7</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>26.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
-          <t>36813</t>
+          <t>36479</t>
         </is>
       </c>
       <c r="B86" s="4" t="inlineStr">
         <is>
-          <t>TANQUE VERMELHO GASCOM - LOC. LAGOA DA PRATA</t>
+          <t>CAMINHÃO VW/8.120 EURO3; ANO 2010/2010; BRANCA. - FR72521. - (C/ MUNCK) - LOC. BARRA </t>
         </is>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>82</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>119.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
-          <t>36820</t>
+          <t>36480</t>
         </is>
       </c>
       <c r="B87" s="4" t="inlineStr">
         <is>
-          <t>CARRETA ABRIGO; ANO 2013/2013; PRETA. - S/FR. - LOC. SANTA ELISA </t>
+          <t>REBOQUE FNV - ANO 1981/1981; CINZA. - FR79704. - LOC. DIAMANTE </t>
         </is>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
-          <t>3.500,00</t>
+          <t>8.500,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
-          <t>36821</t>
+          <t>36481</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
-          <t>REBOQUE GOYDO REG CAN; ANO 2001/2001; BRANCA. - FR5004634. - LOC. SANTA ELISA </t>
+          <t>COLHEDORA JOHN DEERE CH670. - ANO 2018 - FR20838. - LOC. PARAISO </t>
         </is>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>38</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>67.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
-          <t>36822</t>
+          <t>36482</t>
         </is>
       </c>
       <c r="B89" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÃO VW/8.120; ANO 2002/2002; BRANCA. - FR14004120. - LOC. SANTA ELISA </t>
+          <t>COLHEDORA JOHN DEERE. - ANO 2013. - FR93427. - LOC. PARAISO </t>
         </is>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>41</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>60.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
-          <t>36823</t>
+          <t>36483</t>
         </is>
       </c>
       <c r="B90" s="4" t="inlineStr">
         <is>
-          <t>DOLLY . - N/E. - LOC. SANTA ELISA </t>
+          <t>SUCATA DE CAMINHÃO VW/15.180 E; ANO 2005/2006; BRANCA. - (COMBOIO). -  FR19594. - (VENDA SEM DOCUMENTO) - LOC. PARAISO </t>
         </is>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>30</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>49.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
-          <t>36824</t>
+          <t>36484</t>
         </is>
       </c>
       <c r="B91" s="4" t="inlineStr">
         <is>
-          <t>CARRETINHA SERVIÇOS GERAIS. - N/E. - LOC. SANTA ELISA </t>
+          <t>SUCATA DE CAMINHÃO SCANIA/P124CB 6X4 NZ 420; ANO 2006/2006 - BRANCA. - FR19209. - (VENDA SEM DOCUMENTO)  - LOC. PARAISO </t>
         </is>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>42</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>61.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
-          <t>36825</t>
+          <t>36485</t>
         </is>
       </c>
       <c r="B92" s="4" t="inlineStr">
         <is>
-          <t>IMPLEMENTO AGRICOLA. - N/E. - LOC. SANTA ELISA </t>
+          <t>SUCATA DE AQUECEDOR. - S/FR. - LOC. PARAISO </t>
         </is>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>32</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>13.250,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
-          <t>36826</t>
+          <t>36710</t>
         </is>
       </c>
       <c r="B93" s="4" t="inlineStr">
         <is>
-          <t>REBOQUE ZANINI; ANO 1991/1991; BRANCA. - FR10004019. - LOC. SANTA ELISA </t>
+          <t>COLHEDORA JOHN DEERE 3522 2L; ANO 2015. - FR188007. - LOC. GASA</t>
         </is>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
-          <t>36827</t>
+          <t>36712</t>
         </is>
       </c>
       <c r="B94" s="4" t="inlineStr">
         <is>
-          <t>REBOQUE RODOVIARIA SR CN HI; ANO 1994/1994; BRANCA. - FR14004170. - LOC. SANTA ELISA </t>
+          <t>PLANTADORA CANA TMA 2 LINHAS; ANO 2018. - FR57365. - LOC. GASA </t>
         </is>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
-          <t>36828</t>
+          <t>36713</t>
         </is>
       </c>
       <c r="B95" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÃO M.BENZ AXOR. - FR11801233. - LOC. SANTA ELISA </t>
+          <t>MOTOBOMBA OM 447-A; ANO 2008 . - FR88703. - LOC. GASA MODAL</t>
         </is>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>20</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>11.500,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="5" t="inlineStr">
         <is>
-          <t>36829</t>
+          <t>36729</t>
         </is>
       </c>
       <c r="B96" s="4" t="inlineStr">
         <is>
-          <t>REBOQUE ZANINI; ANO 1992/1992; BRANCA. - FR14004120. - LOC. SANTA ELISA </t>
+          <t>REBOQUE RANDON 8,00M ; ANO 2008/2008; AZUL. - FR88676. - LOC. MUNDIAL</t>
         </is>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="5" t="inlineStr">
         <is>
-          <t>36830</t>
+          <t>36730</t>
         </is>
       </c>
       <c r="B97" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO SANTA IZABEL. - FR11003711. - LOC. VALE DO ROSÁRIO </t>
+          <t>REBOQUE RANDON 8,00M; ANO 2008/2008; AZUL. - FR88675 - LOC. MUNDIAL </t>
         </is>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="5" t="inlineStr">
         <is>
-          <t>36831</t>
+          <t>36802</t>
         </is>
       </c>
       <c r="B98" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO SANTA IZABEL. - FR11003709. - LOC. VALE DO ROSÁRIO </t>
+          <t>TRATOR CASE PUMA 200 4X4; ANO 2017. - FR512035. - LOC. LAGOA DA PRATA </t>
         </is>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>27</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>56.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="5" t="inlineStr">
         <is>
-          <t>36832</t>
+          <t>36803</t>
         </is>
       </c>
       <c r="B99" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO SANTA IZABEL. - FR11003193. - LOC. VALE DO ROSÁRIO </t>
+          <t>TRATOR CASE PUMA 200 4X4; ANO 2016. - FR512055. - LOC. LAGOA DA PRATA </t>
         </is>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>12</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>41.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="5" t="inlineStr">
         <is>
-          <t>36833</t>
+          <t>36804</t>
         </is>
       </c>
       <c r="B100" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO SANTA IZABEL. - FR11003688. - LOC. VALE DO ROSÁRIO </t>
+          <t>TRATOR CASE PUMA 200 4X4; ANO 2016. - FR512062. - LOC. LAGOA DA PRATA </t>
         </is>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>26</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>55.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="5" t="inlineStr">
         <is>
-          <t>36834</t>
+          <t>36807</t>
         </is>
       </c>
       <c r="B101" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO SANTA IZABEL. - FR11003682. - LOC. VALE DO ROSÁRIO </t>
+          <t>TRATOR CASE PUMA 200 4X4 - ANO 2016 - FR512054 - LOC. LAGOA DA PRATA</t>
         </is>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>12</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>52.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="5" t="inlineStr">
         <is>
-          <t>36835</t>
+          <t>36808</t>
         </is>
       </c>
       <c r="B102" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO SANTA IZABEL. - FR1100372. - LOC. VALE DO ROSÁRIO </t>
+          <t>TRANSBORDO CIVEMASA TAC 13000 C/3 EIXOS; ANO 2008. - FR9004054. - LOC. LAGOA DA PRATA</t>
         </is>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="5" t="inlineStr">
         <is>
-          <t>36836</t>
+          <t>36812</t>
         </is>
       </c>
       <c r="B103" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO SANTA IZABEL. - FR11003712. - LOC. VALE DO ROSÁRIO </t>
+          <t>TRATOR CASE PUMA 200 4X4; ANO 2016. - FR512046. - LOC. LAGOA DA PRATA </t>
         </is>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>40</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>69.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="5" t="inlineStr">
         <is>
-          <t>36837</t>
+          <t>36813</t>
         </is>
       </c>
       <c r="B104" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO SANTA IZABEL. - FR11003691. - LOC. VALE DO ROSÁRIO </t>
+          <t>TANQUE VERMELHO GASCOM - LOC. LAGOA DA PRATA</t>
         </is>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="5" t="inlineStr">
         <is>
-          <t>36838</t>
+          <t>36816</t>
         </is>
       </c>
       <c r="B105" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO SANTA IZABEL. - FR11003063. - LOC. VALE DO ROSÁRIO </t>
+          <t>GM/S10 24 RONTAN AMB - ANO 2010/2011 - BRANCO - FR13006004 - LOC. MB</t>
         </is>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>18.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="5" t="inlineStr">
         <is>
-          <t>36839</t>
+          <t>36825</t>
         </is>
       </c>
       <c r="B106" s="4" t="inlineStr">
         <is>
-          <t>02 COMPRESSORES. - N/A. - LOC. VALE DO ROSÁRIO </t>
+          <t>IMPLEMENTO AGRICOLA. - N/E. - LOC. SANTA ELISA </t>
         </is>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="5" t="inlineStr">
         <is>
-          <t>36840</t>
+          <t>36828</t>
         </is>
       </c>
       <c r="B107" s="4" t="inlineStr">
         <is>
-          <t>SUCATAS DE BORRACHAS . - N/A. - LOC. VALE DO ROSARIO </t>
+          <t>SUCATA DE CAMINHÃO M.BENZ/AXOR 3344 ; ANO 2020/2020; BRANCA. - (VENDA SEM DOCUMENTO). - FR11801233. - LOC. SANTA ELISA </t>
         </is>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>19</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>66.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="5" t="inlineStr">
         <is>
-          <t>36841</t>
+          <t>36830</t>
         </is>
       </c>
       <c r="B108" s="4" t="inlineStr">
         <is>
-          <t>TRATOR MASSEY FERGUSON. - FR13002010. - LOC. OFICINA M. MARTAN/ RIBEIRÃO PRETO </t>
+          <t>TRANSBORDO S.IZABEL TRIDEM 13T; ANO 2013. - FR11003711. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="inlineStr">
+        <is>
+          <t>36839</t>
+        </is>
+      </c>
+      <c r="B109" s="4" t="inlineStr">
+        <is>
+          <t>02 COMPRESSORES. - N/E. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="inlineStr">
+        <is>
+          <t>36840</t>
+        </is>
+      </c>
+      <c r="B110" s="4" t="inlineStr">
+        <is>
+          <t>LOTE DE BORRACHA DE ESTEIRA - N/E. - LOC. VALE DO ROSARIO </t>
+        </is>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="inlineStr">
+        <is>
+          <t>36842</t>
+        </is>
+      </c>
+      <c r="B111" s="4" t="inlineStr">
+        <is>
+          <t>QUEBRA LOMBO CARDEROLI; ANO 2024. - FR230480. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="inlineStr">
+        <is>
+          <t>36843</t>
+        </is>
+      </c>
+      <c r="B112" s="4" t="inlineStr">
+        <is>
+          <t>COBRIDOR 2 LIN. CIVEMASA; ANO 2019. - FR361224. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="inlineStr">
+        <is>
+          <t>36844</t>
+        </is>
+      </c>
+      <c r="B113" s="4" t="inlineStr">
+        <is>
+          <t>PULVERIZADOR DE INJEÇÃO NO SOLO; ANO 2018. - FR122923. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="inlineStr">
+        <is>
+          <t>36845</t>
+        </is>
+      </c>
+      <c r="B114" s="4" t="inlineStr">
+        <is>
+          <t>PULVERIZADOR HERBICAT. - N/E. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="inlineStr">
+        <is>
+          <t>36846</t>
+        </is>
+      </c>
+      <c r="B115" s="4" t="inlineStr">
+        <is>
+          <t>PULVERIZADOR DE INJEÇÃO NO SOLO; ANO 2018. - FR122922. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="inlineStr">
+        <is>
+          <t>36847</t>
+        </is>
+      </c>
+      <c r="B116" s="4" t="inlineStr">
+        <is>
+          <t>ESPALHADOR DE CALCÁRIO CARDEROLI 600KG. - N/E. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="inlineStr">
+        <is>
+          <t>36848</t>
+        </is>
+      </c>
+      <c r="B117" s="4" t="inlineStr">
+        <is>
+          <t>GRADE NIVELADORA; ANO 2006 . - FR84830. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="inlineStr">
+        <is>
+          <t>36849</t>
+        </is>
+      </c>
+      <c r="B118" s="4" t="inlineStr">
+        <is>
+          <t>SULCADOR 3 LIN.DMB; ANO 2008. - FR88820. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="inlineStr">
+        <is>
+          <t>36850</t>
+        </is>
+      </c>
+      <c r="B119" s="4" t="inlineStr">
+        <is>
+          <t>DESENLEIRADOR DE PALHA CARDEROLI; ANO 2014. - FR84683. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="inlineStr">
+        <is>
+          <t>36851</t>
+        </is>
+      </c>
+      <c r="B120" s="4" t="inlineStr">
+        <is>
+          <t>DESENLEIRADOR DE PALHA CARDEROLI; ANO 2014. - FR84688. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="inlineStr">
+        <is>
+          <t>36852</t>
+        </is>
+      </c>
+      <c r="B121" s="4" t="inlineStr">
+        <is>
+          <t>HIDRATADOR DE CAL. - N/E. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="inlineStr">
+        <is>
+          <t>36853</t>
+        </is>
+      </c>
+      <c r="B122" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO MEGATEC 10.500T.; ANO 2012. - FR4445190. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="inlineStr">
+        <is>
+          <t>36854</t>
+        </is>
+      </c>
+      <c r="B123" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO MEGATEC 10.500T; ANO 2012. - FR4445177. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="inlineStr">
+        <is>
+          <t>36855</t>
+        </is>
+      </c>
+      <c r="B124" s="4" t="inlineStr">
+        <is>
+          <t>PEÇAS DE REPOSIÇÃO COMBOIO. - N/A. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="inlineStr">
+        <is>
+          <t>36856</t>
+        </is>
+      </c>
+      <c r="B125" s="4" t="inlineStr">
+        <is>
+          <t>CULTIVADOR DIST. ADUBO DMB 2L; ANO 2009. - FR122297. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="inlineStr">
+        <is>
+          <t>36857</t>
+        </is>
+      </c>
+      <c r="B126" s="4" t="inlineStr">
+        <is>
+          <t>CULTIVADOR 2L CARDERROLI; ANO 2014. - FR84935. - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="inlineStr">
+        <is>
+          <t>36858</t>
+        </is>
+      </c>
+      <c r="B127" s="4" t="inlineStr">
+        <is>
+          <t>COLHEDORA JOHN DEERE 3522 2L; ANO 2014. - FR173213. - LOC. BENALCOOL </t>
+        </is>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="inlineStr">
+        <is>
+          <t>36859</t>
+        </is>
+      </c>
+      <c r="B128" s="4" t="inlineStr">
+        <is>
+          <t>COLHEDORA JOHN DEERE CH670 2L; ANO 2016. - FR81748. - LOC. BENALCOOL</t>
+        </is>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>47.000,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="inlineStr">
+        <is>
+          <t>36860</t>
+        </is>
+      </c>
+      <c r="B129" s="4" t="inlineStr">
+        <is>
+          <t>08 RODAS CAMINHÃO. - N/A. - LOC. BENALCOOL </t>
+        </is>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="inlineStr">
+        <is>
+          <t>36862</t>
+        </is>
+      </c>
+      <c r="B130" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO VW/15.190  WORKER; ANO 2014/2014; BRANCA. - FR173143/ 173885. - LOC. BENALCOOL </t>
+        </is>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>88</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>139.000,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="inlineStr">
+        <is>
+          <t>36863</t>
+        </is>
+      </c>
+      <c r="B131" s="4" t="inlineStr">
+        <is>
+          <t>4 TRANSFORMADORES 380V - 03 DISJUNTOR DE MEDIA SACE E1B 12 - APROX. 10 CONTATOR ELETRICO DIVERSOS . - LOC. BENALCOOL</t>
+        </is>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>8.250,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="inlineStr">
+        <is>
+          <t>36864</t>
+        </is>
+      </c>
+      <c r="B132" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE TECTRAN 8,20M; ANO 1996; (HIDRO ROLL MANGUEIRA NÃO ESTÁ INCLUSA). - FR91104/FR173565. -  LOC. BENALCOOL </t>
+        </is>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="inlineStr">
+        <is>
+          <t>36870</t>
+        </is>
+      </c>
+      <c r="B133" s="4" t="inlineStr">
+        <is>
+          <t>SEMI REBOQUE TECTRAN SRCM F2; ANO 1994/1994; AZUL; (TRANSBORDO). - FR96065. - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="inlineStr">
+        <is>
+          <t>36871</t>
+        </is>
+      </c>
+      <c r="B134" s="4" t="inlineStr">
+        <is>
+          <t>COLHEDORA JOHN DEERE 3522 2L; ANO 2013. - FR4002008. - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="inlineStr">
+        <is>
+          <t>36872</t>
+        </is>
+      </c>
+      <c r="B135" s="4" t="inlineStr">
+        <is>
+          <t>CONJ. 3 SUCATAS DE COLHEDORAS - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="inlineStr">
+        <is>
+          <t>36873</t>
+        </is>
+      </c>
+      <c r="B136" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO S.IZABEL TCS 12T;  ANO 2010 - FR68029. - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="inlineStr">
+        <is>
+          <t>36874</t>
+        </is>
+      </c>
+      <c r="B137" s="4" t="inlineStr">
+        <is>
+          <t>HIDRO ROLL METALMAG; ANO 2008. - FR164838 - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="inlineStr">
+        <is>
+          <t>36875</t>
+        </is>
+      </c>
+      <c r="B138" s="4" t="inlineStr">
+        <is>
+          <t>HIDRO ROLL METALMAG; ANO 2008. - FR164834 - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="inlineStr">
+        <is>
+          <t>36876</t>
+        </is>
+      </c>
+      <c r="B139" s="4" t="inlineStr">
+        <is>
+          <t>HIDRO ROLL MATALMAG; ANO 2008. - FR164836 - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="inlineStr">
+        <is>
+          <t>36877</t>
+        </is>
+      </c>
+      <c r="B140" s="4" t="inlineStr">
+        <is>
+          <t>HIDRO ROLL METALMAG; ANO 2008. - FR164814 - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="inlineStr">
+        <is>
+          <t>36878</t>
+        </is>
+      </c>
+      <c r="B141" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO CIVEMASA TRIDEM 13T; ANO 2016. - FR4445260. - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="inlineStr">
+        <is>
+          <t>36879</t>
+        </is>
+      </c>
+      <c r="B142" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO CIVEMASA 12000KG 4700X3600MM; ANO 2016 - FR4445259 - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="inlineStr">
+        <is>
+          <t>36880</t>
+        </is>
+      </c>
+      <c r="B143" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO S. IZABEL TCS 12T. - ANO 2010. - FR164322. - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="inlineStr">
+        <is>
+          <t>36881</t>
+        </is>
+      </c>
+      <c r="B144" s="4" t="inlineStr">
+        <is>
+          <t>DOLLY USICAMP - ANO 2009 - FR164794. - AMARELO - (VENDA SEM DOCUMENTO) - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="inlineStr">
+        <is>
+          <t>36882</t>
+        </is>
+      </c>
+      <c r="B145" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR CASE MX 260 MAGNUM 4X4; ANO 2014. - FR163506 - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>67.500,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="inlineStr">
+        <is>
+          <t>36884</t>
+        </is>
+      </c>
+      <c r="B146" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 60 RODAS - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="inlineStr">
+        <is>
+          <t>36885</t>
+        </is>
+      </c>
+      <c r="B147" s="4" t="inlineStr">
+        <is>
+          <t>CARRETA ABRIGO OPERADORES; (REBOQUE FEDERAL LG) - ANO 2013/2013; CINZA. - FR164395. - LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="inlineStr">
+        <is>
+          <t>36889</t>
+        </is>
+      </c>
+      <c r="B148" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 160 PALLETES - MADEIRA SUCATEADO; ( VENDA POR UNIDADE) -  LOC. JATAÍ</t>
+        </is>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="inlineStr">
+        <is>
+          <t>37100</t>
+        </is>
+      </c>
+      <c r="B149" s="4" t="inlineStr">
+        <is>
+          <t>SEMI REBOQUE C/ 2 EIXOS MCA RANDON; ANO 2007/2007; AZUL, - FR4697. - LOC. LAGOA DA PRATA </t>
+        </is>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="inlineStr">
+        <is>
+          <t>37113</t>
+        </is>
+      </c>
+      <c r="B150" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO CIVEMASA TAC 10500 C/2 EIXOS; ANO 2009. - FR1003005. - LOC. LAGOA DA PRATA </t>
+        </is>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="inlineStr">
+        <is>
+          <t>37114</t>
+        </is>
+      </c>
+      <c r="B151" s="4" t="inlineStr">
+        <is>
+          <t>PLANTADORA DMB; ANO 2013. - FR8003195. - LOC. LAGOA DA PRATA </t>
+        </is>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="inlineStr">
+        <is>
+          <t>37115</t>
+        </is>
+      </c>
+      <c r="B152" s="4" t="inlineStr">
+        <is>
+          <t>PLANTADORA DMB; ANO 2013. - FR8003196. - LOC. LAGOA DA PRATA </t>
+        </is>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="inlineStr">
+        <is>
+          <t>37116</t>
+        </is>
+      </c>
+      <c r="B153" s="4" t="inlineStr">
+        <is>
+          <t>PLANTADORA DMB. - FR8003194. - LOC. LAGOA DA PRATA </t>
+        </is>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>