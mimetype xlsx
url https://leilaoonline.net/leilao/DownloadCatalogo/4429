--- v0 (2026-02-04)
+++ v1 (2026-03-13)
@@ -207,51 +207,51 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Leilão</t>
         </is>
       </c>
       <c r="B6" s="4" t="inlineStr">
         <is>
           <t>Terreno Interior SP - Predio em Diadema SP com 16 kitnets</t>
         </is>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
-          <t>19/02/2026 15:00</t>
+          <t>20/02/2026 15:00</t>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Leiloeiro</t>
         </is>
       </c>
       <c r="B8" s="4" t="inlineStr">
         <is>
           <t>Ricardo Miranda de Souza</t>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1"/>
@@ -281,83 +281,83 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>Prédio em construção com 5 pavimentos Diadema/SP.</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>400.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>Terreno com 300m² - Bofete - SP</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>