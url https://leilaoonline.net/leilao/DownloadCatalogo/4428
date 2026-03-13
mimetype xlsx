--- v0 (2026-02-04)
+++ v1 (2026-03-13)
@@ -142,51 +142,51 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F83"/>
+  <dimension ref="A1:F84"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
@@ -281,2368 +281,2400 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1003</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>LANCHA FOCKER 222; ANO 2005; MOTOR YAMAHA 200HP 2 TEMPOS; CARRETA DE ENCALHE</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>13</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>78.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>1005</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>TRATOR NEW HOLLAND 5630; COMANDO DUPLO; CABINE AGRO LEITE; PESO NAS RODAS TRASEIRAS; DUAL POWER - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>7</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>53.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>1250.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>1006</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>TRATOR 8 BR; SEM PLAQUETA DE IDENT.</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>6</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>7.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>1007</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>ADUBADEIRA AGRÍCOLA JACTO TELLUS 10000 NPK C/ GPS; ANO 2021</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>1008</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! RESTROESCAVADEIRA CASE 580H; ANO 1990; COR AMARELO; COMB. DIESEL - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>8</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>35.000,00</t>
+          <t>43.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>1016</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO PIPA M. BENZ/LK 1513; 1980/1980; COR AMARELA; COMB. DIESEL; C/ 2 EIXOS - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>1020</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>FORD/JEEP; 1973/1973; COR VERDE; COMB. GASOLINA</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>7.000,00</t>
+          <t>8.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>1035</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 11 BORRACHAS DE DIVERSAS APLICAÇÕES DE APROX. 25M E 01 GAXETA GRAFITADA DE 5/8</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>2002</t>
+          <t>1630</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t>MOTONIVELADORA PATROL; MARCA CATERPILLAR; MODELO 120 B - FUNCIONANDO</t>
+          <t>veja o vídeo!! LOTE C/ 3 PNEUS AGRÍCOLAS - MAIS INFORMAÇÕES ESTÃO NAS ESPECIFICAÇÕES DO LOTE</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>45.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>1250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>2004</t>
+          <t>2002</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
-          <t>VIBRO ACABADORA DE ASFALTO; MARCA BARBER GREENE; À DIESEL - FUNCIONANDO, HIDRÁULICOS PARA TRANSPORTE</t>
+          <t>MOTONIVELADORA PATROL; MARCA CATERPILLAR; MODELO 120 B - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>2005</t>
+          <t>2004</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
-          <t>CAÇAMBA DO CAMINHÃO TOCO BASCULANTE </t>
+          <t>VIBRO ACABADORA DE ASFALTO; MARCA BARBER GREENE; À DIESEL - FUNCIONANDO, HIDRÁULICOS PARA TRANSPORTE</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>45.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>2007</t>
+          <t>2005</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM APROX. 61 BARRAS DE PVC 150 E APROX. 4 BARRAS 200; MARCA PEVESUL</t>
+          <t>CAÇAMBA DO CAMINHÃO TOCO BASCULANTE </t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>7.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>2008</t>
+          <t>2007</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t>02 SPRED - DISTRIBUIDOR DE AGREGADOS; MARCA CMV</t>
+          <t>LOTE COM APROX. 61 BARRAS DE PVC 150 E APROX. 4 BARRAS 200; MARCA PEVESUL</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>7.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>2009</t>
+          <t>2008</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
-          <t>MOTOR CAMINHÃO CHEVROLET; MARCA PERKINS; MODELO 6357; Á DIESEL; 6 CILINDROS</t>
+          <t>02 SPRED - DISTRIBUIDOR DE AGREGADOS; MARCA CMV</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>2010</t>
+          <t>2009</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM APROX. 44 PNEUS DE VÁRIAS MEDIDAS, APROX. 50 PEÇAS DE PROTETORES E CÂMARA DE AR - USADOS</t>
+          <t>MOTOR CAMINHÃO CHEVROLET; MARCA PERKINS; MODELO 6357; Á DIESEL; 6 CILINDROS</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>2011</t>
+          <t>2010</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM 13 FEIXES DE MOLAS DE CAMINHÃO - DIVERSOS MODELOS</t>
+          <t>LOTE COM APROX. 44 PNEUS DE VÁRIAS MEDIDAS, APROX. 50 PEÇAS DE PROTETORES E CÂMARA DE AR - USADOS</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>2012</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM MOTORES ELÉTRICOS HP DIVERSOS</t>
+          <t>LOTE COM 13 FEIXES DE MOLAS DE CAMINHÃO - DIVERSOS MODELOS</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2012</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM 04 UNIDADES DE BOMBAS D'ÁGUA - DIVERSOS MODELOS</t>
+          <t>LOTE COM MOTORES ELÉTRICOS HP DIVERSOS</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>3.500,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>2014</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM 11 UNIDADES DE PONTA DE EIXO - CAMINHÃO</t>
+          <t>LOTE COM 04 UNIDADES DE BOMBAS D'ÁGUA - DIVERSOS MODELOS</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2014</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM PEÇAS DIVERSAS</t>
+          <t>LOTE COM 11 UNIDADES DE PONTA DE EIXO - CAMINHÃO</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM 14 BOMBAS HIDRÁULICAS E 03 VÁLVULAS - NOVAS - DIVERSOS MODELOS E APLICAÇÕES</t>
+          <t>LOTE COM PEÇAS DIVERSAS</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>4.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM 6 UNIDADES DE CAIXA SECA - MOTORES DIVERSOS</t>
+          <t>LOTE COM 14 BOMBAS HIDRÁULICAS E 03 VÁLVULAS - NOVAS - DIVERSOS MODELOS E APLICAÇÕES</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM CAIXAS DE CÂMBIO CLARK</t>
+          <t>LOTE COM 6 UNIDADES DE CAIXA SECA - MOTORES DIVERSOS</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
-          <t>4.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM 5 UNIDADES DE CARCAÇAS DE CÂMBIO CLARK</t>
+          <t>LOTE COM CAIXAS DE CÂMBIO CLARK</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM RADIADORES DIVERSOS USADOS</t>
+          <t>LOTE COM 5 UNIDADES DE CARCAÇAS DE CÂMBIO CLARK</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM PEÇAS USADAS VIBRO ACABADORA BARBER</t>
+          <t>LOTE COM RADIADORES DIVERSOS USADOS</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>4.500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM 14 PEÇAS DIVERSAS - ESCAVADEIRA CATERPILLAR - ARTICULAÇÃO</t>
+          <t>LOTE COM PEÇAS USADAS VIBRO ACABADORA BARBER</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>4.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM PEÇAS DIVERSAS DE PÁ CARREGADEIRA 930</t>
+          <t>LOTE COM 14 PEÇAS DIVERSAS - ESCAVADEIRA CATERPILLAR - ARTICULAÇÃO</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>4.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
-          <t>LOTE DE PEÇAS DIVERSAS DE ESCAVADEIRA</t>
+          <t>LOTE COM PEÇAS DIVERSAS DE PÁ CARREGADEIRA 930</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM PEÇAS DIVERSAS DE MOTONIVELADORA</t>
+          <t>LOTE DE PEÇAS DIVERSAS DE ESCAVADEIRA</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>6.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>2026</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM PEÇAS DIVERSAS - CAMINHÃO E MÁQUINA</t>
+          <t>LOTE COM PEÇAS DIVERSAS DE MOTONIVELADORA</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>6.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>2027</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM PEÇAS ELÉTRICAS DE CARRO E CAMINHÃO</t>
+          <t>LOTE COM PEÇAS DIVERSAS - CAMINHÃO E MÁQUINA</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>5.500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>2028</t>
+          <t>2027</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
-          <t>ROLO DE PNEU; MARCA TEMA TERRA; MODELO TEMA SP8000; ANO 1980 - FUNCIONANDO</t>
+          <t>LOTE COM PEÇAS ELÉTRICAS DE CARRO E CAMINHÃO</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>5.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
-          <t>1250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>2029</t>
+          <t>2028</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM PEÇAS HIDRÁULICAS PARA CAMINHÕES</t>
+          <t>ROLO DE PNEU; MARCA TEMA TERRA; MODELO TEMA SP8000; ANO 1980 - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>40.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>2030</t>
+          <t>2029</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM 01 UNIDADE SILENCIOSO MOTOR ESCAVADEIRA 320D</t>
+          <t>LOTE COM PEÇAS HIDRÁULICAS PARA CAMINHÕES</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>2031</t>
+          <t>2030</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t>MÁQUINA DE SOLDA MODELO LHE 425</t>
+          <t>LOTE COM 01 UNIDADE SILENCIOSO MOTOR ESCAVADEIRA 320D</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>2032</t>
+          <t>2031</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t>MÁQUINA DE SOLDA MODELO PICCOLO</t>
+          <t>MÁQUINA DE SOLDA MODELO LHE 425</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>2033</t>
+          <t>2032</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM RODAS DIVERSAS DE MÁQUINAS E CAMINHÕES</t>
+          <t>MÁQUINA DE SOLDA MODELO PICCOLO</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>2034</t>
+          <t>2033</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
-          <t>TEODOLITO ANTIGO</t>
+          <t>LOTE COM RODAS DIVERSAS DE MÁQUINAS E CAMINHÕES</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>2035</t>
+          <t>2034</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM 05 UNIDADES DE TURBINAS; MOTOR DE MERCEDES BENZ - COM AVARIAS</t>
+          <t>TEODOLITO ANTIGO</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>2036</t>
+          <t>2035</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM DIVERSAS CONEXÕES DE FERRO FUNDIDO E HIDRANTES</t>
+          <t>LOTE COM 05 UNIDADES DE TURBINAS; MOTOR DE MERCEDES BENZ - COM AVARIAS</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>5.500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>2037</t>
+          <t>2036</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM DIVERSAS CONEXÕES DE PVC</t>
+          <t>LOTE COM DIVERSAS CONEXÕES DE FERRO FUNDIDO E HIDRANTES</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>5.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>2038</t>
+          <t>2037</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM 10 UNIDADES DE CANOS DE DIVERSAS MEDIDAS E MODELOS DA PÁ CARREGADEIRA E ESCAVADEIRA</t>
+          <t>LOTE COM DIVERSAS CONEXÕES DE PVC</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>2039</t>
+          <t>2038</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
-          <t>CONJUNTO DE BANCADAS DE AUTO ELÉTRICO PARA TESTE DE MOTOR DE PARTIDA E ALTERNADOR</t>
+          <t>LOTE COM 10 UNIDADES DE CANOS DE DIVERSAS MEDIDAS E MODELOS DA PÁ CARREGADEIRA E ESCAVADEIRA</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>2040</t>
+          <t>2039</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM 03 UNIDADES DE DENTE DA ESCAVADEIRA 01 DE RETRO ESCAVADEIRA E 01 DE PATROL</t>
+          <t>CONJUNTO DE BANCADAS DE AUTO ELÉTRICO PARA TESTE DE MOTOR DE PARTIDA E ALTERNADOR</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>2041</t>
+          <t>2040</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM 12 UNIDADES DE EIXO CARDAN, PONTA DE CARDAN E FLANGE</t>
+          <t>LOTE COM 03 UNIDADES DE DENTE DA ESCAVADEIRA 01 DE RETRO ESCAVADEIRA E 01 DE PATROL</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>2042</t>
+          <t>2041</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM 07 UNIDADES DE EIXOS E VIRABREQUIM DE DIVERSOS MODELOS E 01 UNIDADE DE EIXO COMANDO MOTOR MERCEDES</t>
+          <t>LOTE COM 12 UNIDADES DE EIXO CARDAN, PONTA DE CARDAN E FLANGE</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
-          <t>5.500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>2043</t>
+          <t>2042</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM FORMA DE GUIA E SARGETAS PARA MÁQUINA EXTRUSORA</t>
+          <t>LOTE COM 07 UNIDADES DE EIXOS E VIRABREQUIM DE DIVERSOS MODELOS E 01 UNIDADE DE EIXO COMANDO MOTOR MERCEDES</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
-          <t>6.000,00</t>
+          <t>5.500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>2044</t>
+          <t>2043</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM 34 UNIDADES DE FILTROS HIDRÁULICOS, FILTROS DIESEL, FILTRO LUBRIFICANTE E FILTRO DE AR</t>
+          <t>LOTE COM FORMA DE GUIA E SARGETAS PARA MÁQUINA EXTRUSORA</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>6.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>2045</t>
+          <t>2044</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM 60 UNIDADES LONAS DE FREIOS DIVERSOS MODELO E 09 UNIDADES DE  PATINHO DE FREIO</t>
+          <t>LOTE COM 34 UNIDADES DE FILTROS HIDRÁULICOS, FILTROS DIESEL, FILTRO LUBRIFICANTE E FILTRO DE AR</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>2046</t>
+          <t>2045</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM 01 CAIXA DE FILTRO DE AR DO CAMINHÃO VOLVO 360</t>
+          <t>LOTE COM 60 UNIDADES LONAS DE FREIOS DIVERSOS MODELO E 09 UNIDADES DE  PATINHO DE FREIO</t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>2047</t>
+          <t>2046</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM DIVERSOS TAMANHOS DE MANGUEIRAS E CANOS</t>
+          <t>LOTE COM 01 CAIXA DE FILTRO DE AR DO CAMINHÃO VOLVO 360</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>2049</t>
+          <t>2047</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
-          <t>REGISTRO DE ÁGUA PARA REDE</t>
+          <t>LOTE COM DIVERSOS TAMANHOS DE MANGUEIRAS E CANOS</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>2050</t>
+          <t>2049</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM 4 ÁRMARIOS DE AÇO PARA ARQUIVO</t>
+          <t>REGISTRO DE ÁGUA PARA REDE</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>2051</t>
+          <t>2050</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM DIVERSOS MODELOS E MEDIDAS DE CABOS DE AÇO</t>
+          <t>LOTE COM 4 ÁRMARIOS DE AÇO PARA ARQUIVO</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>2052</t>
+          <t>2051</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM MATERIAIS E PEÇAS DIVERSAS</t>
+          <t>LOTE COM DIVERSOS MODELOS E MEDIDAS DE CABOS DE AÇO</t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>2053</t>
+          <t>2052</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
-          <t>SUCATA DE EQUIPAMENTO ELETRÔNICO</t>
+          <t>LOTE COM MATERIAIS E PEÇAS DIVERSAS</t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>2054</t>
+          <t>2053</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM SUPORTE PARA EXTINTORES</t>
+          <t>SUCATA DE EQUIPAMENTO ELETRÔNICO</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>2055</t>
+          <t>2054</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM BELICHES DE FERRO PARA ALOJAMENTO</t>
+          <t>LOTE COM SUPORTE PARA EXTINTORES</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>2056</t>
+          <t>2055</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM 05 UNIDADES DE CAIXA DE FERRAMENTAS - USADAS</t>
+          <t>LOTE COM BELICHES DE FERRO PARA ALOJAMENTO</t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>2057</t>
+          <t>2056</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
-          <t> LOTE COM 03 DIFERENCIAIS THINKING - COMPLETO</t>
+          <t>LOTE COM 05 UNIDADES DE CAIXA DE FERRAMENTAS - USADAS</t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>2058</t>
+          <t>2057</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
-          <t>LOTE COM 01 DIFERENCIAL THINKING - PARCIAL</t>
+          <t> LOTE COM 03 DIFERENCIAIS THINKING - COMPLETO</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>2059</t>
+          <t>2058</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
-          <t>CARCAÇA DE DIFERENCIAL THIKING</t>
+          <t>LOTE COM 01 DIFERENCIAL THINKING - PARCIAL</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
-          <t>2060</t>
+          <t>2059</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
-          <t> DIFERENCIAL ROCKWELL; CAMINHÃO 3/4 - COMPLETO</t>
+          <t>CARCAÇA DE DIFERENCIAL THIKING</t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
-          <t>2061</t>
+          <t>2060</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
-          <t>DIFERENCIAL ROCKWELL; CAMINHÃO 3/4; MODELO RS 220 - PARCIAL</t>
+          <t> DIFERENCIAL ROCKWELL; CAMINHÃO 3/4 - COMPLETO</t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
-          <t>2062</t>
+          <t>2061</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
-          <t>KIT DE PROTEÇÃO DA ESCAVADEIRA </t>
+          <t>DIFERENCIAL ROCKWELL; CAMINHÃO 3/4; MODELO RS 220 - PARCIAL</t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
-          <t>2063</t>
+          <t>2062</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
-          <t>PARALAMA TRASEIRO DO LADO ESQUERDO - SCANIA HS 111</t>
+          <t>KIT DE PROTEÇÃO DA ESCAVADEIRA </t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
-          <t>2064</t>
+          <t>2063</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
-          <t>CAPOTA DE FIBRA DE VIDRO COM 03 PORTAS; COR BRANCO - SAVEIRO GIV</t>
+          <t>PARALAMA TRASEIRO DO LADO ESQUERDO - SCANIA HS 111</t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
-          <t>2065</t>
+          <t>2064</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
-          <t>PEÇAS DE CHEVROLET - INFORMAÇÕES NO "DESCRITIVO DE ITENS" ABAIXO</t>
+          <t>CAPOTA DE FIBRA DE VIDRO COM 03 PORTAS; COR BRANCO - SAVEIRO GIV</t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
-          <t>2066</t>
+          <t>2065</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
-          <t>PEÇAS DE VOLVO VM 260 - INFORMAÇÕES NO "DESCRITIVO DE ITENS" ABAIXO</t>
+          <t>PEÇAS DE CHEVROLET - INFORMAÇÕES NO "DESCRITIVO DE ITENS" ABAIXO</t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
-          <t>2067</t>
+          <t>2066</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
-          <t> PEÇAS DE FORD DE F600; F11000; 3040 - INFORMAÇÕES NO "DESCRITIVO DE ITENS" ABAIXO</t>
+          <t>PEÇAS DE VOLVO VM 260 - INFORMAÇÕES NO "DESCRITIVO DE ITENS" ABAIXO</t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
-          <t>6.500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
-          <t>2068</t>
+          <t>2067</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
-          <t> PEÇAS DE MERCEDES 1313 - INFORMAÇÕES NO "DESCRITIVO DE ITENS" ABAIXO</t>
+          <t> PEÇAS DE FORD DE F600; F11000; 3040 - INFORMAÇÕES NO "DESCRITIVO DE ITENS" ABAIXO</t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
+          <t>2068</t>
+        </is>
+      </c>
+      <c r="B83" s="4" t="inlineStr">
+        <is>
+          <t> PEÇAS DE MERCEDES 1313 - INFORMAÇÕES NO "DESCRITIVO DE ITENS" ABAIXO</t>
+        </is>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="inlineStr">
+        <is>
           <t>2069</t>
         </is>
       </c>
-      <c r="B83" s="4" t="inlineStr">
+      <c r="B84" s="4" t="inlineStr">
         <is>
           <t>PEÇAS DE MERCEDES 608 - INFORMAÇÕES NO "DESCRITIVO DE ITENS" ABAIXO</t>
         </is>
       </c>
-      <c r="C83" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E83" s="5" t="inlineStr">
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
-      <c r="F83" s="4" t="inlineStr">
+      <c r="F84" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>