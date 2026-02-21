--- v0 (2026-01-27)
+++ v1 (2026-02-21)
@@ -276,760 +276,760 @@
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1800</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
-          <t> RETROESCAVADEIRA CATERPILLAR MOD.416E ANO 2012</t>
+          <t> RETROESCAVADEIRA CATERPILLAR MOD.416E SERIE JMFG02983  ANO 2012</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>129.000,00</t>
+          <t>130.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>1801</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> PÁ CARREGADEIRA VOLVO MOD. L120F ANO 2015 ( FUNCIONANDO)</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>1802</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
-          <t>TRATOR MASSEY FERGUSSON  MOD. MF65X ANO 1973 - TURBINADO</t>
+          <t>TRATOR MASSEY FERGUSSON  MOD. MF55X ANO 1973 - TURBINADO</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Lote retirado</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>1803</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>TRATOR MASSEY FERGUSSON  MOD. MF65X ANO 1973 - PNEUS NOVOS</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>1804</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>TRATOR MASSEY FERGUSSON  MOD. MF55X ANO 1969 </t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>1805</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>SEMI REBOQUE/ FRUEHAUF /BAÚ ANO 1979 - 02 EIXOS  12,70 MTS.</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>1900</t>
+          <t>1806</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t>SEMI-REBOQUE/RANDON ANO 1986/1986 - 3 EIXOS ( no estado)</t>
+          <t>PRANCHA - REB/RANDON SR ANO 1988/1988 -  3 EIXOS</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>17.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>1901</t>
+          <t>1900</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t>TRATOR ESTEIRA CATERPILLAR MOD. D5M ANO 1998 - TRANSMISSÃO DESMONTADO / SEM PISTÕES DA LÂMINA - NO ESTADO</t>
+          <t>SEMI-REBOQUE/RANDON ANO 1986/1986 - 3 EIXOS ( no estado)</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>75.000,00</t>
+          <t>25.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>1902</t>
+          <t>1901</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t>ESCAVADEIRA  KOMATSU MOD.PC300 SERIE 7  ANO 2006  </t>
+          <t>TRATOR ESTEIRA CATERPILLAR MOD. D5M ANO 1998 - TRANSMISSÃO DESMONTADO / SEM PISTÕES DA LÂMINA - NO ESTADO</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>125.000,00</t>
+          <t>75.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>1903</t>
+          <t>1902</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
-          <t>PÁ CARREGADERIA  KOMATSU MOD. WA 200  SERIE 5 - ANO 2009 - FUNCIONANDO</t>
+          <t>ESCAVADEIRA  KOMATSU MOD.PC300 SERIE 7  ANO 2006  </t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>1904</t>
+          <t>1903</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
-          <t> MOTONIVELADORA CATERPILLAR MOD. 120H - ANO 2008- COM RIPPER TRASEIRO - FUNCIONANDO</t>
+          <t>PÁ CARREGADERIA  KOMATSU MOD. WA 200  SERIE 5 - ANO 2009 - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>250.000,00</t>
+          <t>125.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>1905</t>
+          <t>1904</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
-          <t>MOTONIVELADORA CATERPILAR MOD. 120B SERIE 32C ANO 1984  - FUNCIONANDO - serie 32C1026</t>
+          <t> MOTONIVELADORA CATERPILLAR MOD. 120H - ANO 2008- COM RIPPER TRASEIRO - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>65.000,00</t>
+          <t>250.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>1906</t>
+          <t>1905</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t> TRATOR MASSEY FERGUSSON MOD. 265 ANOD 1986 - DIREÇÃO HIDRÁUICA</t>
+          <t>MOTONIVELADORA CATERPILAR MOD.120B SERIE 32C01026 ANO 1984  - FUNCIONANDO </t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>65.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>1907</t>
+          <t>1906</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
-          <t>RETROESCAVADEIRA CASE MOD. 580N ANO 2020 </t>
+          <t> TRATOR MASSEY FERGUSSON MOD. 265 ANOD 1986 - DIREÇÃO HIDRÁULICA</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Lote retirado</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>240.000,00</t>
+          <t>40.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>1908</t>
+          <t>1907</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t> PRANCHA RANDON 3 EIXOS ANO 2008/2009</t>
+          <t>RETROESCAVADEIRA CASE MOD. 580N ANO 2020 </t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>95.000,00</t>
+          <t>240.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>1910</t>
+          <t>1908</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t>[ VÍDEO ] MINIESCAVADEIRA YANMAR MOD. SV08 ANO 2013 - FUNCIONANDO</t>
+          <t> PRANCHA RANDON 3 EIXOS ANO 2008/2009</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>45.000,00</t>
+          <t>95.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>1911</t>
+          <t>1910</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
-          <t> MOTONIVELADORA CATERPILLAR MOD. 120H ANO 2005</t>
+          <t>[ VÍDEO ] MINIESCAVADEIRA YANMAR MOD. SV08-1A SERIE 15532B  ANO 2011 - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>190.000,00</t>
+          <t>45.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>2001</t>
+          <t>1911</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t>TRATOR MAXION  MOD. 3000 4x4 EMPILHADEIRA ANO 2011</t>
+          <t> MOTONIVELADORA CATERPILLAR MOD. 120H ANO 2005</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>75.000,00</t>
+          <t>190.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>2010</t>
+          <t>2001</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t>TRATOR MASSEY FERGUSON  MOD. 265 ANO 1994  - DIREÇÃO HIDRÁULICA -  RODEIRO ARO 30 </t>
+          <t>TRATOR MAXION  MOD. 3000 4x4 EMPILHADEIRA ANO 2011</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>45.000,00</t>
+          <t>75.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>2011</t>
+          <t>2010</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
-          <t>SEMIREBOQUE SR/RANDON SR BA - 3 EIXOS ANO 2000/2001 ( CAÇAMBA) </t>
+          <t>TRATOR MASSEY FERGUSON  MOD. 265 SERIE 2151065862   - DIREÇÃO HIDRÁULICA -  RODEIRO ARO 30 </t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>35.000,00</t>
+          <t>45.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
-          <t> CARROCERIA MALHAL FERRO FUNDO CHAPEADO 6,00 X 2,40</t>
+          <t>SEMIREBOQUE SR/RANDON SR BA - 3 EIXOS ANO 2000/2001 ( CAÇAMBA) </t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>35.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>2046</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t> EQUIPAMENTO LIMPEZA DE BOCA DE LOBO - ASPIRA E EMPURRA - NO ESTADO</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>2061</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t>CALCAREADEIRA SPANDER </t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>