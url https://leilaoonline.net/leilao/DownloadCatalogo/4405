--- v0 (2026-01-27)
+++ v1 (2026-02-21)
@@ -281,819 +281,819 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>PAINEL; MEDIDAS: 2M DE ALTURA X 3.95M DE COMPRIMENTO X 31CM DE PROFUNDIDADE</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>PORTA DE VIDRO; MEDIDAS: 3,55M X 2.20M - DESMONTADO</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>LOTE C/ 4 ARMÁRIOS </t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 13 PALETES</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>30,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>ENGATE</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>ENGATE</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>ENGATE</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>ENGATE</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>ENGATE</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>JOGO DE BANCOS HONDA FIT</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t>BANCOS DIANTEIROS DE KOMBI</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t>BANCOS DIANTEIROS DE HONDA CITY</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t>GERADOR</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t>RODA DE S10 ARO 16</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t>JOGO DE RODA C/ PNEUS DE S10; MARCA MONACO; MEDIDAS: 205/70R1594P</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t>JOGO DE 05 RODAS DE FERRO COM PNEUS ARO 13</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t>JOGO DE 05 RODAS DE FERRO ARO 14; DUAS RODAS COM PNEUS</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t>JOGO DE RODAS DE FERRO COM PNEUS 205/70 ARO 15</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t>JOGO DE RODAS DE FERRO COM ARO 15 MAIS 02 RODAS DE FERRO MEDIDAS DIVERSAS</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t>CONVERSOR DE TORQUE CÂMBIO AUTOMÁTICO FIAT TORO 1.8 FLEX 2020</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t>MOTOR PARCIAL ETIOS - COM NUMERAÇÃO</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t>CAIXA CÂMBIO AUTOMÁTICO SEM MIOLO - FIAT TORO 1.8 FLEX 2020</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t>BLOCO DE MOTOR DUCATO DIESEL - COM NUMERAÇÃO</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 2 CALHAS DE COZINHA EM INÓX</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 2 CILINDROS DE GÁS GNV E OUTROS</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>