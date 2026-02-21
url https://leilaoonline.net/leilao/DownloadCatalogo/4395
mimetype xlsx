--- v0 (2026-01-27)
+++ v1 (2026-02-21)
@@ -761,51 +761,51 @@
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! CAMINHÃO GM/CHEVROLET C40; ANO 1990; COR BRANCA; COMB. DIESEL - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>77</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">