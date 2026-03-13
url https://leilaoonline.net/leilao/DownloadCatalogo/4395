--- v1 (2026-02-21)
+++ v2 (2026-03-13)
@@ -276,51 +276,51 @@
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! I/FORD RANGER LTDPCD3D4A; 2024/2024; CINZA; DIESEL - FUNC. - IPVA 2026 OK - FIPE APROX.: R$ 292.500,00</t>
+          <t>veja o vídeo!! I/FORD RANGER LTDPCD3D4A; 2024/2024; CINZA; DIESEL - FUNC. - FIPE APROX.: R$ 292.500,00</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>157.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">