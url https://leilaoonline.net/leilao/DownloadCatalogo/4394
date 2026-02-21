--- v0 (2026-01-27)
+++ v1 (2026-02-21)
@@ -281,1304 +281,1304 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> Ventilador industrial de teto</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>350,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> Lote de grades piso entre 6 e 7m</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> Caixa de água fibra 10 mil litros</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> Caixa de água fibra 10 mil litros</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> Caixa de água fibra 10 mil litros</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> Caixa de água fibra 10 mil litros</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> Lote com 12m de tubos Inox - 2 pol.</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t> Balança Toledo PL 30 kg eletrônica</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t> Desmineralizadora de água Permution (6 peças)</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> Gaveteiro aço 26 gavetas</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t>Lote de furadeira Bosch, esmerilhadeira, martelete, máq de amolar brocas + 3 pçs</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> Empacotadeira Indumak completa com 2 colarinhos</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t> Datadora manual</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t> 180 m² de telhado com estrutura metálica. Cobertura de telhas trapezoidal</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t> 78 m² de telhado com estrutura metálica. Cobertura de telhas trapezoidal</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> Bancada industrial 80x40</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t> Bancada industrial reforçada 2mx0,8m (itens em cima da bancada não inclusos)</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t>Bomba Imox 2 pol com motor 5cv Weg</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t> Mídia original com moldura vinho e jogo de tapetes originais Fiat Toro</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t> Sistema de alarme de incêndio Intelbras</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t> Envasadora inox nova sem uso de 100ml a 1 Lt - 2 Bicos Autom. mod G1wyd</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t> Armário balcão 6 gavetas e duas portas</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> Carrinho plataforma de aço EVI 131</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> Carrinho plataforma de aço PRX 111</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t> Paleteira 2 ton Paletrans</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t> Carrinho plataforma Max96</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t> Carrinho plataforma VG3608.</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
           <t> Máquina de cintar automática</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
           <t> Envolvedora stretchadeira paletizadora Tecno Press</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
           <t> Esmeril de chicote c/ motor estacionário</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t> Carrinho plataforma de aço - VG3605.</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
           <t> Armário balcão 4 portas de correr</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
           <t> Armário balcão 4 portas de correr</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
           <t> Máquina industrial antiga</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t> Caixa industrial reforçada. 13 Unid</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t> VW  GOLF GL 1.8 MI 1997 - motor danificado</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t> Máquina de fita de gomar manual e elétrica</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
           <t> Balcão Refrigerado em Aço Inox.  Sem compressor</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
           <t> Carrinho de Padaria/Cozinha Industrial em Aço Inox</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
           <t>Cano para Bombeiro - aproximadamente 80m </t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>