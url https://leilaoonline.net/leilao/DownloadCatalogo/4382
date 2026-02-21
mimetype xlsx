--- v0 (2026-01-15)
+++ v1 (2026-02-21)
@@ -281,51 +281,51 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>ROBÔ OKURA: MODELO A1800, ANO 2011 - (PAYLOAD (CARGA ÚTIL) DE 140KG; MODELO PALETIZADOR (4 EIXOS); RAIO DE 2,6 M; PRECISÃO DE  + OU - 1MM) - LOC. DOURADO/SP </t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>