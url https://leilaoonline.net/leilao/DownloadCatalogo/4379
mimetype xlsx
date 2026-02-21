--- v0 (2026-01-15)
+++ v1 (2026-02-21)
@@ -1433,51 +1433,51 @@
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 966 R (VAZIA)</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
@@ -3865,51 +3865,51 @@
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="5" t="inlineStr">
         <is>
           <t>166</t>
         </is>
       </c>
       <c r="B123" s="4" t="inlineStr">
         <is>
           <t> PISTÃO GALEO</t>
         </is>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="5" t="inlineStr">
         <is>
           <t>169</t>
         </is>
       </c>
       <c r="B124" s="4" t="inlineStr">
@@ -4089,51 +4089,51 @@
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="5" t="inlineStr">
         <is>
           <t>187</t>
         </is>
       </c>
       <c r="B130" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT D8K</t>
         </is>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="5" t="inlineStr">
         <is>
           <t>188</t>
         </is>
       </c>
       <c r="B131" s="4" t="inlineStr">
@@ -4473,51 +4473,51 @@
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="5" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="B142" s="4" t="inlineStr">
         <is>
           <t> CARA DE CAVALO JCB 3-C</t>
         </is>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="5" t="inlineStr">
         <is>
           <t>207</t>
         </is>
       </c>
       <c r="B143" s="4" t="inlineStr">
@@ -4697,115 +4697,115 @@
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="5" t="inlineStr">
         <is>
           <t>215</t>
         </is>
       </c>
       <c r="B149" s="4" t="inlineStr">
         <is>
           <t> RODA COM PNEU PARA CANARINHO (04 UNIDADES )</t>
         </is>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="5" t="inlineStr">
         <is>
           <t>218</t>
         </is>
       </c>
       <c r="B150" s="4" t="inlineStr">
         <is>
           <t> RODA COM PNEU 23.5-25 (UNIDADE)</t>
         </is>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>1.050,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="5" t="inlineStr">
         <is>
           <t>219</t>
         </is>
       </c>
       <c r="B151" s="4" t="inlineStr">
         <is>
           <t> RODA COM PNEU 11.00-22 (UNIDADE)</t>
         </is>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="5" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="B152" s="4" t="inlineStr">
@@ -7481,83 +7481,83 @@
       </c>
       <c r="E235" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F235" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="5" t="inlineStr">
         <is>
           <t>362</t>
         </is>
       </c>
       <c r="B236" s="4" t="inlineStr">
         <is>
           <t> PNEU 50.5-25 COM RODA CAT W130</t>
         </is>
       </c>
       <c r="C236" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D236" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E236" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F236" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="5" t="inlineStr">
         <is>
           <t>364</t>
         </is>
       </c>
       <c r="B237" s="4" t="inlineStr">
         <is>
           <t> PNEU GOOD YEAR 14.00-24 COM RODA</t>
         </is>
       </c>
       <c r="C237" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D237" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E237" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F237" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="5" t="inlineStr">
         <is>
           <t>365</t>
         </is>
       </c>
       <c r="B238" s="4" t="inlineStr">
@@ -8025,51 +8025,51 @@
       </c>
       <c r="E252" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F252" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="5" t="inlineStr">
         <is>
           <t>380</t>
         </is>
       </c>
       <c r="B253" s="4" t="inlineStr">
         <is>
           <t> CONVERSOR DE TORQUE D6T</t>
         </is>
       </c>
       <c r="C253" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D253" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E253" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F253" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="5" t="inlineStr">
         <is>
           <t>381</t>
         </is>
       </c>
       <c r="B254" s="4" t="inlineStr">
@@ -8249,51 +8249,51 @@
       </c>
       <c r="E259" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F259" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="5" t="inlineStr">
         <is>
           <t>387</t>
         </is>
       </c>
       <c r="B260" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT D6T (VAZIA)</t>
         </is>
       </c>
       <c r="C260" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D260" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E260" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F260" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="5" t="inlineStr">
         <is>
           <t>388</t>
         </is>
       </c>
       <c r="B261" s="4" t="inlineStr">