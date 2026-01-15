--- v0 (2025-12-26)
+++ v1 (2026-01-15)
@@ -142,51 +142,51 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F102"/>
+  <dimension ref="A1:F105"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
@@ -387,51 +387,51 @@
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>803</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>SEMI REBOQUE/ NOMA MOD. SRAB E18 ANO 2020/2021</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>55.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>804</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>VOLVO/VM 220 4X2R ANO 2018/2019 - COR BRANCA - DIESEL - COM BALANÇA DE TRATO PARA GADO - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
@@ -537,51 +537,51 @@
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>808</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEOS ] EMPILHADEIRA HYSTER MOD. H55XM  2,5 TON. ANO 2001/ GASOLINA  - FUNCIONANDO /OPERACIONAL</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Lote retirado</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>900</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
@@ -1391,1866 +1391,1962 @@
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>108.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2001</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t>GM/CHEVROLET D10 ANO 1979/1979 - COR AZUL - DIESEL - COM BAÚ REFRIGERADO</t>
+          <t>Munck Argos modelo 12.5. 2 hidráulicas 3 manual, ano 2011. Funcionando</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>31.000,00</t>
+          <t>55.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>3001</t>
+          <t>2002</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t>FORD/F75 ANO 1975/1975 - GASOLINA/COR VERMELHA</t>
+          <t>CAMINHÃO DE CARGA MERCEDES BENZ L 608 D. ANO 81</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>18.000,00</t>
+          <t>35.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>3002</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
-          <t>[ VÍDEO ] L200 TRITON SPO GL. DIESEL. ANO 20/21</t>
+          <t>GM/CHEVROLET D10 ANO 1979/1979 - COR AZUL - DIESEL - COM BAÚ REFRIGERADO</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>90.000,00</t>
+          <t>31.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>3003</t>
+          <t>3001</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
-          <t>FORD RANGER XLT, MOTOR DIESEL 2.8. ANO 2002</t>
+          <t>FORD/F75 ANO 1975/1975 - GASOLINA/COR VERMELHA</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>18.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>3004</t>
+          <t>3002</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t>I/JAC T5 1.5 JETFLEX CVT 2017/2018 - Automático</t>
+          <t>[ VÍDEO ] L200 TRITON SPO GL. DIESEL. ANO 20/21</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>90.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>3007</t>
+          <t>3003</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
-          <t>BAÚ REFRIGERADO PARA CAMINHONETE</t>
+          <t>FORD RANGER XLT, MOTOR DIESEL 2.8. ANO 2002</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>5.500,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>3009</t>
+          <t>3004</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
-          <t>TAMPA TRASEIRA PARA F1000  E TAMPA DO BAÚ DE CARROCERIA </t>
+          <t>I/JAC T5 1.5 JETFLEX CVT 2017/2018 - Automático</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
-          <t>580,00</t>
+          <t>20.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>3012</t>
+          <t>3007</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
-          <t>GAIOLA PARA CAMINHÃO ( PLANIO DE CANA)</t>
+          <t>BAÚ REFRIGERADO PARA CAMINHONETE</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>8.000,00</t>
+          <t>4.700,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
-          <t>350.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>3013</t>
+          <t>3009</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
-          <t>ENSILADEIRA COM MOTOR DIESEL</t>
+          <t>TAMPA TRASEIRA PARA F1000  E TAMPA DO BAÚ DE CARROCERIA </t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
-          <t>4.900,00</t>
+          <t>450,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>3014</t>
+          <t>3010</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
-          <t>CâMBIO</t>
+          <t>CARROCERRIA (GAIOLA) PARA PLANTIO DE CANA</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
-          <t>4.500,00</t>
+          <t>11.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>3015</t>
+          <t>3012</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
-          <t>02 UN. RODAS COM PNEIS BONS- 235/75/15( (PARA F-100)</t>
+          <t>GAIOLA PARA CAMINHÃO ( PLANIO DE CANA)</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
-          <t>850,00</t>
+          <t>8.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>5000</t>
+          <t>3013</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
-          <t>ENSILADEIRA FH 65100 MFW. SEM USO. ANO 2025</t>
+          <t>ENSILADEIRA COM MOTOR DIESEL</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>4.900,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>5001</t>
+          <t>3014</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
-          <t>PULVERIZADOR JACTO MOD. UNIPORT 2030 CANAVIEIRO  ANO 2021 MODELO 2022 - BARRA 24 METROS / SENSOR DE BARRA BUZAGRO / GPS/PILOTO AUTOMATICO/BITOLA HIDRÁULICA</t>
+          <t>CâMBIO</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
-          <t>500.000,00</t>
+          <t>4.500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
-          <t>10000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>5002</t>
+          <t>3015</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
-          <t>COLHEITADEIRA JOHN DEERE MOD. 1550 ANO 2004  - PLATAFORMA 23 PÉS MOD. 323</t>
+          <t>02 UN. RODAS COM PNEIS BONS- 235/75/15( (PARA F-100)</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
-          <t>150.000,00</t>
+          <t>850,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>5004</t>
+          <t>5000</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
-          <t>PULVERIZADOR MONTANA MOD. RANGER 2000 ANO 2004</t>
+          <t>ENSILADEIRA FH 65100 MFW. SEM USO. ANO 2025</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>5005</t>
+          <t>5001</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
-          <t>DISTRIBUIDOR DE CANA  DMB MOD. DCP 5000 ANO 2016 </t>
+          <t>PULVERIZADOR JACTO MOD. UNIPORT 2030 CANAVIEIRO  ANO 2021 MODELO 2022 - BARRA 24 METROS / SENSOR DE BARRA BUZAGRO / GPS/PILOTO AUTOMATICO/BITOLA HIDRÁULICA</t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Lote retirado</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
-          <t>70.000,00</t>
+          <t>500.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>5006</t>
+          <t>5002</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
-          <t>01 TRANSBORDO SANTAL 12 TON. ANO 2011 - NO ESTADO</t>
+          <t>COLHEITADEIRA JOHN DEERE MOD. 1550 ANO 2004  - PLATAFORMA 23 PÉS MOD. 323</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>150.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>5008</t>
+          <t>5004</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
-          <t>DESENLEIRADOR DE CANA DMB 3 LINHAS DE 1,5 MTS. - NO ESTADO</t>
+          <t>PULVERIZADOR MONTANA MOD. RANGER 2000 ANO 2004</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
-          <t>6.500,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>5009</t>
+          <t>5005</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
-          <t>3 JOGOS DE SAPATAS SEMI REBOQUE CANAVIEIRO </t>
+          <t>DISTRIBUIDOR DE CANA  DMB MOD. DCP 5000 ANO 2016 </t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>70.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>5011</t>
+          <t>5006</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
-          <t>06 UN. - PNEUS ( 2 pneu 18.4-r26 / 2 pneu 24.5-r32 / 1 pneu 14.9 -r26 / 1 pneu 710/70 r38)</t>
+          <t>01 TRANSBORDO SANTAL 12 TON. ANO 2011 - NO ESTADO</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>5015</t>
+          <t>5008</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
-          <t>GRADE TATU 24/28</t>
+          <t>DESENLEIRADOR DE CANA DMB 3 LINHAS DE 1,5 MTS. - NO ESTADO</t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
-          <t>11.000,00</t>
+          <t>6.500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>5021</t>
+          <t>5009</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
-          <t>Motor John Deere 3.9</t>
+          <t>3 JOGOS DE SAPATAS SEMI REBOQUE CANAVIEIRO </t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
-          <t>21.000,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>5022</t>
+          <t>5011</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
-          <t> Kit caixa de peneira e bandejão. Marca New Holland. Para colheitadeira tc 59. Em bom estado de conservação</t>
+          <t>06 UN. - PNEUS ( 2 pneu 18.4-r26 / 2 pneu 24.5-r32 / 1 pneu 14.9 -r26 / 1 pneu 710/70 r38)</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>5023</t>
+          <t>5015</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
-          <t>[ VÍDEOS ] 02 PLANTADEIRAS TATU ANO 2011  09 LINHAS CADA ( TOTAL 18 LINHAS ( espaçamento 45cm) - COM TANDER) DISCO FACÃO /TANQUE INOCULANTE</t>
+          <t>GRADE TATU 24/28</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
-          <t>145.000,00</t>
+          <t>11.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>5024</t>
+          <t>5021</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
-          <t>SEMEADORA  MARCA METASA  ANO 2004  - 27 LINHAS - REVISADA ( NO ESTADO)</t>
+          <t>Motor John Deere 3.9</t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Lote retirado</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
-          <t>68.000,00</t>
+          <t>21.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
-          <t>350.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>5026</t>
+          <t>5022</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
-          <t>PLANTADEIRA BALDAN 9 LINHAS ANO 2012 MICRON DE 600L </t>
+          <t> Kit caixa de peneira e bandejão. Marca New Holland. Para colheitadeira tc 59. Em bom estado de conservação</t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
-          <t>45.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
-          <t>400.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>5027</t>
+          <t>5023</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
-          <t> Plantadeira Tatu ultra Ano 2008 12 linhas de 50 cm</t>
+          <t>[ VÍDEOS ] 02 PLANTADEIRAS TATU ANO 2011  09 LINHAS CADA ( TOTAL 18 LINHAS ( espaçamento 45cm) - COM TANDER) DISCO FACÃO /TANQUE INOCULANTE</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
-          <t>35.000,00</t>
+          <t>145.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>5029</t>
+          <t>5024</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
-          <t> Plantadeira Metasa Ano 2003 9 linhas Rodado duplo Somente botinhas</t>
+          <t>SEMEADORA  MARCA METASA  ANO 2004  - 27 LINHAS - REVISADA ( NO ESTADO)</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
-          <t>22.000,00</t>
+          <t>68.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
-          <t>5030</t>
+          <t>5026</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
-          <t> 02 unidades - Reservatorio 1.000 litros - no estado</t>
+          <t>PLANTADEIRA BALDAN 9 LINHAS ANO 2012 MICRON DE 600L </t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
-          <t>100,00</t>
+          <t>45.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
-          <t>6060</t>
+          <t>5027</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
-          <t> Motor de popa Suzuki de 40hp</t>
+          <t> Plantadeira Tatu ultra Ano 2008 12 linhas de 50 cm</t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>35.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
-          <t>6061</t>
+          <t>5029</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
-          <t> Peça de trator valtra valmet, lateral corneta completa com carcaça, eixos, engrenagens, cubos, e sistema de freios</t>
+          <t> Plantadeira Metasa Ano 2003 9 linhas Rodado duplo Somente botinhas</t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
-          <t>4.000,00</t>
+          <t>22.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
-          <t>6062</t>
+          <t>5030</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
-          <t> motor  vw 2.3 preparado para aeronaves ou carros de competição,  tem 2.300 cilindradas e 2 velas por cilindros</t>
+          <t> 02 unidades - Reservatorio 1.000 litros - no estado</t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
-          <t>9.500,00</t>
+          <t>100,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
-          <t>6063</t>
+          <t>6060</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
-          <t> lote de pecas de irrigação,  com conexões de linha, registros e 2 canhões proagro modelo 2.700</t>
+          <t> Motor de popa Suzuki de 40hp</t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
-          <t>6065</t>
+          <t>6061</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
-          <t> Varredeira mecanica de 6m³ com motor próprio</t>
+          <t> Peça de trator valtra valmet, lateral corneta completa com carcaça, eixos, engrenagens, cubos, e sistema de freios</t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
-          <t>250.000,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
-          <t>6068</t>
+          <t>6062</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
-          <t> Carbureteira automática grande</t>
+          <t> motor  vw 2.3 preparado para aeronaves ou carros de competição,  tem 2.300 cilindradas e 2 velas por cilindros</t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>9.500,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
-          <t>6069</t>
+          <t>6063</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
-          <t> 02 pistões hidráulicos de levante da plataforma da colheitadeira Massey Ferguson ou Ideal</t>
+          <t> lote de pecas de irrigação,  com conexões de linha, registros e 2 canhões proagro modelo 2.700</t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
-          <t>6070</t>
+          <t>6065</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
-          <t> Pára-choque de trator Valtra Valmet</t>
+          <t> Varredeira mecanica de 6m³ com motor próprio</t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>250.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
-          <t>6071</t>
+          <t>6068</t>
         </is>
       </c>
       <c r="B83" s="4" t="inlineStr">
         <is>
-          <t> Par de pneus traseiros da colheitadeira JD 1175, completo com aros, camara e pneus 10.5x18</t>
+          <t> Carbureteira automática grande</t>
         </is>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
-          <t>3.800,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
-          <t>6072</t>
+          <t>6069</t>
         </is>
       </c>
       <c r="B84" s="4" t="inlineStr">
         <is>
-          <t> Par de rodas militares completo com aro. Serve em caminhões e tratores, com camaras e pneus 15.5x18</t>
+          <t> 02 pistões hidráulicos de levante da plataforma da colheitadeira Massey Ferguson ou Ideal</t>
         </is>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
-          <t>6073</t>
+          <t>6070</t>
         </is>
       </c>
       <c r="B85" s="4" t="inlineStr">
         <is>
-          <t> Unidade hidráulica contendo, reservatorio, comando hidráulico, bomba hidráulica e 2 pistões hidráulicos</t>
+          <t> Pára-choque de trator Valtra Valmet</t>
         </is>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
-          <t>6075</t>
+          <t>6071</t>
         </is>
       </c>
       <c r="B86" s="4" t="inlineStr">
         <is>
-          <t> Bomba modelo caracol de alta vazão. Saida de 6 polegadas</t>
+          <t> Par de pneus traseiros da colheitadeira JD 1175, completo com aros, camara e pneus 10.5x18</t>
         </is>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
-          <t>4.000,00</t>
+          <t>3.800,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
-          <t>6079</t>
+          <t>6072</t>
         </is>
       </c>
       <c r="B87" s="4" t="inlineStr">
         <is>
-          <t> Pneu 18.4.30</t>
+          <t> Par de rodas militares completo com aro. Serve em caminhões e tratores, com camaras e pneus 15.5x18</t>
         </is>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
-          <t>6080</t>
+          <t>6073</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
-          <t> Reservatorio plástico original do pulverizador Jacto Arbus 2000</t>
+          <t> Unidade hidráulica contendo, reservatorio, comando hidráulico, bomba hidráulica e 2 pistões hidráulicos</t>
         </is>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
-          <t>6081</t>
+          <t>6075</t>
         </is>
       </c>
       <c r="B89" s="4" t="inlineStr">
         <is>
-          <t> Roda original do Trator Valtra 785, completa com aro, camara e pneu pirelli 18.8.30</t>
+          <t> Bomba modelo caracol de alta vazão. Saida de 6 polegadas</t>
         </is>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
-          <t>6083</t>
+          <t>6079</t>
         </is>
       </c>
       <c r="B90" s="4" t="inlineStr">
         <is>
-          <t> Pulverizador Condor de 800 litros com bomba JP75. Sem uso</t>
+          <t> Pneu 18.4.30</t>
         </is>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
-          <t>12.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
-          <t>6084</t>
+          <t>6080</t>
         </is>
       </c>
       <c r="B91" s="4" t="inlineStr">
         <is>
-          <t> Grade frontal de parachoques de tratores</t>
+          <t> Reservatorio plástico original do pulverizador Jacto Arbus 2000</t>
         </is>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
-          <t>80,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
-          <t>6086</t>
+          <t>6081</t>
         </is>
       </c>
       <c r="B92" s="4" t="inlineStr">
         <is>
-          <t> 02 unidades Suporte de paralama para trofor Ford linha 600, 610 e 630,</t>
+          <t> Roda original do Trator Valtra 785, completa com aro, camara e pneu pirelli 18.8.30</t>
         </is>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
-          <t>150.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
-          <t>6087</t>
+          <t>6083</t>
         </is>
       </c>
       <c r="B93" s="4" t="inlineStr">
         <is>
-          <t> Extensor Volute para adaptar em turbina de pulverizadores natali, k.o ou fmc</t>
+          <t> Pulverizador Condor de 800 litros com bomba JP75. Sem uso</t>
         </is>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>12.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
-          <t>150.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
-          <t>6088</t>
+          <t>6084</t>
         </is>
       </c>
       <c r="B94" s="4" t="inlineStr">
         <is>
-          <t> Redutor de engrenagens retirado de uma roçadeira</t>
+          <t> Grade frontal de parachoques de tratores</t>
         </is>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>80,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
-          <t>6090</t>
+          <t>6086</t>
         </is>
       </c>
       <c r="B95" s="4" t="inlineStr">
         <is>
-          <t> Pneu com roda traseira original retirada de trator Valtra A850 (servível em outrosmodelos), completa com aro presilhas duplas, camara e pneu marca Fate, medida 18.4.30</t>
+          <t> 02 unidades Suporte de paralama para trofor Ford linha 600, 610 e 630,</t>
         </is>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="5" t="inlineStr">
         <is>
-          <t>6091</t>
+          <t>6087</t>
         </is>
       </c>
       <c r="B96" s="4" t="inlineStr">
         <is>
-          <t> Plantadeira SEM USO. PST PLUS FLEX de 7 linhas PANTOGRÁFICA. Modificada com kits de melhorias instalados. Veja especificações</t>
+          <t> Extensor Volute para adaptar em turbina de pulverizadores natali, k.o ou fmc</t>
         </is>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
-          <t>130.000,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="5" t="inlineStr">
         <is>
-          <t>6092</t>
+          <t>6088</t>
         </is>
       </c>
       <c r="B97" s="4" t="inlineStr">
         <is>
-          <t>Bomba roda d'água , Rochfer</t>
+          <t> Redutor de engrenagens retirado de uma roçadeira</t>
         </is>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
-          <t>3.500,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="5" t="inlineStr">
         <is>
-          <t>6093</t>
+          <t>6090</t>
         </is>
       </c>
       <c r="B98" s="4" t="inlineStr">
         <is>
-          <t>Cabine de caminhão Dodge D750</t>
+          <t> Pneu com roda traseira original retirada de trator Valtra A850 (servível em outrosmodelos), completa com aro presilhas duplas, camara e pneu marca Fate, medida 18.4.30</t>
         </is>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
-          <t>8.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="5" t="inlineStr">
         <is>
-          <t>6094</t>
+          <t>6091</t>
         </is>
       </c>
       <c r="B99" s="4" t="inlineStr">
         <is>
-          <t>Roçadeira kamaq tipo falcon 13. Ccom 2 caixas de engrenagens. Cabeçalho de deslocamento lateral rápido.</t>
+          <t> Plantadeira SEM USO. PST PLUS FLEX de 7 linhas PANTOGRÁFICA. Modificada com kits de melhorias instalados. Veja especificações</t>
         </is>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
-          <t>19.000,00</t>
+          <t>130.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="5" t="inlineStr">
         <is>
-          <t>7001</t>
+          <t>6092</t>
         </is>
       </c>
       <c r="B100" s="4" t="inlineStr">
         <is>
-          <t>plantadeira Jumil</t>
+          <t>Bomba roda d'água , Rochfer</t>
         </is>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="5" t="inlineStr">
         <is>
-          <t>7002</t>
+          <t>6093</t>
         </is>
       </c>
       <c r="B101" s="4" t="inlineStr">
         <is>
-          <t>Plantadeira Jumil-2004</t>
+          <t>Cabine de caminhão Dodge D750</t>
         </is>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>8.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="5" t="inlineStr">
         <is>
+          <t>6094</t>
+        </is>
+      </c>
+      <c r="B102" s="4" t="inlineStr">
+        <is>
+          <t>Roçadeira kamaq tipo falcon 13. Ccom 2 caixas de engrenagens. Cabeçalho de deslocamento lateral rápido.</t>
+        </is>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="inlineStr">
+        <is>
+          <t>7001</t>
+        </is>
+      </c>
+      <c r="B103" s="4" t="inlineStr">
+        <is>
+          <t>plantadeira Jumil</t>
+        </is>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="inlineStr">
+        <is>
+          <t>7002</t>
+        </is>
+      </c>
+      <c r="B104" s="4" t="inlineStr">
+        <is>
+          <t>Plantadeira Jumil-2004</t>
+        </is>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="inlineStr">
+        <is>
           <t>7003</t>
         </is>
       </c>
-      <c r="B102" s="4" t="inlineStr">
+      <c r="B105" s="4" t="inlineStr">
         <is>
           <t>2 rodas com pneu John Deere- 20-8-38</t>
         </is>
       </c>
-      <c r="C102" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E102" s="5" t="inlineStr">
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
-      <c r="F102" s="4" t="inlineStr">
+      <c r="F105" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>