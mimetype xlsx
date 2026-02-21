--- v1 (2026-01-15)
+++ v2 (2026-02-21)
@@ -142,51 +142,51 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F105"/>
+  <dimension ref="A1:F107"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
@@ -281,285 +281,285 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>800</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEOS ] ESCAVADEIRA ANFÍBIA CATERPILLAR MOD. 313D  ANO 2021 - APROX. 1.300 HRS. ( No estado)</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.500.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>30000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>801</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>GUINCHO HYSTER CAPACIDADE 5 TOM</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>802</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>RETROESCAVADEIRA NEW HOLLAND MOD. B110b 4X4 ANO 2014</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>803</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>SEMI REBOQUE/ NOMA MOD. SRAB E18 ANO 2020/2021</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>804</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>VOLVO/VM 220 4X2R ANO 2018/2019 - COR BRANCA - DIESEL - COM BALANÇA DE TRATO PARA GADO - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>245.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>805</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>COLHADORA DE FORRAGEM IPACOL MOD. CFA 2000 ANO 2014 COM PLATAFORMA DE CORTE </t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>245.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>806</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>PÁ CARREGADEIRA SDLG MOD. LG 936 ANO 2008 - FUNCIONANDO  - AR CONDICIONADO</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>807</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEOS ] TRATOR YTO MOD. X180-4 ANO 2011 - FALTA BRAÇOS HIDRÁULICOS - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>41.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>808</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEOS ] EMPILHADEIRA HYSTER MOD. H55XM  2,5 TON. ANO 2001/ GASOLINA  - FUNCIONANDO /OPERACIONAL</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
@@ -569,2784 +569,2848 @@
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>900</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>PÁ CARREGADEIRA KOMATSU  MOD.WA-380 /209 - ano 2009 - SEM TORQUE - COM MOTOR CUMMINS ELETRÔNICO</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>901</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] PICADOR FLORESTAL FEZER MÓVEL ANO 2013 - Aprox. 1.000 HORAS - (POUCO USO)</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>400.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>902</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t>Escavadeira Volvo EC 240B. Ano 2010</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>280.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>903</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] Trator Agrícola Yanmar Solis 90 cv ANO 2021. Cabinado com super redutor de fábrica. Aprox. 1.875 horas</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>100.000,00</t>
+          <t>101.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>905</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t>TRATOR NEW HOLLAND MOD. T7 180 ANO 2015  - no estado</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>907</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] Escavadeira Volvo Ec 220D Ano 2015 Operacional.</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>290.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>910</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t>ESCAVADEIRA CATERPILLAR MOD. 320GC ANO 2021 4 CILINDROS -  1.000 HRS APROX. - </t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>450.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>911</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] PÁ CARREGADEIRA KOMATSU  MOD. WA-320   ANO 2007</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>912</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN MOD. 55C ARTICULADA TRANSMISSÃO CLARCK DANA 22.000 - ANO APROX. 1995. BATERIA NOVA</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>913</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN MOD. 55C ARTICULADA TRANSMISSÃO 18.000 - ANO APROX. 1995. BATERIA NOVA</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>914</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t>Rebocador Jacto RB30 Capacidade de 3000 kg</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>915</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t>CARROCERIA PRANCHA 2,50 X 5,60 MTS. (TRANSPORTE DE  MAQUINAS)</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>1001</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t> Enfardadeira de Palhas – marca New Holland – Ano 2015</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>1002</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> Empilhadeira marca Hyster – capacidade 07 Ton – com Big Bag Ano 2004 - torre duplex alta 6 metros com comando mecânico com equipamento munck com 5.265 horas trabalhadas. Funcionando</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>1003</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> Semi Reboque Ano 2009 - marca Randon com Tanque vinhaça – capacidade 30.000 Litros – todo revisado</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>1004</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t> Semi Reboque Ano 2016 – marca Randon com Tanque vinhaça – capacidade 30.000 Litros – todo revisado</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>1006</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t>Reboque marca Rodofort Ano 2010 – comprimento – 15 metros</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>1007</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t> Fresadora – marca Zocca – com morsa </t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>1008</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
           <t> Guincho Canarinho – todo revisado</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>1009</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
           <t> Guindaste marca Madal – capacidade 07 Toneladas – com patola dianteira – lanças hidráulicas e giro para ambos os lados</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>1010</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
           <t>EIXO  DIANTEIRO PARA TRATOR CASE W20</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>1011</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t>EIXO  DIANTEIRO PARA TRATOR CASE W20</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>1012</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
           <t>EIXO DIANTEIRO MOD. 950</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>1013</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
           <t>EIXO TRASEIRO MOD. 950 </t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>1014</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
           <t>TRASMISSÃO PARA  MOTONIVELADORA VOLVO</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>1016</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t>PÁ CARREGADEIRA  MICHIGAN  MOD. 55 ANO 1980 /ARTICULADA /TRANSMISSÃO CLARK/MOTOR M.BENZ - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>108.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>2001</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t>Munck Argos modelo 12.5. 2 hidráulicas 3 manual, ano 2011. Funcionando</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>2002</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO DE CARGA MERCEDES BENZ L 608 D. ANO 81</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>2003</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
-          <t>GM/CHEVROLET D10 ANO 1979/1979 - COR AZUL - DIESEL - COM BAÚ REFRIGERADO</t>
+          <t>CAMINHÃO SCANIA P124 CA6X4NZ 360. ANO 1999/ 2000</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>31.000,00</t>
+          <t>75.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>3001</t>
+          <t>2004</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
-          <t>FORD/F75 ANO 1975/1975 - GASOLINA/COR VERMELHA</t>
+          <t>CAMIONETE D20. 1987</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>18.000,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>3002</t>
+          <t>3000</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t>[ VÍDEO ] L200 TRITON SPO GL. DIESEL. ANO 20/21</t>
+          <t>GM/CHEVROLET D10 ANO 1979/1979 - COR AZUL - DIESEL - COM BAÚ REFRIGERADO</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>90.000,00</t>
+          <t>29.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>3003</t>
+          <t>3001</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
-          <t>FORD RANGER XLT, MOTOR DIESEL 2.8. ANO 2002</t>
+          <t>FORD/F75 ANO 1975/1975 - GASOLINA/COR VERMELHA</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>18.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>3004</t>
+          <t>3002</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
-          <t>I/JAC T5 1.5 JETFLEX CVT 2017/2018 - Automático</t>
+          <t>[ VÍDEO ] L200 TRITON SPO GL. DIESEL. ANO 20/21</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>90.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>3007</t>
+          <t>3003</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
-          <t>BAÚ REFRIGERADO PARA CAMINHONETE</t>
+          <t>FORD RANGER XLT, MOTOR DIESEL 2.8. ANO 2002</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>4.700,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>3009</t>
+          <t>3004</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
-          <t>TAMPA TRASEIRA PARA F1000  E TAMPA DO BAÚ DE CARROCERIA </t>
+          <t>I/JAC T5 1.5 JETFLEX CVT 2017/2018 - Automático</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
-          <t>450,00</t>
+          <t>20.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>3010</t>
+          <t>3007</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
-          <t>CARROCERRIA (GAIOLA) PARA PLANTIO DE CANA</t>
+          <t>BAÚ REFRIGERADO PARA CAMINHONETE</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
-          <t>11.000,00</t>
+          <t>4.700,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
-          <t>350.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>3012</t>
+          <t>3009</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
-          <t>GAIOLA PARA CAMINHÃO ( PLANIO DE CANA)</t>
+          <t>TAMPA TRASEIRA PARA F1000  E TAMPA DO BAÚ DE CARROCERIA </t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
-          <t>8.000,00</t>
+          <t>450,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
-          <t>350.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>3013</t>
+          <t>3010</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
-          <t>ENSILADEIRA COM MOTOR DIESEL</t>
+          <t>CARROCERRIA (GAIOLA) PARA PLANTIO DE CANA</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
-          <t>4.900,00</t>
+          <t>11.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>3014</t>
+          <t>3012</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
-          <t>CâMBIO</t>
+          <t>GAIOLA PARA CAMINHÃO ( PLANIO DE CANA)</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
-          <t>4.500,00</t>
+          <t>8.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>3015</t>
+          <t>3013</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
-          <t>02 UN. RODAS COM PNEIS BONS- 235/75/15( (PARA F-100)</t>
+          <t>ENSILADEIRA COM MOTOR DIESEL</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
-          <t>850,00</t>
+          <t>4.900,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>5000</t>
+          <t>3014</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
-          <t>ENSILADEIRA FH 65100 MFW. SEM USO. ANO 2025</t>
+          <t>CâMBIO</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>4.500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>5001</t>
+          <t>3015</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
-          <t>PULVERIZADOR JACTO MOD. UNIPORT 2030 CANAVIEIRO  ANO 2021 MODELO 2022 - BARRA 24 METROS / SENSOR DE BARRA BUZAGRO / GPS/PILOTO AUTOMATICO/BITOLA HIDRÁULICA</t>
+          <t>02 UN. RODAS COM PNEIS BONS- 235/75/15( (PARA F-100)</t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Lote retirado</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
-          <t>500.000,00</t>
+          <t>850,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
-          <t>10000.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>5002</t>
+          <t>5000</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
-          <t>COLHEITADEIRA JOHN DEERE MOD. 1550 ANO 2004  - PLATAFORMA 23 PÉS MOD. 323</t>
+          <t>ENSILADEIRA FH 65100 MFW. SEM USO. ANO 2025</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
-          <t>150.000,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>5004</t>
+          <t>5001</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
-          <t>PULVERIZADOR MONTANA MOD. RANGER 2000 ANO 2004</t>
+          <t>PULVERIZADOR JACTO MOD. UNIPORT 2030 CANAVIEIRO  ANO 2021 MODELO 2022 - BARRA 24 METROS / SENSOR DE BARRA BUZAGRO / GPS/PILOTO AUTOMATICO/BITOLA HIDRÁULICA</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Lote retirado</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>500.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>5005</t>
+          <t>5002</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
-          <t>DISTRIBUIDOR DE CANA  DMB MOD. DCP 5000 ANO 2016 </t>
+          <t>COLHEITADEIRA JOHN DEERE MOD. 1550 ANO 2004  - PLATAFORMA 23 PÉS MOD. 323</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
-          <t>70.000,00</t>
+          <t>150.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>5006</t>
+          <t>5004</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
-          <t>01 TRANSBORDO SANTAL 12 TON. ANO 2011 - NO ESTADO</t>
+          <t>PULVERIZADOR MONTANA MOD. RANGER 2000 ANO 2004</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>5008</t>
+          <t>5005</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
-          <t>DESENLEIRADOR DE CANA DMB 3 LINHAS DE 1,5 MTS. - NO ESTADO</t>
+          <t>DISTRIBUIDOR DE CANA  DMB MOD. DCP 5000 ANO 2016 </t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
-          <t>6.500,00</t>
+          <t>70.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>5009</t>
+          <t>5006</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
-          <t>3 JOGOS DE SAPATAS SEMI REBOQUE CANAVIEIRO </t>
+          <t>01 TRANSBORDO SANTAL 12 TON. ANO 2011 - NO ESTADO</t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>5011</t>
+          <t>5008</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
-          <t>06 UN. - PNEUS ( 2 pneu 18.4-r26 / 2 pneu 24.5-r32 / 1 pneu 14.9 -r26 / 1 pneu 710/70 r38)</t>
+          <t>DESENLEIRADOR DE CANA DMB 3 LINHAS DE 1,5 MTS. - NO ESTADO</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>6.500,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>5015</t>
+          <t>5009</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
-          <t>GRADE TATU 24/28</t>
+          <t>3 JOGOS DE SAPATAS SEMI REBOQUE CANAVIEIRO </t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
-          <t>11.000,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>5021</t>
+          <t>5011</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
-          <t>Motor John Deere 3.9</t>
+          <t>06 UN. - PNEUS ( 2 pneu 18.4-r26 / 2 pneu 24.5-r32 / 1 pneu 14.9 -r26 / 1 pneu 710/70 r38)</t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Lote retirado</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
-          <t>21.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>5022</t>
+          <t>5015</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
-          <t> Kit caixa de peneira e bandejão. Marca New Holland. Para colheitadeira tc 59. Em bom estado de conservação</t>
+          <t>GRADE TATU 24/28</t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>11.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>5023</t>
+          <t>5021</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
-          <t>[ VÍDEOS ] 02 PLANTADEIRAS TATU ANO 2011  09 LINHAS CADA ( TOTAL 18 LINHAS ( espaçamento 45cm) - COM TANDER) DISCO FACÃO /TANQUE INOCULANTE</t>
+          <t>Motor John Deere 3.9</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Lote retirado</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
-          <t>145.000,00</t>
+          <t>21.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>5024</t>
+          <t>5022</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
-          <t>SEMEADORA  MARCA METASA  ANO 2004  - 27 LINHAS - REVISADA ( NO ESTADO)</t>
+          <t> Kit caixa de peneira e bandejão. Marca New Holland. Para colheitadeira tc 59. Em bom estado de conservação</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
-          <t>68.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
-          <t>350.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
-          <t>5026</t>
+          <t>5023</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
-          <t>PLANTADEIRA BALDAN 9 LINHAS ANO 2012 MICRON DE 600L </t>
+          <t>[ VÍDEOS ] 02 PLANTADEIRAS TATU ANO 2011  09 LINHAS CADA ( TOTAL 18 LINHAS ( espaçamento 45cm) - COM TANDER) DISCO FACÃO /TANQUE INOCULANTE</t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
-          <t>45.000,00</t>
+          <t>145.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
-          <t>400.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
-          <t>5027</t>
+          <t>5024</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
-          <t> Plantadeira Tatu ultra Ano 2008 12 linhas de 50 cm</t>
+          <t>SEMEADORA  MARCA METASA  ANO 2004  - 27 LINHAS - REVISADA ( NO ESTADO)</t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
-          <t>35.000,00</t>
+          <t>68.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
-          <t>5029</t>
+          <t>5026</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
-          <t> Plantadeira Metasa Ano 2003 9 linhas Rodado duplo Somente botinhas</t>
+          <t>PLANTADEIRA BALDAN 9 LINHAS ANO 2012 MICRON DE 600L </t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
-          <t>22.000,00</t>
+          <t>45.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
-          <t>350.00</t>
+          <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
-          <t>5030</t>
+          <t>5027</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
-          <t> 02 unidades - Reservatorio 1.000 litros - no estado</t>
+          <t> Plantadeira Tatu ultra Ano 2008 12 linhas de 50 cm</t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
-          <t>100,00</t>
+          <t>35.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
-          <t>6060</t>
+          <t>5029</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
-          <t> Motor de popa Suzuki de 40hp</t>
+          <t> Plantadeira Metasa Ano 2003 9 linhas Rodado duplo Somente botinhas</t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>22.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
-          <t>6061</t>
+          <t>5030</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
-          <t> Peça de trator valtra valmet, lateral corneta completa com carcaça, eixos, engrenagens, cubos, e sistema de freios</t>
+          <t> 02 unidades - Reservatorio 1.000 litros - no estado</t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
-          <t>4.000,00</t>
+          <t>100,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
-          <t>6062</t>
+          <t>6060</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
-          <t> motor  vw 2.3 preparado para aeronaves ou carros de competição,  tem 2.300 cilindradas e 2 velas por cilindros</t>
+          <t> Motor de popa Suzuki de 40hp</t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
-          <t>9.500,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
-          <t>6063</t>
+          <t>6061</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
-          <t> lote de pecas de irrigação,  com conexões de linha, registros e 2 canhões proagro modelo 2.700</t>
+          <t> Peça de trator valtra valmet, lateral corneta completa com carcaça, eixos, engrenagens, cubos, e sistema de freios</t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
-          <t>6065</t>
+          <t>6062</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
-          <t> Varredeira mecanica de 6m³ com motor próprio</t>
+          <t> motor  vw 2.3 preparado para aeronaves ou carros de competição,  tem 2.300 cilindradas e 2 velas por cilindros</t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
-          <t>250.000,00</t>
+          <t>9.500,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
-          <t>6068</t>
+          <t>6063</t>
         </is>
       </c>
       <c r="B83" s="4" t="inlineStr">
         <is>
-          <t> Carbureteira automática grande</t>
+          <t> lote de pecas de irrigação,  com conexões de linha, registros e 2 canhões proagro modelo 2.700</t>
         </is>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
-          <t>6069</t>
+          <t>6065</t>
         </is>
       </c>
       <c r="B84" s="4" t="inlineStr">
         <is>
-          <t> 02 pistões hidráulicos de levante da plataforma da colheitadeira Massey Ferguson ou Ideal</t>
+          <t> Varredeira mecanica de 6m³ com motor próprio</t>
         </is>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>250.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
-          <t>6070</t>
+          <t>6068</t>
         </is>
       </c>
       <c r="B85" s="4" t="inlineStr">
         <is>
-          <t> Pára-choque de trator Valtra Valmet</t>
+          <t> Carbureteira automática grande</t>
         </is>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
-          <t>6071</t>
+          <t>6069</t>
         </is>
       </c>
       <c r="B86" s="4" t="inlineStr">
         <is>
-          <t> Par de pneus traseiros da colheitadeira JD 1175, completo com aros, camara e pneus 10.5x18</t>
+          <t> 02 pistões hidráulicos de levante da plataforma da colheitadeira Massey Ferguson ou Ideal</t>
         </is>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
-          <t>3.800,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
-          <t>6072</t>
+          <t>6070</t>
         </is>
       </c>
       <c r="B87" s="4" t="inlineStr">
         <is>
-          <t> Par de rodas militares completo com aro. Serve em caminhões e tratores, com camaras e pneus 15.5x18</t>
+          <t> Pára-choque de trator Valtra Valmet</t>
         </is>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
-          <t>6073</t>
+          <t>6071</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
-          <t> Unidade hidráulica contendo, reservatorio, comando hidráulico, bomba hidráulica e 2 pistões hidráulicos</t>
+          <t> Par de pneus traseiros da colheitadeira JD 1175, completo com aros, camara e pneus 10.5x18</t>
         </is>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>3.800,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
-          <t>6075</t>
+          <t>6072</t>
         </is>
       </c>
       <c r="B89" s="4" t="inlineStr">
         <is>
-          <t> Bomba modelo caracol de alta vazão. Saida de 6 polegadas</t>
+          <t> Par de rodas militares completo com aro. Serve em caminhões e tratores, com camaras e pneus 15.5x18</t>
         </is>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
-          <t>4.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
-          <t>6079</t>
+          <t>6073</t>
         </is>
       </c>
       <c r="B90" s="4" t="inlineStr">
         <is>
-          <t> Pneu 18.4.30</t>
+          <t> Unidade hidráulica contendo, reservatorio, comando hidráulico, bomba hidráulica e 2 pistões hidráulicos</t>
         </is>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
-          <t>6080</t>
+          <t>6075</t>
         </is>
       </c>
       <c r="B91" s="4" t="inlineStr">
         <is>
-          <t> Reservatorio plástico original do pulverizador Jacto Arbus 2000</t>
+          <t> Bomba modelo caracol de alta vazão. Saida de 6 polegadas</t>
         </is>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
-          <t>6081</t>
+          <t>6079</t>
         </is>
       </c>
       <c r="B92" s="4" t="inlineStr">
         <is>
-          <t> Roda original do Trator Valtra 785, completa com aro, camara e pneu pirelli 18.8.30</t>
+          <t> Pneu 18.4.30</t>
         </is>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
-          <t>6083</t>
+          <t>6080</t>
         </is>
       </c>
       <c r="B93" s="4" t="inlineStr">
         <is>
-          <t> Pulverizador Condor de 800 litros com bomba JP75. Sem uso</t>
+          <t> Reservatorio plástico original do pulverizador Jacto Arbus 2000</t>
         </is>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
-          <t>12.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
-          <t>6084</t>
+          <t>6081</t>
         </is>
       </c>
       <c r="B94" s="4" t="inlineStr">
         <is>
-          <t> Grade frontal de parachoques de tratores</t>
+          <t> Roda original do Trator Valtra 785, completa com aro, camara e pneu pirelli 18.8.30</t>
         </is>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
-          <t>80,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
-          <t>6086</t>
+          <t>6083</t>
         </is>
       </c>
       <c r="B95" s="4" t="inlineStr">
         <is>
-          <t> 02 unidades Suporte de paralama para trofor Ford linha 600, 610 e 630,</t>
+          <t> Pulverizador Condor de 800 litros com bomba JP75. Sem uso</t>
         </is>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>12.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
-          <t>150.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="5" t="inlineStr">
         <is>
-          <t>6087</t>
+          <t>6084</t>
         </is>
       </c>
       <c r="B96" s="4" t="inlineStr">
         <is>
-          <t> Extensor Volute para adaptar em turbina de pulverizadores natali, k.o ou fmc</t>
+          <t> Grade frontal de parachoques de tratores</t>
         </is>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>80,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
-          <t>150.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="5" t="inlineStr">
         <is>
-          <t>6088</t>
+          <t>6086</t>
         </is>
       </c>
       <c r="B97" s="4" t="inlineStr">
         <is>
-          <t> Redutor de engrenagens retirado de uma roçadeira</t>
+          <t> 02 unidades Suporte de paralama para trofor Ford linha 600, 610 e 630,</t>
         </is>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="5" t="inlineStr">
         <is>
-          <t>6090</t>
+          <t>6087</t>
         </is>
       </c>
       <c r="B98" s="4" t="inlineStr">
         <is>
-          <t> Pneu com roda traseira original retirada de trator Valtra A850 (servível em outrosmodelos), completa com aro presilhas duplas, camara e pneu marca Fate, medida 18.4.30</t>
+          <t> Extensor Volute para adaptar em turbina de pulverizadores natali, k.o ou fmc</t>
         </is>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="5" t="inlineStr">
         <is>
-          <t>6091</t>
+          <t>6088</t>
         </is>
       </c>
       <c r="B99" s="4" t="inlineStr">
         <is>
-          <t> Plantadeira SEM USO. PST PLUS FLEX de 7 linhas PANTOGRÁFICA. Modificada com kits de melhorias instalados. Veja especificações</t>
+          <t> Redutor de engrenagens retirado de uma roçadeira</t>
         </is>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
-          <t>130.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="5" t="inlineStr">
         <is>
-          <t>6092</t>
+          <t>6090</t>
         </is>
       </c>
       <c r="B100" s="4" t="inlineStr">
         <is>
-          <t>Bomba roda d'água , Rochfer</t>
+          <t> Pneu com roda traseira original retirada de trator Valtra A850 (servível em outrosmodelos), completa com aro presilhas duplas, camara e pneu marca Fate, medida 18.4.30</t>
         </is>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
-          <t>3.500,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="5" t="inlineStr">
         <is>
-          <t>6093</t>
+          <t>6091</t>
         </is>
       </c>
       <c r="B101" s="4" t="inlineStr">
         <is>
-          <t>Cabine de caminhão Dodge D750</t>
+          <t> Plantadeira SEM USO. PST PLUS FLEX de 7 linhas PANTOGRÁFICA. Modificada com kits de melhorias instalados. Veja especificações</t>
         </is>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
-          <t>8.000,00</t>
+          <t>130.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="5" t="inlineStr">
         <is>
-          <t>6094</t>
+          <t>6092</t>
         </is>
       </c>
       <c r="B102" s="4" t="inlineStr">
         <is>
-          <t>Roçadeira kamaq tipo falcon 13. Ccom 2 caixas de engrenagens. Cabeçalho de deslocamento lateral rápido.</t>
+          <t>Bomba roda d'água , Rochfer</t>
         </is>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
-          <t>19.000,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="5" t="inlineStr">
         <is>
-          <t>7001</t>
+          <t>6093</t>
         </is>
       </c>
       <c r="B103" s="4" t="inlineStr">
         <is>
-          <t>plantadeira Jumil</t>
+          <t>Cabine de caminhão Dodge D750</t>
         </is>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>8.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="5" t="inlineStr">
         <is>
-          <t>7002</t>
+          <t>6094</t>
         </is>
       </c>
       <c r="B104" s="4" t="inlineStr">
         <is>
-          <t>Plantadeira Jumil-2004</t>
+          <t>Roçadeira kamaq tipo falcon 13. Ccom 2 caixas de engrenagens. Cabeçalho de deslocamento lateral rápido.</t>
         </is>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>19.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="5" t="inlineStr">
         <is>
+          <t>7001</t>
+        </is>
+      </c>
+      <c r="B105" s="4" t="inlineStr">
+        <is>
+          <t>plantadeira Jumil</t>
+        </is>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="inlineStr">
+        <is>
+          <t>7002</t>
+        </is>
+      </c>
+      <c r="B106" s="4" t="inlineStr">
+        <is>
+          <t>Plantadeira Jumil-2004</t>
+        </is>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="inlineStr">
+        <is>
           <t>7003</t>
         </is>
       </c>
-      <c r="B105" s="4" t="inlineStr">
+      <c r="B107" s="4" t="inlineStr">
         <is>
           <t>2 rodas com pneu John Deere- 20-8-38</t>
         </is>
       </c>
-      <c r="C105" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E105" s="5" t="inlineStr">
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
-      <c r="F105" s="4" t="inlineStr">
+      <c r="F107" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>