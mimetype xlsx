--- v0 (2025-12-27)
+++ v1 (2026-01-19)
@@ -281,2099 +281,2099 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>DESTILARIA PARA 220M³/d ALCOOL HIDRATADO - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2.000.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>ESTRUTURA DE BARRACÃO (PÉ DIREITO COM 12 UNIDADES DE VIGA H 350 X 350 COM 16,9M ALTURA, TESOURA COM 6 UNIDADES DE VIGA U 6" COM 12,4M E TESOURA COM 6 UNIDADES DE VIGA U 6" COM 6,5M) - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> ELETROIMÃ ITALINDUSTRIA 80" - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>ELETROIMÃ ITALINDUSTRIA 94" - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> VÁLVULA 14" REFORMADA - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> VÁLVULA 30" - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> ELETROIMÃ 64" - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t> FILTRO DE LINHA PARA VAPOR E AGUA - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t> APROXIMADAMENTE 20 METROS DE CORRIMÃO EM IINOX - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> FREIO PARA PONTE ROLANTE SEMINOVO - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t> FREIO PARA PONTE ROLANTE SEMINOVO - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t>GUINCHO HILO DE APROX. 12,40 METROS DE ALTURA COM UMA BASE DE 3,40 METROS DE ALTURA P/ DESCARGA DE CAMINHÃO - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t>GUINCHO HILO PARA 35 TONELADAS DE 15,8 METROS DE ALTURA P/ DESCARGA DE CAMINHÃO  - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t> 6 CENTRIFUGA DE AÇUCAR PARA 350KG (SEM MOTOR) - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t> 7 MOTORES MAUSA PARA CENTRIFUGA MODELO MV 108 PARA ATÉ 700KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>3000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> PRÉ AQUECEDOR DE 150 - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t> PRÉ AQUECEDOR DE 150- VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t>1 DESFIBRADOR 100" COM 38 PLACAS - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t>01 UN.  DESFIBRADOR 58" COM 2 MANCAIS - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t>01 UN  DESFIBRADOR  58" COM 2 MANCAIS - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t>01 UN.  DESFIBRADOR 52" COM 2 MANCAIS E ACOPLAMENTO - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>105.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t>01 UN. DESFIBRADOR 52" COM 2 MANCAIS - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t>ESTEIRA DE APROX. 21 METROS EM FUNCIONAMENTO - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>3000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> ESTEIRA DE APROX. 15 METROS </t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t> [ LANCE POR KG ] TUBOS CALANDRADOS DE 10" A 40" - APROX. 6000 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>4,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t> REDUTOR REFORMADO 1:54,44 HT-90 </t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t> REDUTOR </t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
           <t> REDUTOR</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
           <t> REDUTOR </t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
           <t> REDUTOR</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t> REDUTOR </t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
           <t> EIXO DE ACIONAMENTO DA MESA ALIMENTADORA COM 11 ENGRENAGENS - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
           <t> EIXO DE ACIONAMENTO DA MESA ALIMENTADORA COM 11 ENGRENAGENS - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
           <t> EIXO DE ACIONAMENTO DA MESA ALIMENTADORA COM 16 ENGRENAGENS - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t> EIXO TRASEIRO DA MESA ALIMENTADORA COM 5 ROLDANAS - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t> EIXO TRASEIRO DA MESA ALIMENTADORA COM 5 ROLDANAS - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t> EIXO TRASEIRO DA MESA ALIMENTADORA COM 6 ROLDANAS - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
           <t> EIXO TRASEIRO DA MESA ALIMENTADORA COM 11 ROLDANAS - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
           <t> EIXO TRASEIRO DA MESA ALIMENTADORA COM 11 ROLDANAS - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
           <t> [ LANCE POR UNIDADE ] APROXIMADAMENTE 120 FACAS DO ROLO PICADOR DE COLHEDORA - 845mm x 65mm - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>17,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
           <t> VALVULA GAVETA 14" USADA - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
           <t> VALVULA GAVETA 14" USADA - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>91</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
           <t> 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <t>92</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
           <t> 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <t>93</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
           <t> 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <t>94</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
           <t> 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
           <t>95</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
           <t>20 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (200 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
           <t>99</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
           <t> 50 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (Aprox. 500 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
           <t>109</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
           <t>1 UNIDADE DE CAIXA COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (20 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
           <t>110</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
           <t> 2 ENGRENAGENS PARA EIXO DE ACIONAMENTO DA MESA ALIMENTADORA - DIAMETRO INTERNO COM 200MM E EXTERNO 290MM - 9 DENTES - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
           <t> 2 ENGRENAGENS PARA EIXO DE ACIONAMENTO DA MESA ALIMENTADORA - DIAMETRO INTERNO COM 200MM E EXTERNO 290MM - 9 DENTES - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
           <t>112</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
           <t> 2 ENGRENAGENS PARA EIXO DE ACIONAMENTO DA MESA ALIMENTADORA - DIAMETRO INTERNO COM 200MM E EXTERNO 290MM - 9 DENTES - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
           <t> 2 ENGRENAGENS PARA EIXO DE ACIONAMENTO DA MESA ALIMENTADORA - DIAMETRO INTERNO COM 200MM E EXTERNO 290MM - 9 DENTES - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
           <t>114</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
           <t> 2 ENGRENAGENS PARA EIXO DE ACIONAMENTO DA MESA ALIMENTADORA - DIAMETRO INTERNO COM 200MM E EXTERNO 290MM - 9 DENTES - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
           <t>115</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
           <t> 2 ENGRENAGENS PARA EIXO DE ACIONAMENTO DA MESA ALIMENTADORA - DIAMETRO INTERNO COM 200MM E EXTERNO 290MM - 9 DENTES - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
           <t>116</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
           <t> 3 ENGRENAGENS PARA EIXO DE ACIONAMENTO DA MESA ALIMENTADORA - DIAMETRO INTERNO COM 200MM E EXTERNO 290MM - 9 DENTES - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
           <t> 8 VALVULAS DUPLAS - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
           <t>129</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
           <t>[ LANCE POR KG ] TARUGOS (EIXOS) DE 175MM Ø À 310MM Ø - APROX. 20.000 KG - DIFERENTES COMPRIMENTOS - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>4,50</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
           <t>154</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
           <t> VALVULA GAVETA 12" USADA - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
           <t> 1 TAMPO TORISFÉRICO COM DIAMETRO EXTERNO: 4.500MM; ESPESSURA: 5/8"; ALTURA INTERNA 975MM;</t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
           <t>175</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
           <t> 1 TAMPO TORISFÉRICO COM DIAMETRO EXTERNO: 4.550MM; ESPESSURA: 1/2"; ALTURA INTERNA 893MM;</t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
           <t>176</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
           <t> 1 TAMPO TORISFÉRICO COM DIAMETRO EXTERNO: 4.550MM; ESPESSURA: 1/2"; ALTURA INTERNA 880MM</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
           <t>177</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
           <t> 1 TAMPO TORISFÉRICO COM DIAMETRO EXTERNO: 4.550MM; ESPESSURA: 1/2"; ALTURA INTERNA 890MM</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
           <t>178</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
           <t> 1 TAMPO TORISFÉRICO COM DIAMETRO EXTERNO: 4.550MM; ESPESSURA: 1/2"; ALTURA INTERNA 875MM</t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
           <t>195</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
           <t>1 DESFIBRADOR 78" COM 29 PLACAS COMPLETO (COM MANCAIS E FLANGES) - VENDA NO ESTADO CONFORME LOTE EXPOSTO</t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>