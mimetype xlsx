--- v0 (2025-12-27)
+++ v1 (2026-02-21)
@@ -281,1427 +281,1427 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> FROTA:  3001111 TRATOR JOHN DEERE 6180 J; ANO: 2016; HORÍMETRO: 232280 NO ESTADO. </t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>150.000,00</t>
+          <t>120.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> FROTA:  3001101 TRATOR JOHN DEERE 6180 J; ANO: 2016; HORÍMETRO: 30236 NO ESTADO. </t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>150.000,00</t>
+          <t>120.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> FROTA:  3001105 TRATOR JOHN DEERE 6180 J; ANO: 2016; HORÍMETRO: 29574 NO ESTADO. </t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>150.000,00</t>
+          <t>120.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> FROTA:  3001118 TRATOR JOHN DEERE 6180 J; ANO: 2016; HORÍMETRO: 20408 NO ESTADO. </t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>150.000,00</t>
+          <t>120.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> FROTA:  3001100 TRATOR JOHN DEERE 6180 J; ANO: 2016; HORÍMETRO: 30288 NO ESTADO. </t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>150.000,00</t>
+          <t>120.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> FROTA:  3001109 TRATOR JOHN DEERE 6180 J; ANO: 2016; HORÍMETRO: 26400 NO ESTADO. </t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>150.000,00</t>
+          <t>120.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> FROTA:  3001123 TRATOR JOHN DEERE 7200 J; ANO: 2017; HORÍMETRO: 272198 NO ESTADO. </t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>180.000,00</t>
+          <t>150.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t> FROTA:  3013186 PLANTADORA DE CANA DMB PCP6000; ANO: 2012 NO ESTADO. </t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t> FROTA:  3001129 TRATOR JOHN DEERE 8320 R; ANO: 2017; HORÍMETRO: 29098 NO ESTADO. </t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>300.000,00</t>
+          <t>250.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> FROTA:  3014047 COLHEITADEIRA JOHN DEERE CH570; ANO: 2018; HORÍMETRO: 21143 NO ESTADO. </t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>98</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>137.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t> FROTA:  3014039 COLHEITADEIRA JOHN DEERE CH570; ANO: 2016; HORÍMETRO: 20486 NO ESTADO. </t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>48</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>35.000,00</t>
+          <t>82.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> FROTA:  3001099 TRATOR JOHN DEERE 6180 J; ANO: 2016; HORÍMETRO: 30691 NO ESTADO. </t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>150.000,00</t>
+          <t>120.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t> FROTA:  3001104 TRATOR JOHN DEERE 6180 J; ANO: 2016; HORÍMETRO: 29836 NO ESTADO. </t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>150.000,00</t>
+          <t>120.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t> FROTA:  3001097 TRATOR JOHN DEERE 6180 J; ANO: 2016; HORÍMETRO: 26747 NO ESTADO. </t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>150.000,00</t>
+          <t>120.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t> FROTA:  3010117 CAVALO MECÂNICO VOLVO FMX 540; ANO: 2018; KM: 740721 NO ESTADO. </t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>11</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>135.000,00</t>
+          <t>160.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> FROTA:  3010115 CAVALO MECÂNICO MB 3344; ANO: 2018; KM: 785290 NO ESTADO. </t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>135.000,00</t>
+          <t>137.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t> FROTA:  3010112 CAVALO MECÂNICO MB 3344; ANO: 2018; KM: 741980 NO ESTADO. </t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>16</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>135.000,00</t>
+          <t>172.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t> FROTA:  3010113 CAVALO MECÂNICO MB 3344; ANO: 2018; KM: 679898 NO ESTADO. </t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>11</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>135.000,00</t>
+          <t>160.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t> FROTA:  EMPILHADEIRA HYUNDAI HDF 70; ANO: 2009; CAP. 7 T NO ESTADO. </t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t> FROTA:  2010053 CAVALO MECÂNICO MB 3344; ANO: 2010; KM: 678950 NO ESTADO. </t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>6</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>70.000,00</t>
+          <t>82.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t> FROTA:  2010093 CAVALO MECÂNICO MB 3344; ANO: 2016; KM: 649264 NO ESTADO. </t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t> FROTA:  2001138 TRATOR JOHN DEERE 7225 J; ANO: 2017; HORÍMETRO: 19985 NO ESTADO. </t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
-          <t>180.000,00</t>
+          <t>150.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> FROTA:  2001139 TRATOR JOHN DEERE 7225 J; ANO: 2017; HORÍMETRO: 19960 NO ESTADO. </t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
-          <t>180.000,00</t>
+          <t>150.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> FROTA:  2001030 TRATOR VALTRA 885; ANO: 2006; HORÍMETRO: 25759 NO ESTADO. </t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>25</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>31.000,00</t>
+          <t>54.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t> FROTA:  CABINE CAMINHÃO (CASA DE FIBRA) NO ESTADO. </t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>1.250,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t> FROTA:  2010084 CAVALO MECÂNICO MB 3344; ANO: 2016; KM: 524480 NO ESTADO. </t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t> FROTA:  4010085 CAVALO MECÂNICO MB 3344; ANO: 2013; KM: 644806 NO ESTADO. </t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
           <t> FROTA:  4010091 CAVALO MECÂNICO VOLVO FH 540; ANO: 2021; KM: 297104 NO ESTADO. </t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>13</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>250.000,00</t>
+          <t>310.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
           <t> FROTA:  4016090 REBOQUE RANDON RQ CA; ANO: 2008 NO ESTADO. </t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>19.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
           <t> FROTA:  4016094 REBOQUE RANDON RQ CA; ANO: 2007 NO ESTADO. </t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>16.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t> FROTA:  4016085 REBOQUE RANDON RQ CA; ANO: 2008 NO ESTADO. </t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>19.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
           <t> FROTA:  4016095 REBOQUE RANDON RQ CA; ANO: 2008 NO ESTADO. </t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>7</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>21.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
           <t> FROTA:  4016091 REBOQUE RANDON RQ CA; ANO: 2008 NO ESTADO. </t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
           <t> FROTA:  4010088 CAVALO MECÂNICO MB 3344; ANO: 2010; KM: 863911 NO ESTADO. </t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>17</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>100.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t> FROTA:  1017001 ÔNIBUS MB APACHE INDUSCAR; ANO: 2007; KM: 765325 NO ESTADO. </t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>24.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t> FROTA:  1001115 TRATOR JOHN DEERE 6180 J; ANO: 2016; HORÍMETRO: 29930 NO ESTADO. </t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>150.000,00</t>
+          <t>120.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t> FROTA:  1014034 COLHEITADEIRA JOHN DEERE CH570; ANO: 2018; HORÍMETRO: 21042 NO ESTADO. </t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>82</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>202.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
           <t> FROTA:  1001116 TRATOR JOHN DEERE 6180 J; ANO: 2016; HORÍMETRO: 23004 NO ESTADO. </t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>150.000,00</t>
+          <t>120.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
           <t> FROTA:  1001131 TRATOR JOHN DEERE 7200 J; ANO: 2017; HORÍMETRO: 21485 NO ESTADO. </t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>150.000,00</t>
+          <t>120.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
           <t> FROTA:  1001117 TRATOR JOHN DEERE 6180 J; ANO: 2016; HORÍMETRO: 22308 NO ESTADO. </t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>150.000,00</t>
+          <t>120.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
           <t> FROTA:  1001118 TRATOR JOHN DEERE 6180 J; ANO: 2016; HORÍMETRO: 24362 NO ESTADO. </t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>150.000,00</t>
+          <t>120.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
           <t> FROTA:  1013219 PLANTADORA DE CANA DMB ; ANO: 2014 NO ESTADO. </t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
           <t> 1013130 PLANTADORA DE CANA DMB ; ANO: 2010 NO ESTADO. </t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
           <t> FROTA:  1013144 PLANTADORA DE CANA DMB ; ANO: 2011 NO ESTADO. </t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>