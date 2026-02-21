--- v0 (2025-12-20)
+++ v1 (2026-02-21)
@@ -1913,51 +1913,51 @@
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT 621B</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
@@ -2617,51 +2617,51 @@
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="B84" s="4" t="inlineStr">
         <is>
           <t> RADIADOR CAT 621R</t>
         </is>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
           <t>114</t>
         </is>
       </c>
       <c r="B85" s="4" t="inlineStr">
@@ -5849,51 +5849,51 @@
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="5" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="B185" s="4" t="inlineStr">
         <is>
           <t> MOITÃO 20 TONELADAS</t>
         </is>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="5" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="B186" s="4" t="inlineStr">