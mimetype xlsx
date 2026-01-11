--- v0 (2025-12-16)
+++ v1 (2026-01-11)
@@ -281,339 +281,339 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>ADUBADEIRA AGRÍCOLA JACTO TELLUS 10000 NPK C/ GPS; ANO 2021</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>TRATOR NEW HOLLAND 5630; COMANDO DUPLO; CABINE AGRO LEITE; PESO NAS RODAS TRASEIRAS; DUAL POWER - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>7</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>32.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>TRATOR 8 BR; SEM PLAQUETA DE IDENT.</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>5.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>LANCHA FOCKER 222; ANO 2005; MOTOR YAMAHA 200HP 2 TEMPOS; CARRETA DE ENCALHE</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>33</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>80.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO FORD/F4000; ANO 1977/1977; COR AZUL; COMB. DIESEL; C/ PRANCHA </t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! CAMINHÃO GM/CHEVROLET C40; ANO 1990; COR BRANCA; COMB. DIESEL - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! GM/CHEVROLET 11000; 1986/1986; BRANCA; DIESEL; MOTOR PERKINS - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO M. BENZ/LK 1113; 1980/1981; AMARELA; DIESEL; BASCULANTE; DIREÇÃO HIDRÁULICA</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO PIPA M. BENZ/LK 1513; 1980/1980; COR AMARELA; COMB. DIESEL; C/ 2 EIXOS - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>17.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 11 BORRACHAS DE DIVERSAS APLICAÇÕES DE APROX. 25M E 01 GAXETA GRAFITADA DE 5/8</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>