--- v0 (2025-12-11)
+++ v1 (2026-01-11)
@@ -191,51 +191,51 @@
       <c r="E2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Leilão</t>
         </is>
       </c>
       <c r="B6" s="4" t="inlineStr">
         <is>
-          <t>ESCAVADEIRAS CATERPILLAR E KOMATSU • PÁ CARREGADEIRA • M. BENZ L 1620 • VIRTUS 19 • OUTROS</t>
+          <t>ESCAV. CAT E KOMATSU • PÁ MICHIGAN • M. BENZ L 1620 • VIRTUS 19 • OUTROS</t>
         </is>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>23/12/2025 11:30</t>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
@@ -281,322 +281,322 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>ESCAVADEIRA MARCA CATERPILLAR; MODELO 230D2L; COR AMARELA - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>10</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>150.000,00</t>
+          <t>145.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! ESCAVADEIRA MARCA CATERPILLAR; MODELO 320D; COR AMARELA - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>140.000,00</t>
+          <t>105.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! ESCAVADEIRA MARCA KOMATSU; MODELO PC 200; COR AMARELA - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>145.000,00</t>
+          <t>100.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! PÁ CARREGADEIRA MARCA MICHIGAN; MODELO 55C; ANO 1987; COR AMARELA - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>1750.00</t>
+          <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÃO BASCULANTE M.BENZ/L 1620; ANO 2005/2006; COR BRANCA; COMB. DIESEL - FUNCIONANDO - IPVA 2025 OK</t>
+          <t>veja o vídeo!! CAMINHÃO BASCULANTE M.BENZ/L 1620; ANO 2005/2006; COR BRANCA; COMB. DIESEL - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>9</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>95.000,00</t>
+          <t>109.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>1750.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>CHEVROLET/MONTANA LS; ANO 2014/2015; COR BRANCA; COMB. ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>16</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>21.900,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>VW/VIRTUS HL AD; ANO 2018/2019; COR PRETA; COMB. ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>27.650,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
-          <t>1250.00</t>
+          <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>FIAT/PALIO ELX FLEX; ANO 2009/2010; COR PRATA; COMB. ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>21</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>17.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>VW/GOL 1.0 GIV; ANO 2013/2014; COR PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>12</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>10.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>