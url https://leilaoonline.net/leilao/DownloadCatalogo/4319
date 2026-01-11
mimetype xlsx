--- v0 (2025-12-13)
+++ v1 (2026-01-11)
@@ -569,51 +569,51 @@
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> CABINE LIUGONG (VAZIA)</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
@@ -761,51 +761,51 @@
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 950H (VAZIA )</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
@@ -1081,51 +1081,51 @@
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t> CABINE DOOSAN ( VAZIA )</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
@@ -1817,83 +1817,83 @@
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE GIRO CAT</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT D8N</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
@@ -2169,51 +2169,51 @@
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO ZF</t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
@@ -3065,51 +3065,51 @@
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="5" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="B98" s="4" t="inlineStr">
         <is>
           <t> CABINE KOMATSU PC 600 (VAZIA)</t>
         </is>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="5" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="B99" s="4" t="inlineStr">
@@ -5849,83 +5849,83 @@
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="5" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="B185" s="4" t="inlineStr">
         <is>
           <t> MOITÃO 20 TONELADAS</t>
         </is>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="5" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="B186" s="4" t="inlineStr">
         <is>
           <t> GUINCHO 100 TONELADAS</t>
         </is>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="5" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="B187" s="4" t="inlineStr">