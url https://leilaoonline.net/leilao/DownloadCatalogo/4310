--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -281,824 +281,824 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>  válvula solenóide Eaton Vickers modelo 300aa00081a com duas bobinas</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>  válvula solenóide Eaton Vickers modelo 300aa00081a com duas bobinas</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>  válvula solenóide Eaton Vickers modelo 300aa00081a com duas bobinas</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>  válvula solenóide Eaton Vickers modelo 300aa00081a com duas bobinas</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> Auto tracker Modelo 87463295</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> Potenciômetro John Deere saber danfoss modelo cb.11442206 llllll 11020996   3 unid </t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> Potenciômetro John Deere saber danfoss modelo cb.11442206 llllll 11020996   3 unid </t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t> Potenciômetro John Deere saber danfoss modelo cb.11442206 llllll 11020996   3 unid </t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>  kit com 10 PCs de reator hid modelo RE271579</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>  kit com 9 PCs de reator hid modelo RE271579</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t> 3 unidades de tampas do enchimento Case 00401607 stauff</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t>  contém 18 PCs de rolamento GCO 85148700</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t>  contém 17 unid de indicador de óleo AGCO</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t> 4 unidades de sensor de velocidade para motores Cumins  3078155</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t> Contém 4 unidades de cabo vedado modelo CVV031 John Deere</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> Contém 22 itens diversos marca AGCO  </t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t> 5 módulos de controle eletrônico codigo CB01409089 , controle da cabine do operador utilizada em modelos 3510-3520-3522  </t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t> Composto por 3 unidades de chicote elétrico da estrutura liga desliga de flutuação do divisor de linhas código John Deere CB 11494018 novos</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t> Contém 14 unidades de sensor Case modelo 00181825 no estado</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t> Contém 14 unidades de sensor Case modelo 00181825 no estado </t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t> Lote 22 contém 4 unidades de sensor cameco modelo John Deere CB 1414661</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t> Composto por 13 modelos de chicotes diversos para John Deere novos </t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> 2 unidade de motor CNH modelo 00198140</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t>  Contém 10 PCs diversas total no estado </t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t> ITENS DIVERSOS SEM USO. NO ESTADO</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>