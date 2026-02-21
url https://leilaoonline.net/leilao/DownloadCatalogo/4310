--- v1 (2025-12-27)
+++ v2 (2026-02-21)
@@ -441,51 +441,51 @@
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> Potenciômetro John Deere saber danfoss modelo cb.11442206 llllll 11020996   3 unid </t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
@@ -665,51 +665,51 @@
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t>  contém 17 unid de indicador de óleo AGCO</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
@@ -761,51 +761,51 @@
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> Contém 22 itens diversos marca AGCO  </t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
@@ -953,51 +953,51 @@
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t> Composto por 13 modelos de chicotes diversos para John Deere novos </t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
@@ -1049,51 +1049,51 @@
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t> ITENS DIVERSOS SEM USO. NO ESTADO</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>