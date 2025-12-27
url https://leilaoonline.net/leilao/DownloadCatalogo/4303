--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -142,100 +142,100 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F89"/>
+  <dimension ref="A1:F213"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Leilão</t>
         </is>
       </c>
       <c r="B6" s="4" t="inlineStr">
         <is>
-          <t>AGUARDEM</t>
+          <t>10 COLHEDORAS CASE A8810 - 14 CAMINHÕES - 10 TRATORES - MOTORES - CAMBIOS - OUTROS </t>
         </is>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>19/12/2025 11:30</t>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
@@ -281,2562 +281,6530 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1345</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>TRATOR CASE; ANO 2017. - FR20286. - LOC.PARAISO</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>62.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>1500.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>1387</t>
+          <t>1384</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
-          <t>TRATOR MX 260 MAGNUM 4X4; ANO 2017. - FR91593. - DESINVESTIMENTO - LOC. ARARAQUARA</t>
+          <t> TRATOR CASE 260 - ANO 2017 - FR23242 - LOC. BONFIM</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>62.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>1500.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>1434</t>
+          <t>1387</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
-          <t>TRATOR CASE MX 260 MAGNUM 4X4; ANO 2017. - FR20288. - DESINVESTIMENTO - LOC. SERRA</t>
+          <t>TRATOR MX 260 MAGNUM 4X4; ANO 2017. - FR91593. - DESINVESTIMENTO - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>64.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>1500.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>1705</t>
+          <t>1434</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
-          <t> PLANTADORA PTX4000; ANO 2014 . - FR122359. - LOC.BONFIM </t>
+          <t>TRATOR CASE MX 260 MAGNUM 4X4; ANO 2017. - FR20288. - DESINVESTIMENTO - LOC. SERRA</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>7</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>75.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>1721</t>
+          <t>1459</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
-          <t>TRATOR CASE 260; ANO 2017. - FR2037. - LOC. SANTA CÂNDIDA</t>
+          <t>CAMINHÃO SCANIA R113 E 6X4 360 - ANO: 1993/1993 - BRANCO - FR45018 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>22</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>31.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>1500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>1726</t>
+          <t>1705</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
-          <t> MOTOR M BENZ - LOC. BARRA</t>
+          <t> PLANTADORA PTX4000; ANO 2014 . - FR122359. - LOC.BONFIM </t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>1742</t>
+          <t>1721</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t>CARRETA BAZUCA - ADUBO; ANO 2011. - FR11003612. - LOC. VALE DO ROSÁRIO </t>
+          <t>TRATOR CASE 260; ANO 2017. - FR2037. - LOC. SANTA CÂNDIDA</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>3.500,00</t>
+          <t>70.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>1804</t>
+          <t>1742</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t>HIDRO ROLL SUCATEADO . - FR86957. - PÁTIO MODAL - LOC. GASA </t>
+          <t>CARRETA BAZUCA - ADUBO; ANO 2011. - FR11003612. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>4.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>11600</t>
+          <t>2477</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t>TANQUE CILINDRO CALDEMA. - PT.81629. - APROX. 2 TONELADAS - (VENDA POR KG) - INDUSTRIA - PRÓXIMO A CENTRAL DE RESÍDUOS - LOC. DESTIVALE</t>
+          <t>10 TELEVISORES COM DEFEITO; 1 IMPRESSORA EPSON M244A; E 3 FRIGOBARES - S/FR - (CFC) - LOC. COSTA PINTO </t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>1,00</t>
+          <t>700,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>0.20</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>12046</t>
+          <t>10139</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
-          <t> SULCADOR; ANO 2008. - FR4445031. - LOC. CAARAPÓ</t>
+          <t> CAMINHÃO VOLKSWAGEN 31.330 CRC 6X4; ANO 2014/2015; BRANCO - FR10663 - CARROCERIA TRANSBORDO - (VENDA SEM CABINE/MOTOR/CÂMBIO/OUTROS) - (DESINVESTIMENTO) - LOC. SERRA</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>54</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>63.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>33601</t>
+          <t>11600</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
-          <t>REBOQUE RANDON RQ CA - ANO 2008/2008 - AZUL - FR81979 - (DESINVESTIMENTO) - LOC. ARARAQUARA</t>
+          <t>TANQUE CILINDRO CALDEMA. - PT.81629. - APROX. 2 TONELADAS - (VENDA POR KG) - INDUSTRIA - PRÓXIMO A CENTRAL DE RESÍDUOS - LOC. DESTIVALE</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>1,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>34121</t>
+          <t>12046</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
-          <t>IMPLEMENTO AGROMATÃO. - FR48411. - LOC. IPAUSSU </t>
+          <t> SULCADOR; ANO 2008. - FR4445031. - LOC. CAARAPÓ</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>34126</t>
+          <t>12077</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t>REBOQUE TIN CAR REBTC CRG - ANO 2014/2014 - PRETA - FR4441992 - LOC. CAARAPÓ </t>
+          <t>PLANTADORA DE CANA -  TMA 2 LINHAS; ANO 2020. - FR4445356. - (PÁTIO DESINVESTIMENTO) - LOC. CAARAPÓ</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>35014</t>
+          <t>34070</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE 3522 - FR117573 - LOC. BONFIM</t>
+          <t>CARRETA ESP. CALC. SOLLUS; ANO 2014. - FR4445234. - (PÁTIO DESINVESTIMENTO) - LOC. CAARAPÓ</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>35270</t>
+          <t>34122</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t>TRATOR CASE MX 260 MAGNUM 4X4 - ANO 2017 - FR31060 - (PÁTIO CCT AGRÍCOLA) - LOC. GASA</t>
+          <t>SUCATA DE CAMINHÃO MERCEDES BENZ L 608 D - ANO 1985/1985 - BRANCO - FR58005 - (DESINVESTIMENTO) - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>14</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>14.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
-          <t>1500.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>35316</t>
+          <t>34127</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO SANTA IZABEL, MOD.TRSI 15000 - ANO 2013 - FR11003711. - LOC. VALE DO ROSÁRIO </t>
+          <t>BOMBA DE COMBUSTÍVEL GILBARCO - PAT.245067 - (POSTO DESINVESTIMENTO) - LOC. PARAISO</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>35318</t>
+          <t>34128</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003682. - LOC. VALE DO ROSÁRIO </t>
+          <t>EQUIPAMENTOS AGRÍCOLAS (APROXIMADAMENTE 200 PEÇAS) - (VEJA DESCRITIVO DE ITENS) - (ALMOXARIFADO) - LOC. BONFIM </t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>7</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>16.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>35365</t>
+          <t>34129</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t>SUCATA OSMOSE. - N/E - DESINVESTIMENTO - LOC. VALE DO ROSÁRIO </t>
+          <t>REFINARIA DE AMORFO - LOC. BARRA</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>50.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>35437</t>
+          <t>34130</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA  JOHN DEERE3522; ANO 2013. - FR10758. - (PÁTIO DESINVESTIMENTO). - LOC. GASA </t>
+          <t>EQUIPAMENTOS DE AMBULATÓRIOS - (VEJA DESCRITIVO DE ITENS) -  (AMBULATÓRIO) - LOC. BARRA  </t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>35452</t>
+          <t>34131</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
-          <t> CARRETA ABRIGO SUCATEADA FAB. PRÓPRIA. - S/FR. - (AREA EXTERNA - PÁTIO VINHAÇA) - LOC. BENALCOOL </t>
+          <t>CARRETA SERVIÇOS DIVERSOS FACCHINI - ANO 2009 - FR163710 - (DESINVESTIMENTO) - LOC. JATAÍ   </t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>35459</t>
+          <t>34132</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
-          <t> TRANSBORDO SMR 10500 10T; ANO 2007. - FR38321. - ( DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+          <t>BOMBONAS DE 200 LITROS SEM USO (APROXIMADAMENTE 370) - (VENDA POR UNIDADE) - (ENVASE) - LOC. COSTA PINTO </t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>26</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>14.060,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>35468</t>
+          <t>34133</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
-          <t> DISTRIBUIDOR TORTA FILT 5,7M³ 40000KG/HA; ANO 2015. - FR67185. - (AGRÍCOLA)-  LOC. RAFARD</t>
+          <t>PALLETES DE MADEIRA (APROXIMADAMENTE 1.300) - (VENDA POR UNIDADE) - (ENVASE) - LOC. COSTA PINTO</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
-          <t>3.500,00</t>
+          <t>1.300,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>35545</t>
+          <t>34134</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
-          <t>ENXADA ROTATIVA CH3000; ANO 2014. - FR88463. - DESINVESTIMENTO - LOC.GASA</t>
+          <t>CÂMBIO EATON FS5406A - (PÁTIO DE DESINVESTIMENTOS) - LOC. BENALCOOL</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>36</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>2.900,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>35560</t>
+          <t>34135</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
-          <t>TRATOR CASE MX 260 MAGNUM 4X4; ANO 2017. - FR112218. - (PÁTIO DESINVESTIMENTO) - LOC. GASA </t>
+          <t>COMPRESSOR ATLAS GA160 - (INDUSTRIA) - LOC. GASA</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>66</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>40.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
-          <t>1500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>35586</t>
+          <t>34136</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t> TRANSBORDO ATA 12000; ANO 2015. - FR188713. -(PATIO CCT). - LOC. GASA </t>
+          <t>BUMPERS - DE CALDEIRA - (BIONERGIA) - LOC. GASA</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>35594</t>
+          <t>34137</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE 3522; ANO 2015. - FR188007. -(PATIO CCT). - LOC. GASA</t>
+          <t>ELIMINADOR DE SOQUEIRA AGROMATÃO - ANO 2019 - FR134170 - (DESINVESTIMENTO) - LOC. SERRA</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>35633</t>
+          <t>34138</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO CIVEMASA TAC 13000; ANO 2008. - FR9004066. - LOC. PARAISO </t>
+          <t>ELIMINADOR DE SOQUEIRA AGROMATÃO - ANO 2019 - FR134162 - (DESINVESTIMENTO) - LOC. SERRA</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>35634</t>
+          <t>34139</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO CIVEMASA TAC 13000; ANO 2008. - FR9004101. - LOC. PARAISO</t>
+          <t>CAMINHÃO SCANIA R113 E 6X4 360 - ANO 1993/1993 - BRANCO - FR45013 - (MOTOR DIVERGENTE E SEM CARROCERIA) - (VENDA APENAS PARA COMPRADORES DO ESTADO DE SÃO PAULO) - LOC. IPAUSSU</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>19</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>28.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>35665</t>
+          <t>34140</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO VW/31.320 CNC 6X4; ANO 2008/2008;BRANCA; (BASCULANTE). - FR360154/361806. - LOC. BARRA </t>
+          <t>11 PNEUS AGRÍCOLA  - (VEJA DESCRITIVO DE ITENS) - LOC. PARAÍSO </t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>35694</t>
+          <t>34141</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
-          <t>REBOQUE RODOFORT RR CN; ANO 2007/2007; AZUL; (C/ HIDROROLL). - FR1005009. - LOC. CONTINENTAL </t>
+          <t>6 BOMBAS DOSADORA SELENOIDE; 2 ESTUFAS; 1 BOMBA À VÁCUO; 1 MOINHO DIGESTOR; E 1 DESSECADOR - (VEJA DESCRITIVO DE ITENS) - (ETA) - LOC. BONFIM</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>35724</t>
+          <t>34142</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE. - FR72120. - LOC. DIAMANTE</t>
+          <t>MOTORES DE DIVERSOS MODELOS E TAMANHOS (APROX. 17) - (CENTRAL DE INSERVÍVEIS) - LOC. RAFARD </t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>20</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>14.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>35746</t>
+          <t>34143</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t>2 CAIXAS DE INOX - EG2 - LOC.BONFIM </t>
+          <t>4 CULTIVADORES 2L CARDEROLI - ANO 2015 - FR140035/38072/38073/140038 - (AGRÍCOLA) - LOC. RAFARD</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>8</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>7.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>35761</t>
+          <t>34144</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO VOLKSWAGEN 26.220 EURO3 WORKER - ANO 2008/2009 -BRANCO - FR72571 - (BASCULANTE) - LOC. DIAMANTE</t>
+          <t>CARRETA DISTRIBUIDORA DE TORTA SPANDER - ANO 2011 - FR37956 - (AGRÍCOLA) - LOC. RAFARD</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>35762</t>
+          <t>34145</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
-          <t> PEÇAS PARA BARCOS - S/FR - LOC. DIAMANTE  </t>
+          <t>ELIMINADOR DE SOQUEIRA DMB - ANO 2014 - FR25278 - (AGRÍCOLA) - LOC. RAFARD</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>35763</t>
+          <t>34146</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
-          <t> PLANTADORA  ANTONIOSI - FR20330 - LOC. DIAMANTE  </t>
+          <t>GRADE SAC 40 X 28 X 7,5REC - ANO 2018 - FR38082 - (AGRÍCOLA) - LOC. RAFARD</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>12</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>10.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>35764</t>
+          <t>34147</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t> PLANTADORA  ANTONIOSI - FR20312 - LOC. DIAMANTE  </t>
+          <t>GRADE GVMF 24 X 32 X 9,0 DR - ANO 2018 - FR25024 - (AGRÍCOLA) - LOC. RAFARD</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>6</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>7.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>35765</t>
+          <t>34148</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t> CARRETA - FR1626 - LOC. DIAMANTE </t>
+          <t>GRADE PESADA - ANO 2010 - FR25019 - (AGRÍCOLA) - LOC. RAFARD</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>11</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>35766</t>
+          <t>34149</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
-          <t> (VEJA VÍDEO) CAMINHÃO MERCEDES BENZ AXOR 3344S 6X4 - ANO 2014/2014 - BRANCO - FR10641 - LOC. BARRA </t>
+          <t>PEÇAS E EQUIPAMENTOS AGRÍCOLAS (HASTES DE SUSPENSÃO; BOMBAS DIVERSAS; E OUTROS EM CIMA DOS 7 PALLETES) - (CENTRAL DE INSERVÍVEIS) - LOC. RAFARD</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>7.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>35767</t>
+          <t>35014</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
-          <t> (VEJA VÍDEO) CAMINHÃO MERCEDES BENZ AXOR 3344S 6X4 - ANO 2014/2014 - BRANCO - FR119970 - LOC. BARRA </t>
+          <t>COLHEDORA JOHN DEERE 3522 - ANO 2015 - FR117573 - LOC. BONFIM</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>22</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>41.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>35768</t>
+          <t>35212</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t> MOTOR JOHN DEERE - LOC. BARRA</t>
+          <t> CAMINHÃO MERCEDES BENZ L 2638 - ANO 2002/2002 - BRANCA - FR120861 - (VENDA SEM MOTOR) - (DESINVESTIMENTOS 3) - LOC. JUNQUEIRA</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>60</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>74.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>35769</t>
+          <t>35270</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
-          <t> MOTOR FPT - LOC. BARRA</t>
+          <t>TRATOR CASE MX 260 MAGNUM 4X4 - ANO 2017 - FR31060 - (PÁTIO CCT AGRÍCOLA) - LOC. GASA</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>70.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>35770</t>
+          <t>35316</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
-          <t> MOTOR CUMMINS - LOC. BARRA    </t>
+          <t>TRANSBORDO SANTA IZABEL, MOD.TRSI 15000 - ANO 2013 - FR11003711. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>35771</t>
+          <t>35318</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
-          <t> MOTOR FPT - LOC. BARRA</t>
+          <t>TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003682. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>35772</t>
+          <t>35365</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
-          <t> MOTOR FPT - LOC. BARRA</t>
+          <t>SUCATA OSMOSE. - N/E - DESINVESTIMENTO - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>35773</t>
+          <t>35437</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
-          <t> MOTOR JOHN DEERE - LOC. BARRA</t>
+          <t> COLHEDORA  JOHN DEERE 3522; ANO 2013. - FR10758. - (PÁTIO DESINVESTIMENTO). - LOC. GASA </t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>20.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>35774</t>
+          <t>35452</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
-          <t> MOTOR FPT - LOC. BARRA</t>
+          <t> CARRETA ABRIGO SUCATEADA FAB. PRÓPRIA. - S/FR. - (AREA EXTERNA - PÁTIO VINHAÇA) - LOC. BENALCOOL </t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>35775</t>
+          <t>35459</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
-          <t> MOTOR JOHN DEERE - LOC. BARRA</t>
+          <t> TRANSBORDO SMR 10500 10T; ANO 2007. - FR38321. - ( DESINVESTIMENTO) - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>8.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>35776</t>
+          <t>35468</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
-          <t> MOTOR JOHN DEERE - LOC. BARRA</t>
+          <t> DISTRIBUIDOR TORTA FILT 5,7M³ 40000KG/HA; ANO 2015. - FR67185. - (AGRÍCOLA)-  LOC. RAFARD</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>32</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>19.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>35777</t>
+          <t>35471</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
-          <t> MOTOR MWM 6CC - LOC. BARRA</t>
+          <t>ELETROÍMÃ OXIMAG. - S/FR. - (AGRÍCOLA) - LOC. RAFARD</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>35778</t>
+          <t>35477</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
-          <t> MOTOR JOHN DEERE - LOC. BARRA</t>
+          <t>MUFLA - FR245778/209862 - (DESINVESTIMENTO) - LOC. RAFARD     </t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>35779</t>
+          <t>35491</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
-          <t> CÂMBIO - LOC. BARRA</t>
+          <t>ROÇADEIRA HIDRÁULICA - ANO 1999 - FR57114 - (APOIO) - LOC. COSTA PINTO </t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>40</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>3.700,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>35780</t>
+          <t>35545</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
-          <t> CÂMBIO - LOC. BARRA</t>
+          <t>ENXADA ROTATIVA CH3000; ANO 2014. - FR88463. - DESINVESTIMENTO - LOC.GASA</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>35781</t>
+          <t>35560</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
-          <t> CÂMBIO - LOC. BARRA</t>
+          <t>TRATOR CASE MX 260 MAGNUM 4X4; ANO 2017. - FR112218. - (PÁTIO DESINVESTIMENTO) - LOC. GASA </t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>22</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>91.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>35782</t>
+          <t>35575</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
-          <t> DIFERENCIAL - LOC. BARRA    </t>
+          <t>CULTIVADOR CARDEROLI. - PAT.341176. - (PÁTIO DESINVESTIMENTO) - LOC. CAARAPÓ</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>35783</t>
+          <t>35586</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
-          <t> CÂMBIO - LOC. BARRA</t>
+          <t> TRANSBORDO ATA 12000; ANO 2015. - FR188713. -(PATIO CCT). - LOC. GASA </t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>35784</t>
+          <t>35594</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
-          <t> CÂMBIO - LOC. BARRA</t>
+          <t>COLHEDORA JOHN DEERE 3522; ANO 2015. - FR188007. -(PATIO CCT). - LOC. GASA</t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>18</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>37.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>35785</t>
+          <t>35633</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
-          <t> CÂMBIO - LOC. BARRA</t>
+          <t>TRANSBORDO CIVEMASA TAC 13000; ANO 2008. - FR9004066. - LOC. PARAISO </t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>14.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>35786</t>
+          <t>35634</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
-          <t> CÂMBIO - LOC. BARRA</t>
+          <t>TRANSBORDO CIVEMASA TAC 13000; ANO 2008. - FR9004101. - LOC. PARAISO</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>35787</t>
+          <t>35665</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
-          <t> CARRETA DE TUBO - FR25433 - LOC. IPAUSSU</t>
+          <t> CAMINHÃO VW/31.320 CNC 6X4; ANO 2008/2008;BRANCA; (BASCULANTE). - FR360154/361806. - LOC. BARRA </t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>53</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>154.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>35788</t>
+          <t>35740</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO VOLKSWAGEN 26.220 EURO3 WORKER - ANO 2010/2010 - BRANCO - FR43017 - LOC. IPAUSSU</t>
+          <t> CARRETA SERVIÇOS BAÚ. - S/FR. - LOC.BONFIM </t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>35789</t>
+          <t>35746</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
-          <t> CARRETA DE TUBO - FR103868 - LOC. IPAUSSU</t>
+          <t>2 CAIXAS DE INOX - EG2 - LOC.BONFIM </t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>35790</t>
+          <t>35755</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
-          <t> COBRIDOR - S/FR - LOC. IPAUSSU</t>
+          <t> 6 PNEUS C/RODAS - LOC. BARRA </t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>7</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>35791</t>
+          <t>35761</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
-          <t> SEMI REBOQUE RANDON SP SRCA CA - ANO 2012/2013 - CINZA - FR46959 - LOC. IPAUSSU</t>
+          <t> CAMINHÃO VOLKSWAGEN 26.220 EURO3 WORKER - ANO 2008/2009 -BRANCO - FR72571 - (BASCULANTE) - LOC. DIAMANTE</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>59</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>156.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
-          <t>35792</t>
+          <t>35762</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE RANDON SP RQ CA - ANO 2012/2013 - CINZA - FR70842 - LOC. IPAUSSU</t>
+          <t> PEÇAS PARA BARCOS: MOTORES ARRANQUE; ALTERNADORES; MANGUEIRAS; FILTROS; TALHAS; PEÇAS/PARTES HIDRÁULICAS; LUMINÁRIA DE NAVEGAÇÃO - (CARREGADORES E BATERIAS NÃO FAZEM PARTE DO LOTE) - LOC. DIAMANTE </t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>6</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>4.500,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
-          <t>35813</t>
+          <t>35763</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE RANDONSP RQ CA; ANO 2010/2010; AZUL. - FR96714. - LOC. VALE DO ROSÁRIO </t>
+          <t> PLANTADORA  ANTONIOSI - ANO 2017 - FR20330 - LOC. DIAMANTE </t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
-          <t>35814</t>
+          <t>35764</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
-          <t> SEMI REBOQUE RANDONSP SRCA CA; ANO 2013/2014. - FR88669. - LOC. VALE DO ROSÁRIO </t>
+          <t> PLANTADORA  ANTONIOSI - ANO 2017 - FR20312 - LOC. DIAMANTE </t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
-          <t>35826</t>
+          <t>35765</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
-          <t> GRADE; ANO 2013. - FR11003674. - LOC. VALE DO ROSÁRIO </t>
+          <t> CARRETA DE SERVIÇO - FR1626 - LOC. DIAMANTE </t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
-          <t>35866</t>
+          <t>35766</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
-          <t>TRANSFORMADOR TRANSFORMAX SUCATEADO. - N/E. - ARMAZÉN 01 - PPCM - LOC. UNIVALEN </t>
+          <t> (VEJA VÍDEO) CAMINHÃO MERCEDES BENZ AXOR 3344S 6X4 - ANO 2014/2014 - BRANCO - FR10641 - LOC. BARRA </t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>53</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>144.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
-          <t>35868</t>
+          <t>35767</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
-          <t>PINHÕES MOENDA SUCATEADOS. - N/E. - ARMAZÉN 01 - PPCM - LOC.UNIVALEN</t>
+          <t> (VEJA VÍDEO) CAMINHÃO MERCEDES BENZ AXOR 3344S 6X4 - ANO 2014/2014 - BRANCO - FR119970 - LOC. BARRA </t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>37</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>118.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
-          <t>35877</t>
+          <t>35768</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
-          <t>SISTEMA DE COLETA DE ÁGUA E RESFRIAMENTO PARA ÁGUA/CONDENSADO DA CALDEIRA. - PT.216799. - ARMAZÉN PROJETOS FM2C - LOC. UNIVALEN</t>
+          <t> MOTOR JOHN DEERE COLHEDORA 3522 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
-          <t>35878</t>
+          <t>35769</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
-          <t>BALAÇÃO PARA PONTE DE 85 TON. - ARMAZÉN PROJETOS FM2C - LOC. UNIVALEN</t>
+          <t> MOTOR FPT COLHEDORA CASE 8800 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>14</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>4.500,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
-          <t>35885</t>
+          <t>35770</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
-          <t>ENXADA ROTATIVA CH3000. - FR91149. - DESINVESTIMENTO - LOC. GASA </t>
+          <t> MOTOR CUMMINS - LOC. BARRA    </t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>20</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>10.500,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
-          <t>36107</t>
+          <t>35771</t>
         </is>
       </c>
       <c r="B83" s="4" t="inlineStr">
         <is>
-          <t>LOTE DE ITENS DIVERSOS CONTENDO: 01 TESTE DE PRESSÃO, ESTATOR,BOMBAS PENUSMATICAS, ATUADORES ENTRE OUTROS. - S/ID. - DEPOSÍTO DE MATERIAIS CALDEIRARIA - LOC.DESTIVALE</t>
+          <t>MOTOR FPT COLHEDORA CASE 8800 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>20</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>6.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
-          <t>36129</t>
+          <t>35772</t>
         </is>
       </c>
       <c r="B84" s="4" t="inlineStr">
         <is>
-          <t>TALISCA DE ESTEIRA SUCATEADA. - APROX.4 TON.; (VENDA POR KG). - (FUNDOS DA UNIDADE PRÓX. AO DEPÓSITO DE BIOMASSA) - LOC. GASA </t>
+          <t>MOTOR FPT TRATOR MX 260 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>59</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
-          <t>1,00</t>
+          <t>15.750,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
-          <t>0.10</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
-          <t>36146</t>
+          <t>35773</t>
         </is>
       </c>
       <c r="B85" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA CASE III; ANO 2019. - FR7002046. - PÁTIO COLHEDORAS - LOC. SANTA ELISA</t>
+          <t> MOTOR JOHN DEERE COLHEDORA 3522 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>11</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>6.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
-          <t>36155</t>
+          <t>35774</t>
         </is>
       </c>
       <c r="B86" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA CASE III; ANO 2018. - FR11002204. - LOC. VALE DO ROSÁRIO</t>
+          <t>MOTOR FPT COLHEDORA CASE 8800 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>23</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>6.500,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
-          <t>36157</t>
+          <t>35775</t>
         </is>
       </c>
       <c r="B87" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA CASE III; ANO 2018. - FR9002607. - DESINVESTIMENTO- LOC. VALE DO ROSÁRIO</t>
+          <t> MOTOR JOHN DEERE COLHEDORA 3522 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>29</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>9.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
-          <t>36158</t>
+          <t>35776</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA CASE III; ANO 2019. - FR11002214 - DESINVESTIMENTO - VALE DO ROSÁRIO</t>
+          <t> MOTOR JOHN DEERE COLHEDORA 3522 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Venda condicional</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
+          <t>35777</t>
+        </is>
+      </c>
+      <c r="B89" s="4" t="inlineStr">
+        <is>
+          <t> MOTOR MWM 6CC - LOC. BARRA</t>
+        </is>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="inlineStr">
+        <is>
+          <t>35778</t>
+        </is>
+      </c>
+      <c r="B90" s="4" t="inlineStr">
+        <is>
+          <t> MOTOR JOHN DEERE COLHEDORA 3522 - LOC. BARRA</t>
+        </is>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="inlineStr">
+        <is>
+          <t>35779</t>
+        </is>
+      </c>
+      <c r="B91" s="4" t="inlineStr">
+        <is>
+          <t> CÂMBIO VW 26.220 - LOC. BARRA</t>
+        </is>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="inlineStr">
+        <is>
+          <t>35780</t>
+        </is>
+      </c>
+      <c r="B92" s="4" t="inlineStr">
+        <is>
+          <t> CÂMBIO VW 26.220 - LOC. BARRA</t>
+        </is>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="inlineStr">
+        <is>
+          <t>35781</t>
+        </is>
+      </c>
+      <c r="B93" s="4" t="inlineStr">
+        <is>
+          <t> CÂMBIO VW 15.180 - LOC. BARRA</t>
+        </is>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="inlineStr">
+        <is>
+          <t>35782</t>
+        </is>
+      </c>
+      <c r="B94" s="4" t="inlineStr">
+        <is>
+          <t>DIFERENCIAL TRATOR CASE - LOC. BARRA    </t>
+        </is>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="inlineStr">
+        <is>
+          <t>35783</t>
+        </is>
+      </c>
+      <c r="B95" s="4" t="inlineStr">
+        <is>
+          <t> CÂMBIO VW 26.280 - LOC. BARRA</t>
+        </is>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="inlineStr">
+        <is>
+          <t>35784</t>
+        </is>
+      </c>
+      <c r="B96" s="4" t="inlineStr">
+        <is>
+          <t> CÂMBIO VW 15.180 - LOC. BARRA</t>
+        </is>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="inlineStr">
+        <is>
+          <t>35785</t>
+        </is>
+      </c>
+      <c r="B97" s="4" t="inlineStr">
+        <is>
+          <t> CÂMBIO VW 15.190 - LOC. BARRA</t>
+        </is>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="inlineStr">
+        <is>
+          <t>35786</t>
+        </is>
+      </c>
+      <c r="B98" s="4" t="inlineStr">
+        <is>
+          <t> CÂMBIO VW 26.220 - LOC. BARRA</t>
+        </is>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="inlineStr">
+        <is>
+          <t>35787</t>
+        </is>
+      </c>
+      <c r="B99" s="4" t="inlineStr">
+        <is>
+          <t>CARRETA DE TRANSP. TUBO - FR25433 - LOC. IPAUSSU</t>
+        </is>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="inlineStr">
+        <is>
+          <t>35788</t>
+        </is>
+      </c>
+      <c r="B100" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO VOLKSWAGEN 26.220 EURO3 WORKER - ANO 2010/2010 - BRANCO - FR43017 - LOC. IPAUSSU</t>
+        </is>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>132.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="inlineStr">
+        <is>
+          <t>35789</t>
+        </is>
+      </c>
+      <c r="B101" s="4" t="inlineStr">
+        <is>
+          <t>CARRETA DE TRANSP. TUBO - FR103868 - LOC. IPAUSSU</t>
+        </is>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="inlineStr">
+        <is>
+          <t>35790</t>
+        </is>
+      </c>
+      <c r="B102" s="4" t="inlineStr">
+        <is>
+          <t> COBRIDOR - S/FR - LOC. IPAUSSU</t>
+        </is>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="inlineStr">
+        <is>
+          <t>35791</t>
+        </is>
+      </c>
+      <c r="B103" s="4" t="inlineStr">
+        <is>
+          <t> SEMI REBOQUE RANDON SP SRCA CA - ANO 2012/2013 - CINZA - FR46959 - LOC. IPAUSSU</t>
+        </is>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="inlineStr">
+        <is>
+          <t>35792</t>
+        </is>
+      </c>
+      <c r="B104" s="4" t="inlineStr">
+        <is>
+          <t> REBOQUE RANDON SP RQ CA - ANO 2012/2013 - CINZA - FR70842 - LOC. IPAUSSU</t>
+        </is>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="inlineStr">
+        <is>
+          <t>35793</t>
+        </is>
+      </c>
+      <c r="B105" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ANTONIOSI ATA - ANO 2010 - FR123808 - LOC. BONFIM</t>
+        </is>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="inlineStr">
+        <is>
+          <t>35794</t>
+        </is>
+      </c>
+      <c r="B106" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ANTONIOSI ATA 10500 - ANO 2010 - FR123805 - LOC. BONFIM</t>
+        </is>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="inlineStr">
+        <is>
+          <t>35795</t>
+        </is>
+      </c>
+      <c r="B107" s="4" t="inlineStr">
+        <is>
+          <t> IMPLEMENTO AGRÍCOLA, MULTICULTIVADOR - ANO 2022 - FR139114 - LOC. BONFIM</t>
+        </is>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="inlineStr">
+        <is>
+          <t>35796</t>
+        </is>
+      </c>
+      <c r="B108" s="4" t="inlineStr">
+        <is>
+          <t> IMPLEMENTO AGRÍCOLA, MULTICULTIVADOR - S/FR - LOC. BONFIM</t>
+        </is>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="inlineStr">
+        <is>
+          <t>35797</t>
+        </is>
+      </c>
+      <c r="B109" s="4" t="inlineStr">
+        <is>
+          <t> DISTRIBUIDOR DE TORTA - FR122260 - LOC. BONFIM</t>
+        </is>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="inlineStr">
+        <is>
+          <t>35798</t>
+        </is>
+      </c>
+      <c r="B110" s="4" t="inlineStr">
+        <is>
+          <t>IMPLEMENTO AGRÍCOLA - S/FR - LOC. BONFIM</t>
+        </is>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="inlineStr">
+        <is>
+          <t>35813</t>
+        </is>
+      </c>
+      <c r="B111" s="4" t="inlineStr">
+        <is>
+          <t> REBOQUE RANDONSP RQ CA; ANO 2010/2010; AZUL. - FR96714. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="inlineStr">
+        <is>
+          <t>35814</t>
+        </is>
+      </c>
+      <c r="B112" s="4" t="inlineStr">
+        <is>
+          <t> SEMI REBOQUE RANDONSP SRCA CA; ANO 2013/2014. - FR88669. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>57.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="inlineStr">
+        <is>
+          <t>35826</t>
+        </is>
+      </c>
+      <c r="B113" s="4" t="inlineStr">
+        <is>
+          <t> GRADE; ANO 2013. - FR11003674. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="inlineStr">
+        <is>
+          <t>35834</t>
+        </is>
+      </c>
+      <c r="B114" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA CASE A 8810 1L - ANO 2018 - FR11002202 -  (DESINVESTIMENTOS) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>81.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="inlineStr">
+        <is>
+          <t>35836</t>
+        </is>
+      </c>
+      <c r="B115" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO M.BENZ/L 2219; ANO 1983/1983; BRANCA. - FR52468. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+        </is>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="inlineStr">
+        <is>
+          <t>35843</t>
+        </is>
+      </c>
+      <c r="B116" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO M.BENZ/L 608 D; ANO 1983/1983; BRANCA. - FR58004. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+        </is>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="inlineStr">
+        <is>
+          <t>35858</t>
+        </is>
+      </c>
+      <c r="B117" s="4" t="inlineStr">
+        <is>
+          <t>TRAFO 750 SUPERKAVEA - (INDUSTRIA) - LOC. RAFARD </t>
+        </is>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="inlineStr">
+        <is>
+          <t>35859</t>
+        </is>
+      </c>
+      <c r="B118" s="4" t="inlineStr">
+        <is>
+          <t>CARRETA DE ABRIGO OPERAD. IRRIGAB - ANO 2010 - FR25438 - (ARMAZÉM DE AÇÚCAR) - LOC. SANTA HELENA </t>
+        </is>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="inlineStr">
+        <is>
+          <t>35862</t>
+        </is>
+      </c>
+      <c r="B119" s="4" t="inlineStr">
+        <is>
+          <t>CARRETA SERVIÇOS DIVERSOS - FR25413 - (AUTOMOTIVO) - LOC. COSTA PINTO </t>
+        </is>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="inlineStr">
+        <is>
+          <t>35866</t>
+        </is>
+      </c>
+      <c r="B120" s="4" t="inlineStr">
+        <is>
+          <t>TRANSFORMADOR TRANSFORMAX SUCATEADO. - N/E. - ARMAZÉN 01 - PPCM - LOC. UNIVALEM</t>
+        </is>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="inlineStr">
+        <is>
+          <t>35868</t>
+        </is>
+      </c>
+      <c r="B121" s="4" t="inlineStr">
+        <is>
+          <t>PINHÕES MOENDA SUCATEADOS. - N/E. - ARMAZÉN 01 - PPCM - LOC.UNIVALEN</t>
+        </is>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="inlineStr">
+        <is>
+          <t>35877</t>
+        </is>
+      </c>
+      <c r="B122" s="4" t="inlineStr">
+        <is>
+          <t>SISTEMA DE COLETA DE ÁGUA E RESFRIAMENTO PARA ÁGUA/CONDENSADO DA CALDEIRA. - PT.216799. - ARMAZÉN PROJETOS FM2C - LOC. UNIVALEN</t>
+        </is>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="inlineStr">
+        <is>
+          <t>35878</t>
+        </is>
+      </c>
+      <c r="B123" s="4" t="inlineStr">
+        <is>
+          <t>BALAÇÃO PARA PONTE DE 85 TON. - ARMAZÉN PROJETOS FM2C - LOC. UNIVALEN</t>
+        </is>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="inlineStr">
+        <is>
+          <t>35885</t>
+        </is>
+      </c>
+      <c r="B124" s="4" t="inlineStr">
+        <is>
+          <t>ENXADA ROTATIVA CH3000. - FR91149. - DESINVESTIMENTO - LOC. GASA </t>
+        </is>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="inlineStr">
+        <is>
+          <t>36105</t>
+        </is>
+      </c>
+      <c r="B125" s="4" t="inlineStr">
+        <is>
+          <t>3 MÁQUINAS DE SOLDA SUCATEADAS - (PATIO DE DESINVESTIMENTO) - LOC. MUNDIAL</t>
+        </is>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="inlineStr">
+        <is>
+          <t>36107</t>
+        </is>
+      </c>
+      <c r="B126" s="4" t="inlineStr">
+        <is>
+          <t>1 TESTE DE PRESSÃO, ESTATOR, BOMBAS PNEUSMATICAS, ATUADORES; ENTRE OUTROS. - S/ID. - (DEPÓSITO DE MATERIAIS CALDEIRARIA) - LOC. DESTIVALE</t>
+        </is>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="inlineStr">
+        <is>
+          <t>36111</t>
+        </is>
+      </c>
+      <c r="B127" s="4" t="inlineStr">
+        <is>
+          <t>CULTIVADOR CARDEROLI. - PT.341182. - (PÁTIO DESINVETIMENTO) - CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="inlineStr">
+        <is>
+          <t>36114</t>
+        </is>
+      </c>
+      <c r="B128" s="4" t="inlineStr">
+        <is>
+          <t>RODAS DIVERSAS SUCATEADAS. (APROX. 40) - N/A. - (PÁTIO DESINVESTIMENTO) - LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="inlineStr">
+        <is>
+          <t>36129</t>
+        </is>
+      </c>
+      <c r="B129" s="4" t="inlineStr">
+        <is>
+          <t>TALISCA DE ESTEIRA SUCATEADA. - APROX.4 TON.; (VENDA POR KG). - (FUNDOS DA UNIDADE PRÓX. AO DEPÓSITO DE BIOMASSA) - LOC. GASA </t>
+        </is>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>0,70</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="inlineStr">
+        <is>
+          <t>36144</t>
+        </is>
+      </c>
+      <c r="B130" s="4" t="inlineStr">
+        <is>
+          <t>DOLLY USICAMP; ANO 2019. - FR36216. - (VENDA SEM DOCUMENTO) - (PATIO CARRETA) - LOC. SANTA ELISA</t>
+        </is>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="inlineStr">
+        <is>
+          <t>36146</t>
+        </is>
+      </c>
+      <c r="B131" s="4" t="inlineStr">
+        <is>
+          <t>COLHEDORA CASE III; ANO 2019. - FR7002046. - PÁTIO COLHEDORAS - LOC. SANTA ELISA</t>
+        </is>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>135.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="inlineStr">
+        <is>
+          <t>36147</t>
+        </is>
+      </c>
+      <c r="B132" s="4" t="inlineStr">
+        <is>
+          <t>COLHEDORA CASE A 8810 1L - ANO 2018 - FR9002605. - PATIO CARRETA - LOC. SANTA ELISA </t>
+        </is>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="inlineStr">
+        <is>
+          <t>36155</t>
+        </is>
+      </c>
+      <c r="B133" s="4" t="inlineStr">
+        <is>
+          <t>COLHEDORA CASE III; ANO 2018. - FR11002204. - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="inlineStr">
+        <is>
+          <t>36157</t>
+        </is>
+      </c>
+      <c r="B134" s="4" t="inlineStr">
+        <is>
+          <t>COLHEDORA CASE III; ANO 2018. - FR9002607. - DESINVESTIMENTO- LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>62.500,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="inlineStr">
+        <is>
+          <t>36158</t>
+        </is>
+      </c>
+      <c r="B135" s="4" t="inlineStr">
+        <is>
+          <t>COLHEDORA CASE III; ANO 2019. - FR11002214 - DESINVESTIMENTO - VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>137.500,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="inlineStr">
+        <is>
+          <t>36162</t>
+        </is>
+      </c>
+      <c r="B136" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003722. - PÁTIO 2 PROX. ARMAZÉM 11 - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="inlineStr">
+        <is>
+          <t>36163</t>
+        </is>
+      </c>
+      <c r="B137" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003692. - PÁTIO 2 PROX. ARMAZÉM 11 - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="inlineStr">
+        <is>
+          <t>36165</t>
+        </is>
+      </c>
+      <c r="B138" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003710. - PÁTIO 2 PROX. AO ARMAZÉN 11 - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="inlineStr">
+        <is>
+          <t>36167</t>
+        </is>
+      </c>
+      <c r="B139" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003687. - PÁTIO 2 PROX. AO ARMAZÉN 11 - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="inlineStr">
+        <is>
+          <t>36168</t>
+        </is>
+      </c>
+      <c r="B140" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003732. - PÁTIO 2 PROX. AO ARMAZÉN 11 - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="inlineStr">
+        <is>
+          <t>36169</t>
+        </is>
+      </c>
+      <c r="B141" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003750. - PÁTIO 2 PROX. AO ARMAZÉN 11 - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="inlineStr">
+        <is>
+          <t>36193</t>
+        </is>
+      </c>
+      <c r="B142" s="4" t="inlineStr">
+        <is>
+          <t>CARROCERIA BAÚ GASCOM. - N/E; PT.21017. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="inlineStr">
+        <is>
+          <t>36201</t>
+        </is>
+      </c>
+      <c r="B143" s="4" t="inlineStr">
+        <is>
+          <t>BORRACHA DE ESTEIRA SUCATEADAS (APROXIMADAMENTE 2 TONELADAS) - (VENDA POR KG) - (PÁTIO INSERVIVEIS) - LOC. UNIVALEM</t>
+        </is>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="inlineStr">
+        <is>
+          <t>36203</t>
+        </is>
+      </c>
+      <c r="B144" s="4" t="inlineStr">
+        <is>
+          <t>HILO COM BALANÇÃO; MOTORREDUTOR COAX 25,26 67,3 RPM 60X120MM; E MOTOR DE ACIONAMENTO - CODIMA 36,07 CV - PAT.223552 / 223551 / 085580 - (MOENDA) - LOC. MUNDIAL </t>
+        </is>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="inlineStr">
+        <is>
+          <t>36204</t>
+        </is>
+      </c>
+      <c r="B145" s="4" t="inlineStr">
+        <is>
+          <t>ÔNIBUS MERCEDES BENZ OF1315 - ANO 1992/1992 - BEGE - FR81353 - (VENDA SEM DIREITO A DOCUMENTAÇÃO) - (PÁTIO DE DESINVESTIMENTOS) - LOC. BENALCOOL</t>
+        </is>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="inlineStr">
+        <is>
+          <t>36205</t>
+        </is>
+      </c>
+      <c r="B146" s="4" t="inlineStr">
+        <is>
+          <t>2 TANQUES E 2 FILTROS - (DESTILARIA) - LOC. BENALCOOL</t>
+        </is>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="inlineStr">
+        <is>
+          <t>36206</t>
+        </is>
+      </c>
+      <c r="B147" s="4" t="inlineStr">
+        <is>
+          <t>COLUNA DE DESTILAÇÃO ANIDRO; E RESFRIADORA - PAT.271714 / 302877 - (DESTILARIA) - LOC. BENALCOOL</t>
+        </is>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="inlineStr">
+        <is>
+          <t>36207</t>
+        </is>
+      </c>
+      <c r="B148" s="4" t="inlineStr">
+        <is>
+          <t>TANQUE DECANTADOR VERTICAL A 9006183 - PAT.246191 - (DESTILARIA) - LOC. BENALCOOL</t>
+        </is>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="inlineStr">
+        <is>
+          <t>36208</t>
+        </is>
+      </c>
+      <c r="B149" s="4" t="inlineStr">
+        <is>
+          <t>REFRIGERADOR TERNÁRIO - (DESTILARIA) - LOC. BENALCOOL</t>
+        </is>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="inlineStr">
+        <is>
+          <t>36210</t>
+        </is>
+      </c>
+      <c r="B150" s="4" t="inlineStr">
+        <is>
+          <t>COMPRESSOR - PAT.194506 - (PATIO DE DESINVESTIMENTO) - LOC. BENALCOOL</t>
+        </is>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="inlineStr">
+        <is>
+          <t>36211</t>
+        </is>
+      </c>
+      <c r="B151" s="4" t="inlineStr">
+        <is>
+          <t>ABRAÇADEIRAS PARA GUINDASTES - (PATIO DE DESINVESTIMENTO) - LOC. BENALCOOL</t>
+        </is>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="inlineStr">
+        <is>
+          <t>36212</t>
+        </is>
+      </c>
+      <c r="B152" s="4" t="inlineStr">
+        <is>
+          <t>PEÇAS DE REPOSIÇÃO, SENDO: APROXIMADAMENTE 2 BOMBA EXTRATOR PRIMÁRIO 3522; 2 BOMBA PICADOR 3522; 2 BOMBA 5 CORPO 3522; 1 BOMBA 3 CORPO 3522; 2 BLOCO DO ELEVADOR 3522; 3 CILINDRO INCLINAÇÃO DIVISOR DE LINHA 3522 - (PÁTIO DE DESINVESTIMENTOS) - LOC. BENALCOOL</t>
+        </is>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="inlineStr">
+        <is>
+          <t>36213</t>
+        </is>
+      </c>
+      <c r="B153" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO SCANIA R113 E 6X4 360 - ANO: 1993/1993 - BRANCO - FR45012 - (CAMINHÃO BOMBEIRO)  - (PÁTIO DE DESINVESTIMENTOS) - LOC. GASA</t>
+        </is>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="inlineStr">
+        <is>
+          <t>36214</t>
+        </is>
+      </c>
+      <c r="B154" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO SCANIA R113 E 6X4 360 - ANO: 1993/1993 - BRANCO - FR45011 - (CAMINHÃO BOMBEIRO) - (PÁTIO DE DESINVESTIMENTOS) - LOC. GASA</t>
+        </is>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="inlineStr">
+        <is>
+          <t>36215</t>
+        </is>
+      </c>
+      <c r="B155" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO SCANIA R113 E 6X4 360 - ANO: 1993/1993 - BRANCO - FR45019 - (VENDA SEM MOTOR) - (CAMINHÃO TRANSBORDO) - (PÁTIO DE DESINVESTIMENTOS) - LOC. GASA</t>
+        </is>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="inlineStr">
+        <is>
+          <t>36216</t>
+        </is>
+      </c>
+      <c r="B156" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO SCANIA R113 E 6X4 360 - ANO: 1993/1993 - BRANCO - FR52848 - (CAMINHÃO TRANSBORDO) - (PÁTIO DE DESINVESTIMENTOS) - LOC. GASA</t>
+        </is>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>84.000,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="inlineStr">
+        <is>
+          <t>36217</t>
+        </is>
+      </c>
+      <c r="B157" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO SCANIA R113 E 6X4 360 - ANO: 1993/1993 - BRANCO - FR45022 - (CAMINHÃO TRANSBORDO) - (PÁTIO DE DESINVESTIMENTOS) - LOC. GASA</t>
+        </is>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="inlineStr">
+        <is>
+          <t>36218</t>
+        </is>
+      </c>
+      <c r="B158" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE MONTORO CM1 - ANO 2000/2000 - BRANCA - FR86985 - (CARRETA SERVIÇOS GERAIS) - (PÁTIO DE DESINVESTIMENTOS) - LOC. GASA</t>
+        </is>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="inlineStr">
+        <is>
+          <t>36219</t>
+        </is>
+      </c>
+      <c r="B159" s="4" t="inlineStr">
+        <is>
+          <t>PRENSA HIDRAULICA SUCATEDA - PT.88886 - (PÁTIO OFICINA) - LOC. GASA</t>
+        </is>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="inlineStr">
+        <is>
+          <t>36220</t>
+        </is>
+      </c>
+      <c r="B160" s="4" t="inlineStr">
+        <is>
+          <t>ADUBADEIRAS SUCATEADAS (APROXIMADAMENTE 7 CAIXAS) - (PÁTIO OFICINA) -  LOC. GASA</t>
+        </is>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="inlineStr">
+        <is>
+          <t>36221</t>
+        </is>
+      </c>
+      <c r="B161" s="4" t="inlineStr">
+        <is>
+          <t>RADIADOR E COOLER GRUNNER SUCATEADOS - (APROXIMADAMENTE 5 CONJUNTOS) -  (PÁTIO OFICINA) - LOC. GASA</t>
+        </is>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="inlineStr">
+        <is>
+          <t>36222</t>
+        </is>
+      </c>
+      <c r="B162" s="4" t="inlineStr">
+        <is>
+          <t>PRENSA HIDRAULICA SUCATEDA - (PÁTIO INSERVIVEIS) - LOC. DESTIVALE</t>
+        </is>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="inlineStr">
+        <is>
+          <t>36223</t>
+        </is>
+      </c>
+      <c r="B163" s="4" t="inlineStr">
+        <is>
+          <t>EQUIPAMENTOS DE LABÓRATORIO INDUSTRIAL CONTENDO SACARIMETRO DIGITAL AUTOMÁTICO; BEBEDOURO; ESPECTROFOTÔMETRO DE COLORÍMETRO DE BANCADA DA HACH. - (CENTRAL DE RESÍDUOS) - LOC. DESTIVALE</t>
+        </is>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="inlineStr">
+        <is>
+          <t>36226</t>
+        </is>
+      </c>
+      <c r="B164" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA CASE A 8810 1L - ANO 2017 - FR14802266 - (PÁTIO DE PEDRA) - LOC. SANTA ELISA</t>
+        </is>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>76</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>96.000,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="inlineStr">
+        <is>
+          <t>36227</t>
+        </is>
+      </c>
+      <c r="B165" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA CASE 8800 - ANO 2017 - FR8802153 - (PÁTIO DE PEDRA) - LOC. SANTA ELISA</t>
+        </is>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>98.000,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="inlineStr">
+        <is>
+          <t>36228</t>
+        </is>
+      </c>
+      <c r="B166" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA CASE A 8810 1L - ANO 2019 - FR14002158 - (PÁTIO DE PEDRA) - LOC. SANTA ELISA</t>
+        </is>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>105.000,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="inlineStr">
+        <is>
+          <t>36229</t>
+        </is>
+      </c>
+      <c r="B167" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA CASE A 8810 1L - ANO 2019 - FR14002159 - (PÁTIO DE PEDRA) - LOC. SANTA ELISA</t>
+        </is>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>102.500,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="inlineStr">
+        <is>
+          <t>36230</t>
+        </is>
+      </c>
+      <c r="B168" s="4" t="inlineStr">
+        <is>
+          <t> CARROCERIA BAÚ  - (PRÓXIMO A OMA) - LOC. MB</t>
+        </is>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="inlineStr">
+        <is>
+          <t>36231</t>
+        </is>
+      </c>
+      <c r="B169" s="4" t="inlineStr">
+        <is>
+          <t> IMPLEMENTO AGRÍCOLA  - S/FR - (PRÓXIMO AO PÁTIO DESINVESTIMENTO) - LOC. MB</t>
+        </is>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="inlineStr">
+        <is>
+          <t>36233</t>
+        </is>
+      </c>
+      <c r="B170" s="4" t="inlineStr">
+        <is>
+          <t> 5 GUINCHO GIRAFA - (PRÓXIMO SMART CALDA) - LOC. MB</t>
+        </is>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="inlineStr">
+        <is>
+          <t>36234</t>
+        </is>
+      </c>
+      <c r="B171" s="4" t="inlineStr">
+        <is>
+          <t> COMPRESSOR - (PRÓXIMO SMART CALDA) - LOC. MB</t>
+        </is>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="inlineStr">
+        <is>
+          <t>36235</t>
+        </is>
+      </c>
+      <c r="B172" s="4" t="inlineStr">
+        <is>
+          <t> FURADEIRA DE BANCADA - (PRÓXIMO SMART CALDA) - LOC. MB</t>
+        </is>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="inlineStr">
+        <is>
+          <t>36236</t>
+        </is>
+      </c>
+      <c r="B173" s="4" t="inlineStr">
+        <is>
+          <t> SEMI REBOQUE RANDON SR BA - ANO 2004/2004 - AZUL - FR14004009; (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO) - (PRÓXIMO AO PÁTIO DESINVESTIMENTO) - LOC. MB</t>
+        </is>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="inlineStr">
+        <is>
+          <t>36237</t>
+        </is>
+      </c>
+      <c r="B174" s="4" t="inlineStr">
+        <is>
+          <t> CARROCERIA BAÚ  - ANO 2012 - PAT.289416 - (PÁTIO DESINVESTIMENTO) - LOC. MB</t>
+        </is>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="inlineStr">
+        <is>
+          <t>36238</t>
+        </is>
+      </c>
+      <c r="B175" s="4" t="inlineStr">
+        <is>
+          <t>MOTORES INDUSTRIAIS, MARCAS: WEG, SEW, WL E MAUSA (APROXIMADAMENTE 100 PEÇAS) - (CENTRAL DE RESÍDUO) - LOC. MB</t>
+        </is>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>135</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>121.000,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="inlineStr">
+        <is>
+          <t>36239</t>
+        </is>
+      </c>
+      <c r="B176" s="4" t="inlineStr">
+        <is>
+          <t>CARRETA SERVICOS DIVERSOS - ANO 1998 - FR13003151 - (CENTRAL) - LOC. MB</t>
+        </is>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="inlineStr">
+        <is>
+          <t>36241</t>
+        </is>
+      </c>
+      <c r="B177" s="4" t="inlineStr">
+        <is>
+          <t>MOTORES INDUSTRIAIS, MARCAS: ABB, ARNO, BARDELLA, EQUACIONAL, SEW, WEG, SIEMENS, GHR, MINUZZI E WALTEC - (APROXIMADAMENTE 35 PEÇAS) - (DESINVESTIMENTOS) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>53.000,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="inlineStr">
+        <is>
+          <t>36242</t>
+        </is>
+      </c>
+      <c r="B178" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003734 - (DESINVESTIMENTOS/FUNDO USINA) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="inlineStr">
+        <is>
+          <t>36243</t>
+        </is>
+      </c>
+      <c r="B179" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003696 - (DESINVESTIMENTOS/FUNDO USINA) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="inlineStr">
+        <is>
+          <t>36244</t>
+        </is>
+      </c>
+      <c r="B180" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013  - FR11003695 - (DESINVESTIMENTOS/FUNDO USINA) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="inlineStr">
+        <is>
+          <t>36245</t>
+        </is>
+      </c>
+      <c r="B181" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003702 - (DESINVESTIMENTOS/FUNDO USINA) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="inlineStr">
+        <is>
+          <t>36246</t>
+        </is>
+      </c>
+      <c r="B182" s="4" t="inlineStr">
+        <is>
+          <t> CARROCERIA COMBOIO - S/FR - (DESINVESTIMENTOS) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="inlineStr">
+        <is>
+          <t>36247</t>
+        </is>
+      </c>
+      <c r="B183" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA CASE 8800 - ANO 2017 - FR11002195 -  (DESINVESTIMENTOS) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="inlineStr">
+        <is>
+          <t>36248</t>
+        </is>
+      </c>
+      <c r="B184" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA CASE 8800 - ANO 2017 - FR11802285 -  (DESINVESTIMENTOS) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="inlineStr">
+        <is>
+          <t>36249</t>
+        </is>
+      </c>
+      <c r="B185" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA CASE A 8810 1L - ANO 2018 - FR11002208 -  (DESINVESTIMENTOS) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="inlineStr">
+        <is>
+          <t>36250</t>
+        </is>
+      </c>
+      <c r="B186" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA CASE 8800 - ANO 2017 - FR11002199 -  (DESINVESTIMENTOS) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="inlineStr">
+        <is>
+          <t>36251</t>
+        </is>
+      </c>
+      <c r="B187" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO CIVEMASA TRIDEM 13T - ANO 2008 - FR9004102 - (DESINVESTIMENTOS/FUNDO USINA) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="inlineStr">
+        <is>
+          <t>36252</t>
+        </is>
+      </c>
+      <c r="B188" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2014 - FR11003749 - (DESINVESTIMENTOS/FUNDO USINA) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="inlineStr">
+        <is>
+          <t>36253</t>
+        </is>
+      </c>
+      <c r="B189" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003683 - (DESINVESTIMENTOS/FUNDO USINA) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="inlineStr">
+        <is>
+          <t>36254</t>
+        </is>
+      </c>
+      <c r="B190" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003725 - (DESINVESTIMENTOS/FUNDO USINA) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="inlineStr">
+        <is>
+          <t>36255</t>
+        </is>
+      </c>
+      <c r="B191" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003684 - (DESINVESTIMENTOS/FUNDO USINA) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="inlineStr">
+        <is>
+          <t>36256</t>
+        </is>
+      </c>
+      <c r="B192" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003715 - (DESINVESTIMENTOS/FUNDO USINA) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="inlineStr">
+        <is>
+          <t>36257</t>
+        </is>
+      </c>
+      <c r="B193" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003718 - (DESINVESTIMENTOS/FUNDO USINA) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="inlineStr">
+        <is>
+          <t>36258</t>
+        </is>
+      </c>
+      <c r="B194" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003721 - (DESINVESTIMENTOS/FUNDO USINA) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="inlineStr">
+        <is>
+          <t>36259</t>
+        </is>
+      </c>
+      <c r="B195" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003680 - (DESINVESTIMENTOS/FUNDO USINA) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="inlineStr">
+        <is>
+          <t>36260</t>
+        </is>
+      </c>
+      <c r="B196" s="4" t="inlineStr">
+        <is>
+          <t>2 SUCATAS DE REBOQUE BANDEIRANTES JF1 500 - ANO 2013/2013 - CINZA - FR92842/FR92847 - (VENDA SEM DOCUMENTO) - (PÁTIO 1 DESIVESTIMENTO) - LOC. JUNQUEIRA</t>
+        </is>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="inlineStr">
+        <is>
+          <t>36261</t>
+        </is>
+      </c>
+      <c r="B197" s="4" t="inlineStr">
+        <is>
+          <t> SUCATA DE REBOQUE BANDEIRANTES JF1 500 - ANO 2013/2013 - CINZA - FR92839 - (PÁTIO 1 DESIVESTIMENTO) - LOC. JUNQUEIRA</t>
+        </is>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="inlineStr">
+        <is>
+          <t>36263</t>
+        </is>
+      </c>
+      <c r="B198" s="4" t="inlineStr">
+        <is>
+          <t> SUCATA DE REBOQUE BANDEIRANTES JF1 500 - ANO 2013/2013 - CINZA - FR92838 - (VENDA SEM DOCUMENTO) - (PÁTIO 1 DESIVESTIMENTO) - LOC. JUNQUEIRA</t>
+        </is>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="inlineStr">
+        <is>
+          <t>36264</t>
+        </is>
+      </c>
+      <c r="B199" s="4" t="inlineStr">
+        <is>
+          <t> TRATOR JOHN DEERE 7225J - ANO 2016 - FR93354 - (DESINVESTIMENTO) - LOC. JUNQUEIRA</t>
+        </is>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>77.500,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="inlineStr">
+        <is>
+          <t>36265</t>
+        </is>
+      </c>
+      <c r="B200" s="4" t="inlineStr">
+        <is>
+          <t> TRATOR JOHN DEERE 7225J - ANO 2016 - FR115685 - (DESINVESTIMENTO) - LOC. JUNQUEIRA</t>
+        </is>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>86.500,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="inlineStr">
+        <is>
+          <t>36266</t>
+        </is>
+      </c>
+      <c r="B201" s="4" t="inlineStr">
+        <is>
+          <t> TRATOR JOHN DEERE 7225J - ANO 2016 - FR93353 - (DESINVESTIMENTO) - LOC. JUNQUEIRA</t>
+        </is>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>88.000,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="inlineStr">
+        <is>
+          <t>36300</t>
+        </is>
+      </c>
+      <c r="B202" s="4" t="inlineStr">
+        <is>
+          <t> ENXADA ROTATIVA - FR92693 - LOC. BONFIM</t>
+        </is>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="inlineStr">
+        <is>
+          <t>36301</t>
+        </is>
+      </c>
+      <c r="B203" s="4" t="inlineStr">
+        <is>
+          <t> 1 CENTRÍFUGA MAUSA; E 2 MÁQUINAS DE SOLDA  - PAT.096213 - (BARRACÃO MOR) - LOC. BONFIM </t>
+        </is>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="inlineStr">
+        <is>
+          <t>36303</t>
+        </is>
+      </c>
+      <c r="B204" s="4" t="inlineStr">
+        <is>
+          <t> ENXADA ROTATIVA CH4000 - FR436009 - LOC. SANTA CÂNDIDA</t>
+        </is>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="inlineStr">
+        <is>
+          <t>36304</t>
+        </is>
+      </c>
+      <c r="B205" s="4" t="inlineStr">
+        <is>
+          <t> DISTRIBUIDORA DE TORTA ANTONIOSI DT1102 - ANO 2018 - FR20890 - LOC. SANTA CÂNDIDA</t>
+        </is>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="5" t="inlineStr">
+        <is>
+          <t>36305</t>
+        </is>
+      </c>
+      <c r="B206" s="4" t="inlineStr">
+        <is>
+          <t> SULCADOR - FR426026 - LOC. SANTA CÂNDIDA</t>
+        </is>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="5" t="inlineStr">
+        <is>
+          <t>36306</t>
+        </is>
+      </c>
+      <c r="B207" s="4" t="inlineStr">
+        <is>
+          <t>1 SULCADOR; PORTAS/VIDRO, JANELA; CAIXA; E CAPÔ DE TRATOR CASE - FR426029 - LOC. SANTA CÂNDIDA</t>
+        </is>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="5" t="inlineStr">
+        <is>
+          <t>36307</t>
+        </is>
+      </c>
+      <c r="B208" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 100 ITENS ENTRE EXTINTORES E MAGUEIRAS - LOC. BARRA</t>
+        </is>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F208" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="5" t="inlineStr">
+        <is>
+          <t>36308</t>
+        </is>
+      </c>
+      <c r="B209" s="4" t="inlineStr">
+        <is>
+          <t>BORRACHAS; 3 MÁQUINAS DE SOLDA; 4 RADIADORES; PAINEL; SAPATA; PISTÕES; CANTONEIRAS/ OUTROS; E PARTES/ PEÇAS DE TRATOR JD., EM CIMA DE APROX. 15 PALLETES - (VENDA COMO SUCATA) -LOC. BARRA</t>
+        </is>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D209" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F209" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="5" t="inlineStr">
+        <is>
+          <t>36309</t>
+        </is>
+      </c>
+      <c r="B210" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO COM TANQUE DE FIBRA - FR47031 - LOC. BARRA</t>
+        </is>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D210" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F210" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
+      <c r="A211" s="5" t="inlineStr">
+        <is>
           <t>36609</t>
         </is>
       </c>
-      <c r="B89" s="4" t="inlineStr">
+      <c r="B211" s="4" t="inlineStr">
         <is>
           <t>GRADE AGROMATÃO; ANO 2019. - FR103135. - LOC. JUNQUEIRA </t>
         </is>
       </c>
-      <c r="C89" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="F89" s="4" t="inlineStr">
+      <c r="C211" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D211" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F211" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
+      <c r="A212" s="5" t="inlineStr">
+        <is>
+          <t>36615</t>
+        </is>
+      </c>
+      <c r="B212" s="4" t="inlineStr">
+        <is>
+          <t>TRANSFORMADORES DE CORRENTE AREVA KIG-24. - (APROX. 08 UNIDADES) - (CENTRAL) - LOC. MB</t>
+        </is>
+      </c>
+      <c r="C212" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D212" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F212" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
+      <c r="A213" s="5" t="inlineStr">
+        <is>
+          <t>36616</t>
+        </is>
+      </c>
+      <c r="B213" s="4" t="inlineStr">
+        <is>
+          <t> CARROCERIA/ CARRETA - S/FR - (PÁTIO CARRETA) - LOC. SANTA ELISA</t>
+        </is>
+      </c>
+      <c r="C213" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D213" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F213" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>