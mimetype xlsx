--- v1 (2025-12-27)
+++ v2 (2026-02-21)
@@ -281,179 +281,179 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1345</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>TRATOR CASE; ANO 2017. - FR20286. - LOC.PARAISO</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>62.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>1384</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> TRATOR CASE 260 - ANO 2017 - FR23242 - LOC. BONFIM</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>62.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>1387</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>TRATOR MX 260 MAGNUM 4X4; ANO 2017. - FR91593. - DESINVESTIMENTO - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>64.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>1434</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>TRATOR CASE MX 260 MAGNUM 4X4; ANO 2017. - FR20288. - DESINVESTIMENTO - LOC. SERRA</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>8</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>75.000,00</t>
+          <t>90.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>1459</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO SCANIA R113 E 6X4 360 - ANO: 1993/1993 - BRANCO - FR45018 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>1705</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
@@ -473,147 +473,147 @@
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>1721</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>TRATOR CASE 260; ANO 2017. - FR2037. - LOC. SANTA CÂNDIDA</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>1742</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>CARRETA BAZUCA - ADUBO; ANO 2011. - FR11003612. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>2477</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>10 TELEVISORES COM DEFEITO; 1 IMPRESSORA EPSON M244A; E 3 FRIGOBARES - S/FR - (CFC) - LOC. COSTA PINTO </t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>10139</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO VOLKSWAGEN 31.330 CRC 6X4; ANO 2014/2015; BRANCO - FR10663 - CARROCERIA TRANSBORDO - (VENDA SEM CABINE/MOTOR/CÂMBIO/OUTROS) - (DESINVESTIMENTO) - LOC. SERRA</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>63.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>11600</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
@@ -633,51 +633,51 @@
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>12046</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> SULCADOR; ANO 2008. - FR4445031. - LOC. CAARAPÓ</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>12077</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
@@ -697,179 +697,179 @@
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>34070</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t>CARRETA ESP. CALC. SOLLUS; ANO 2014. - FR4445234. - (PÁTIO DESINVESTIMENTO) - LOC. CAARAPÓ</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>34122</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t>SUCATA DE CAMINHÃO MERCEDES BENZ L 608 D - ANO 1985/1985 - BRANCO - FR58005 - (DESINVESTIMENTO) - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>34127</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t>BOMBA DE COMBUSTÍVEL GILBARCO - PAT.245067 - (POSTO DESINVESTIMENTO) - LOC. PARAISO</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>34128</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t>EQUIPAMENTOS AGRÍCOLAS (APROXIMADAMENTE 200 PEÇAS) - (VEJA DESCRITIVO DE ITENS) - (ALMOXARIFADO) - LOC. BONFIM </t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>34129</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t>REFINARIA DE AMORFO - LOC. BARRA</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>34130</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
@@ -889,179 +889,179 @@
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>34131</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t>CARRETA SERVIÇOS DIVERSOS FACCHINI - ANO 2009 - FR163710 - (DESINVESTIMENTO) - LOC. JATAÍ   </t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>34132</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t>BOMBONAS DE 200 LITROS SEM USO (APROXIMADAMENTE 370) - (VENDA POR UNIDADE) - (ENVASE) - LOC. COSTA PINTO </t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>14.060,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>34133</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t>PALLETES DE MADEIRA (APROXIMADAMENTE 1.300) - (VENDA POR UNIDADE) - (ENVASE) - LOC. COSTA PINTO</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>34134</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t>CÂMBIO EATON FS5406A - (PÁTIO DE DESINVESTIMENTOS) - LOC. BENALCOOL</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>34135</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t>COMPRESSOR ATLAS GA160 - (INDUSTRIA) - LOC. GASA</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>34136</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
@@ -1113,115 +1113,115 @@
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>34138</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t>ELIMINADOR DE SOQUEIRA AGROMATÃO - ANO 2019 - FR134162 - (DESINVESTIMENTO) - LOC. SERRA</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>34139</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO SCANIA R113 E 6X4 360 - ANO 1993/1993 - BRANCO - FR45013 - (MOTOR DIVERGENTE E SEM CARROCERIA) - (VENDA APENAS PARA COMPRADORES DO ESTADO DE SÃO PAULO) - LOC. IPAUSSU</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>34140</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
           <t>11 PNEUS AGRÍCOLA  - (VEJA DESCRITIVO DE ITENS) - LOC. PARAÍSO </t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>34141</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
@@ -1241,115 +1241,115 @@
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>34142</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t>MOTORES DE DIVERSOS MODELOS E TAMANHOS (APROX. 17) - (CENTRAL DE INSERVÍVEIS) - LOC. RAFARD </t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>34143</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t>4 CULTIVADORES 2L CARDEROLI - ANO 2015 - FR140035/38072/38073/140038 - (AGRÍCOLA) - LOC. RAFARD</t>
+          <t>4 CULTIVADORES 2L CARDEROLI - ANO 2015 - FR140035/38072/38073/140038 - (AGRÍCOLA) - LOC. BOM RETIRO</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>34144</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
-          <t>CARRETA DISTRIBUIDORA DE TORTA SPANDER - ANO 2011 - FR37956 - (AGRÍCOLA) - LOC. RAFARD</t>
+          <t>CARRETA DISTRIBUIDORA DE TORTA SPANDER - ANO 2011 - FR37956 - (AGRÍCOLA) - LOC. BOM RETIRO</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>34145</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
@@ -1369,243 +1369,243 @@
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>34146</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t>GRADE SAC 40 X 28 X 7,5REC - ANO 2018 - FR38082 - (AGRÍCOLA) - LOC. RAFARD</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>34147</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t>GRADE GVMF 24 X 32 X 9,0 DR - ANO 2018 - FR25024 - (AGRÍCOLA) - LOC. RAFARD</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>34148</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t>GRADE PESADA - ANO 2010 - FR25019 - (AGRÍCOLA) - LOC. RAFARD</t>
+          <t>GRADE PESADA - ANO 2010 - FR25019 - (AGRÍCOLA) - LOC. BOM RETIRO</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>34149</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
           <t>PEÇAS E EQUIPAMENTOS AGRÍCOLAS (HASTES DE SUSPENSÃO; BOMBAS DIVERSAS; E OUTROS EM CIMA DOS 7 PALLETES) - (CENTRAL DE INSERVÍVEIS) - LOC. RAFARD</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>35014</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
           <t>COLHEDORA JOHN DEERE 3522 - ANO 2015 - FR117573 - LOC. BONFIM</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>35212</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO MERCEDES BENZ L 2638 - ANO 2002/2002 - BRANCA - FR120861 - (VENDA SEM MOTOR) - (DESINVESTIMENTOS 3) - LOC. JUNQUEIRA</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>74.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>35270</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
           <t>TRATOR CASE MX 260 MAGNUM 4X4 - ANO 2017 - FR31060 - (PÁTIO CCT AGRÍCOLA) - LOC. GASA</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>35316</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
@@ -1625,115 +1625,115 @@
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>35318</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
           <t>TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003682. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <t>35365</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
           <t>SUCATA OSMOSE. - N/E - DESINVESTIMENTO - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <t>35437</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA  JOHN DEERE 3522; ANO 2013. - FR10758. - (PÁTIO DESINVESTIMENTO). - LOC. GASA </t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <t>35452</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
@@ -1753,115 +1753,115 @@
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
           <t>35459</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
           <t> TRANSBORDO SMR 10500 10T; ANO 2007. - FR38321. - ( DESINVESTIMENTO) - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
           <t>35468</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
-          <t> DISTRIBUIDOR TORTA FILT 5,7M³ 40000KG/HA; ANO 2015. - FR67185. - (AGRÍCOLA)-  LOC. RAFARD</t>
+          <t> DISTRIBUIDOR TORTA FILT 5,7M³ 40000KG/HA; ANO 2015. - FR67185. - (AGRÍCOLA)-  LOC. BOM RETIRO</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
           <t>35471</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
-          <t>ELETROÍMÃ OXIMAG. - S/FR. - (AGRÍCOLA) - LOC. RAFARD</t>
+          <t>ELETROÍMÃ OXIMAG. - S/FR. - (AGRÍCOLA) - LOC. BOM RETIRO</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
           <t>35477</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
@@ -1881,115 +1881,115 @@
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
           <t>35491</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
           <t>ROÇADEIRA HIDRÁULICA - ANO 1999 - FR57114 - (APOIO) - LOC. COSTA PINTO </t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>3.700,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
           <t>35545</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
           <t>ENXADA ROTATIVA CH3000; ANO 2014. - FR88463. - DESINVESTIMENTO - LOC.GASA</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
           <t>35560</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
           <t>TRATOR CASE MX 260 MAGNUM 4X4; ANO 2017. - FR112218. - (PÁTIO DESINVESTIMENTO) - LOC. GASA </t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>91.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
           <t>35575</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
@@ -2009,179 +2009,179 @@
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
           <t>35586</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
           <t> TRANSBORDO ATA 12000; ANO 2015. - FR188713. -(PATIO CCT). - LOC. GASA </t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
           <t>35594</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
           <t>COLHEDORA JOHN DEERE 3522; ANO 2015. - FR188007. -(PATIO CCT). - LOC. GASA</t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
           <t>35633</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
           <t>TRANSBORDO CIVEMASA TAC 13000; ANO 2008. - FR9004066. - LOC. PARAISO </t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
           <t>35634</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
           <t>TRANSBORDO CIVEMASA TAC 13000; ANO 2008. - FR9004101. - LOC. PARAISO</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
           <t>35665</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO VW/31.320 CNC 6X4; ANO 2008/2008;BRANCA; (BASCULANTE). - FR360154/361806. - LOC. BARRA </t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>154.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
           <t>35740</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
@@ -2201,147 +2201,147 @@
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
           <t>35746</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
           <t>2 CAIXAS DE INOX - EG2 - LOC.BONFIM </t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
           <t>35755</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
           <t> 6 PNEUS C/RODAS - LOC. BARRA </t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
           <t>35761</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO VOLKSWAGEN 26.220 EURO3 WORKER - ANO 2008/2009 -BRANCO - FR72571 - (BASCULANTE) - LOC. DIAMANTE</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>156.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
           <t>35762</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
           <t> PEÇAS PARA BARCOS: MOTORES ARRANQUE; ALTERNADORES; MANGUEIRAS; FILTROS; TALHAS; PEÇAS/PARTES HIDRÁULICAS; LUMINÁRIA DE NAVEGAÇÃO - (CARREGADORES E BATERIAS NÃO FAZEM PARTE DO LOTE) - LOC. DIAMANTE </t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
           <t>35763</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
@@ -2393,1427 +2393,1427 @@
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
           <t>35765</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
           <t> CARRETA DE SERVIÇO - FR1626 - LOC. DIAMANTE </t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
           <t>35766</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
           <t> (VEJA VÍDEO) CAMINHÃO MERCEDES BENZ AXOR 3344S 6X4 - ANO 2014/2014 - BRANCO - FR10641 - LOC. BARRA </t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>144.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
           <t>35767</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
           <t> (VEJA VÍDEO) CAMINHÃO MERCEDES BENZ AXOR 3344S 6X4 - ANO 2014/2014 - BRANCO - FR119970 - LOC. BARRA </t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>118.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
           <t>35768</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
           <t> MOTOR JOHN DEERE COLHEDORA 3522 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
           <t>35769</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
           <t> MOTOR FPT COLHEDORA CASE 8800 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
           <t>35770</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
           <t> MOTOR CUMMINS - LOC. BARRA    </t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
           <t>35771</t>
         </is>
       </c>
       <c r="B83" s="4" t="inlineStr">
         <is>
           <t>MOTOR FPT COLHEDORA CASE 8800 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
           <t>35772</t>
         </is>
       </c>
       <c r="B84" s="4" t="inlineStr">
         <is>
           <t>MOTOR FPT TRATOR MX 260 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>15.750,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
           <t>35773</t>
         </is>
       </c>
       <c r="B85" s="4" t="inlineStr">
         <is>
           <t> MOTOR JOHN DEERE COLHEDORA 3522 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
           <t>35774</t>
         </is>
       </c>
       <c r="B86" s="4" t="inlineStr">
         <is>
           <t>MOTOR FPT COLHEDORA CASE 8800 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
           <t>35775</t>
         </is>
       </c>
       <c r="B87" s="4" t="inlineStr">
         <is>
           <t> MOTOR JOHN DEERE COLHEDORA 3522 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
           <t>35776</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
           <t> MOTOR JOHN DEERE COLHEDORA 3522 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
           <t>35777</t>
         </is>
       </c>
       <c r="B89" s="4" t="inlineStr">
         <is>
           <t> MOTOR MWM 6CC - LOC. BARRA</t>
         </is>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
           <t>35778</t>
         </is>
       </c>
       <c r="B90" s="4" t="inlineStr">
         <is>
           <t> MOTOR JOHN DEERE COLHEDORA 3522 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
           <t>35779</t>
         </is>
       </c>
       <c r="B91" s="4" t="inlineStr">
         <is>
           <t> CÂMBIO VW 26.220 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
           <t>35780</t>
         </is>
       </c>
       <c r="B92" s="4" t="inlineStr">
         <is>
           <t> CÂMBIO VW 26.220 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>6.250,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
           <t>35781</t>
         </is>
       </c>
       <c r="B93" s="4" t="inlineStr">
         <is>
           <t> CÂMBIO VW 15.180 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
           <t>35782</t>
         </is>
       </c>
       <c r="B94" s="4" t="inlineStr">
         <is>
           <t>DIFERENCIAL TRATOR CASE - LOC. BARRA    </t>
         </is>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
           <t>35783</t>
         </is>
       </c>
       <c r="B95" s="4" t="inlineStr">
         <is>
           <t> CÂMBIO VW 26.280 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>9.750,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="5" t="inlineStr">
         <is>
           <t>35784</t>
         </is>
       </c>
       <c r="B96" s="4" t="inlineStr">
         <is>
           <t> CÂMBIO VW 15.180 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="5" t="inlineStr">
         <is>
           <t>35785</t>
         </is>
       </c>
       <c r="B97" s="4" t="inlineStr">
         <is>
           <t> CÂMBIO VW 15.190 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="5" t="inlineStr">
         <is>
           <t>35786</t>
         </is>
       </c>
       <c r="B98" s="4" t="inlineStr">
         <is>
           <t> CÂMBIO VW 26.220 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="5" t="inlineStr">
         <is>
           <t>35787</t>
         </is>
       </c>
       <c r="B99" s="4" t="inlineStr">
         <is>
           <t>CARRETA DE TRANSP. TUBO - FR25433 - LOC. IPAUSSU</t>
         </is>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="5" t="inlineStr">
         <is>
           <t>35788</t>
         </is>
       </c>
       <c r="B100" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO VOLKSWAGEN 26.220 EURO3 WORKER - ANO 2010/2010 - BRANCO - FR43017 - LOC. IPAUSSU</t>
         </is>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>132.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="5" t="inlineStr">
         <is>
           <t>35789</t>
         </is>
       </c>
       <c r="B101" s="4" t="inlineStr">
         <is>
           <t>CARRETA DE TRANSP. TUBO - FR103868 - LOC. IPAUSSU</t>
         </is>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="5" t="inlineStr">
         <is>
           <t>35790</t>
         </is>
       </c>
       <c r="B102" s="4" t="inlineStr">
         <is>
           <t> COBRIDOR - S/FR - LOC. IPAUSSU</t>
         </is>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="5" t="inlineStr">
         <is>
           <t>35791</t>
         </is>
       </c>
       <c r="B103" s="4" t="inlineStr">
         <is>
           <t> SEMI REBOQUE RANDON SP SRCA CA - ANO 2012/2013 - CINZA - FR46959 - LOC. IPAUSSU</t>
         </is>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="5" t="inlineStr">
         <is>
           <t>35792</t>
         </is>
       </c>
       <c r="B104" s="4" t="inlineStr">
         <is>
           <t> REBOQUE RANDON SP RQ CA - ANO 2012/2013 - CINZA - FR70842 - LOC. IPAUSSU</t>
         </is>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="5" t="inlineStr">
         <is>
           <t>35793</t>
         </is>
       </c>
       <c r="B105" s="4" t="inlineStr">
         <is>
           <t> TRANSBORDO ANTONIOSI ATA - ANO 2010 - FR123808 - LOC. BONFIM</t>
         </is>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="5" t="inlineStr">
         <is>
           <t>35794</t>
         </is>
       </c>
       <c r="B106" s="4" t="inlineStr">
         <is>
           <t> TRANSBORDO ANTONIOSI ATA 10500 - ANO 2010 - FR123805 - LOC. BONFIM</t>
         </is>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="5" t="inlineStr">
         <is>
           <t>35795</t>
         </is>
       </c>
       <c r="B107" s="4" t="inlineStr">
         <is>
           <t> IMPLEMENTO AGRÍCOLA, MULTICULTIVADOR - ANO 2022 - FR139114 - LOC. BONFIM</t>
         </is>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="5" t="inlineStr">
         <is>
           <t>35796</t>
         </is>
       </c>
       <c r="B108" s="4" t="inlineStr">
         <is>
           <t> IMPLEMENTO AGRÍCOLA, MULTICULTIVADOR - S/FR - LOC. BONFIM</t>
         </is>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="5" t="inlineStr">
         <is>
           <t>35797</t>
         </is>
       </c>
       <c r="B109" s="4" t="inlineStr">
         <is>
           <t> DISTRIBUIDOR DE TORTA - FR122260 - LOC. BONFIM</t>
         </is>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="5" t="inlineStr">
         <is>
           <t>35798</t>
         </is>
       </c>
       <c r="B110" s="4" t="inlineStr">
         <is>
           <t>IMPLEMENTO AGRÍCOLA - S/FR - LOC. BONFIM</t>
         </is>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="5" t="inlineStr">
         <is>
           <t>35813</t>
         </is>
       </c>
       <c r="B111" s="4" t="inlineStr">
         <is>
           <t> REBOQUE RANDONSP RQ CA; ANO 2010/2010; AZUL. - FR96714. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="5" t="inlineStr">
         <is>
           <t>35814</t>
         </is>
       </c>
       <c r="B112" s="4" t="inlineStr">
         <is>
           <t> SEMI REBOQUE RANDONSP SRCA CA; ANO 2013/2014. - FR88669. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>57.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="5" t="inlineStr">
         <is>
           <t>35826</t>
         </is>
       </c>
       <c r="B113" s="4" t="inlineStr">
         <is>
           <t> GRADE; ANO 2013. - FR11003674. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="5" t="inlineStr">
         <is>
           <t>35834</t>
         </is>
       </c>
       <c r="B114" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA CASE A 8810 1L - ANO 2018 - FR11002202 -  (DESINVESTIMENTOS) - LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>81.000,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="5" t="inlineStr">
         <is>
           <t>35836</t>
         </is>
       </c>
       <c r="B115" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO M.BENZ/L 2219; ANO 1983/1983; BRANCA. - FR52468. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="5" t="inlineStr">
         <is>
           <t>35843</t>
         </is>
       </c>
       <c r="B116" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO M.BENZ/L 608 D; ANO 1983/1983; BRANCA. - FR58004. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="5" t="inlineStr">
         <is>
           <t>35858</t>
         </is>
       </c>
       <c r="B117" s="4" t="inlineStr">
         <is>
           <t>TRAFO 750 SUPERKAVEA - (INDUSTRIA) - LOC. RAFARD </t>
         </is>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="5" t="inlineStr">
         <is>
           <t>35859</t>
         </is>
       </c>
       <c r="B118" s="4" t="inlineStr">
         <is>
           <t>CARRETA DE ABRIGO OPERAD. IRRIGAB - ANO 2010 - FR25438 - (ARMAZÉM DE AÇÚCAR) - LOC. SANTA HELENA </t>
         </is>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="5" t="inlineStr">
         <is>
           <t>35862</t>
         </is>
       </c>
       <c r="B119" s="4" t="inlineStr">
         <is>
           <t>CARRETA SERVIÇOS DIVERSOS - FR25413 - (AUTOMOTIVO) - LOC. COSTA PINTO </t>
         </is>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="5" t="inlineStr">
         <is>
           <t>35866</t>
         </is>
       </c>
       <c r="B120" s="4" t="inlineStr">
         <is>
           <t>TRANSFORMADOR TRANSFORMAX SUCATEADO. - N/E. - ARMAZÉN 01 - PPCM - LOC. UNIVALEM</t>
         </is>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="5" t="inlineStr">
         <is>
           <t>35868</t>
         </is>
       </c>
       <c r="B121" s="4" t="inlineStr">
@@ -3833,83 +3833,83 @@
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="5" t="inlineStr">
         <is>
           <t>35877</t>
         </is>
       </c>
       <c r="B122" s="4" t="inlineStr">
         <is>
           <t>SISTEMA DE COLETA DE ÁGUA E RESFRIAMENTO PARA ÁGUA/CONDENSADO DA CALDEIRA. - PT.216799. - ARMAZÉN PROJETOS FM2C - LOC. UNIVALEN</t>
         </is>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="5" t="inlineStr">
         <is>
           <t>35878</t>
         </is>
       </c>
       <c r="B123" s="4" t="inlineStr">
         <is>
           <t>BALAÇÃO PARA PONTE DE 85 TON. - ARMAZÉN PROJETOS FM2C - LOC. UNIVALEN</t>
         </is>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="5" t="inlineStr">
         <is>
           <t>35885</t>
         </is>
       </c>
       <c r="B124" s="4" t="inlineStr">
@@ -3929,51 +3929,51 @@
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="5" t="inlineStr">
         <is>
           <t>36105</t>
         </is>
       </c>
       <c r="B125" s="4" t="inlineStr">
         <is>
           <t>3 MÁQUINAS DE SOLDA SUCATEADAS - (PATIO DE DESINVESTIMENTO) - LOC. MUNDIAL</t>
         </is>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="5" t="inlineStr">
         <is>
           <t>36107</t>
         </is>
       </c>
       <c r="B126" s="4" t="inlineStr">
@@ -4025,51 +4025,51 @@
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="5" t="inlineStr">
         <is>
           <t>36114</t>
         </is>
       </c>
       <c r="B128" s="4" t="inlineStr">
         <is>
           <t>RODAS DIVERSAS SUCATEADAS. (APROX. 40) - N/A. - (PÁTIO DESINVESTIMENTO) - LOC. CAARAPÓ</t>
         </is>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="5" t="inlineStr">
         <is>
           <t>36129</t>
         </is>
       </c>
       <c r="B129" s="4" t="inlineStr">
@@ -4089,467 +4089,467 @@
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>0,70</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="5" t="inlineStr">
         <is>
           <t>36144</t>
         </is>
       </c>
       <c r="B130" s="4" t="inlineStr">
         <is>
           <t>DOLLY USICAMP; ANO 2019. - FR36216. - (VENDA SEM DOCUMENTO) - (PATIO CARRETA) - LOC. SANTA ELISA</t>
         </is>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="5" t="inlineStr">
         <is>
           <t>36146</t>
         </is>
       </c>
       <c r="B131" s="4" t="inlineStr">
         <is>
           <t>COLHEDORA CASE III; ANO 2019. - FR7002046. - PÁTIO COLHEDORAS - LOC. SANTA ELISA</t>
         </is>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="5" t="inlineStr">
         <is>
           <t>36147</t>
         </is>
       </c>
       <c r="B132" s="4" t="inlineStr">
         <is>
           <t>COLHEDORA CASE A 8810 1L - ANO 2018 - FR9002605. - PATIO CARRETA - LOC. SANTA ELISA </t>
         </is>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="5" t="inlineStr">
         <is>
           <t>36155</t>
         </is>
       </c>
       <c r="B133" s="4" t="inlineStr">
         <is>
           <t>COLHEDORA CASE III; ANO 2018. - FR11002204. - LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>160.000,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="5" t="inlineStr">
         <is>
           <t>36157</t>
         </is>
       </c>
       <c r="B134" s="4" t="inlineStr">
         <is>
           <t>COLHEDORA CASE III; ANO 2018. - FR9002607. - DESINVESTIMENTO- LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>62.500,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="5" t="inlineStr">
         <is>
           <t>36158</t>
         </is>
       </c>
       <c r="B135" s="4" t="inlineStr">
         <is>
           <t>COLHEDORA CASE III; ANO 2019. - FR11002214 - DESINVESTIMENTO - VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>137.500,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="5" t="inlineStr">
         <is>
           <t>36162</t>
         </is>
       </c>
       <c r="B136" s="4" t="inlineStr">
         <is>
           <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003722. - PÁTIO 2 PROX. ARMAZÉM 11 - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="5" t="inlineStr">
         <is>
           <t>36163</t>
         </is>
       </c>
       <c r="B137" s="4" t="inlineStr">
         <is>
           <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003692. - PÁTIO 2 PROX. ARMAZÉM 11 - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="5" t="inlineStr">
         <is>
           <t>36165</t>
         </is>
       </c>
       <c r="B138" s="4" t="inlineStr">
         <is>
           <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003710. - PÁTIO 2 PROX. AO ARMAZÉN 11 - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="5" t="inlineStr">
         <is>
           <t>36167</t>
         </is>
       </c>
       <c r="B139" s="4" t="inlineStr">
         <is>
           <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003687. - PÁTIO 2 PROX. AO ARMAZÉN 11 - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="5" t="inlineStr">
         <is>
           <t>36168</t>
         </is>
       </c>
       <c r="B140" s="4" t="inlineStr">
         <is>
           <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003732. - PÁTIO 2 PROX. AO ARMAZÉN 11 - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="5" t="inlineStr">
         <is>
           <t>36169</t>
         </is>
       </c>
       <c r="B141" s="4" t="inlineStr">
         <is>
           <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003750. - PÁTIO 2 PROX. AO ARMAZÉN 11 - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="5" t="inlineStr">
         <is>
           <t>36193</t>
         </is>
       </c>
       <c r="B142" s="4" t="inlineStr">
         <is>
           <t>CARROCERIA BAÚ GASCOM. - N/E; PT.21017. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="5" t="inlineStr">
         <is>
           <t>36201</t>
         </is>
       </c>
       <c r="B143" s="4" t="inlineStr">
         <is>
           <t>BORRACHA DE ESTEIRA SUCATEADAS (APROXIMADAMENTE 2 TONELADAS) - (VENDA POR KG) - (PÁTIO INSERVIVEIS) - LOC. UNIVALEM</t>
         </is>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="5" t="inlineStr">
         <is>
           <t>36203</t>
         </is>
       </c>
       <c r="B144" s="4" t="inlineStr">
@@ -4569,51 +4569,51 @@
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="5" t="inlineStr">
         <is>
           <t>36204</t>
         </is>
       </c>
       <c r="B145" s="4" t="inlineStr">
         <is>
           <t>ÔNIBUS MERCEDES BENZ OF1315 - ANO 1992/1992 - BEGE - FR81353 - (VENDA SEM DIREITO A DOCUMENTAÇÃO) - (PÁTIO DE DESINVESTIMENTOS) - LOC. BENALCOOL</t>
         </is>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="5" t="inlineStr">
         <is>
           <t>36205</t>
         </is>
       </c>
       <c r="B146" s="4" t="inlineStr">
@@ -4633,51 +4633,51 @@
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="5" t="inlineStr">
         <is>
           <t>36206</t>
         </is>
       </c>
       <c r="B147" s="4" t="inlineStr">
         <is>
           <t>COLUNA DE DESTILAÇÃO ANIDRO; E RESFRIADORA - PAT.271714 / 302877 - (DESTILARIA) - LOC. BENALCOOL</t>
         </is>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="5" t="inlineStr">
         <is>
           <t>36207</t>
         </is>
       </c>
       <c r="B148" s="4" t="inlineStr">
@@ -4729,179 +4729,179 @@
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="5" t="inlineStr">
         <is>
           <t>36210</t>
         </is>
       </c>
       <c r="B150" s="4" t="inlineStr">
         <is>
           <t>COMPRESSOR - PAT.194506 - (PATIO DE DESINVESTIMENTO) - LOC. BENALCOOL</t>
         </is>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="5" t="inlineStr">
         <is>
           <t>36211</t>
         </is>
       </c>
       <c r="B151" s="4" t="inlineStr">
         <is>
           <t>ABRAÇADEIRAS PARA GUINDASTES - (PATIO DE DESINVESTIMENTO) - LOC. BENALCOOL</t>
         </is>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="5" t="inlineStr">
         <is>
           <t>36212</t>
         </is>
       </c>
       <c r="B152" s="4" t="inlineStr">
         <is>
           <t>PEÇAS DE REPOSIÇÃO, SENDO: APROXIMADAMENTE 2 BOMBA EXTRATOR PRIMÁRIO 3522; 2 BOMBA PICADOR 3522; 2 BOMBA 5 CORPO 3522; 1 BOMBA 3 CORPO 3522; 2 BLOCO DO ELEVADOR 3522; 3 CILINDRO INCLINAÇÃO DIVISOR DE LINHA 3522 - (PÁTIO DE DESINVESTIMENTOS) - LOC. BENALCOOL</t>
         </is>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="5" t="inlineStr">
         <is>
           <t>36213</t>
         </is>
       </c>
       <c r="B153" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO SCANIA R113 E 6X4 360 - ANO: 1993/1993 - BRANCO - FR45012 - (CAMINHÃO BOMBEIRO)  - (PÁTIO DE DESINVESTIMENTOS) - LOC. GASA</t>
         </is>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="5" t="inlineStr">
         <is>
           <t>36214</t>
         </is>
       </c>
       <c r="B154" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO SCANIA R113 E 6X4 360 - ANO: 1993/1993 - BRANCO - FR45011 - (CAMINHÃO BOMBEIRO) - (PÁTIO DE DESINVESTIMENTOS) - LOC. GASA</t>
         </is>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="5" t="inlineStr">
         <is>
           <t>36215</t>
         </is>
       </c>
       <c r="B155" s="4" t="inlineStr">
@@ -4921,499 +4921,499 @@
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="5" t="inlineStr">
         <is>
           <t>36216</t>
         </is>
       </c>
       <c r="B156" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO SCANIA R113 E 6X4 360 - ANO: 1993/1993 - BRANCO - FR52848 - (CAMINHÃO TRANSBORDO) - (PÁTIO DE DESINVESTIMENTOS) - LOC. GASA</t>
         </is>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>84.000,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="5" t="inlineStr">
         <is>
           <t>36217</t>
         </is>
       </c>
       <c r="B157" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO SCANIA R113 E 6X4 360 - ANO: 1993/1993 - BRANCO - FR45022 - (CAMINHÃO TRANSBORDO) - (PÁTIO DE DESINVESTIMENTOS) - LOC. GASA</t>
         </is>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="5" t="inlineStr">
         <is>
           <t>36218</t>
         </is>
       </c>
       <c r="B158" s="4" t="inlineStr">
         <is>
           <t>REBOQUE MONTORO CM1 - ANO 2000/2000 - BRANCA - FR86985 - (CARRETA SERVIÇOS GERAIS) - (PÁTIO DE DESINVESTIMENTOS) - LOC. GASA</t>
         </is>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="5" t="inlineStr">
         <is>
           <t>36219</t>
         </is>
       </c>
       <c r="B159" s="4" t="inlineStr">
         <is>
           <t>PRENSA HIDRAULICA SUCATEDA - PT.88886 - (PÁTIO OFICINA) - LOC. GASA</t>
         </is>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="5" t="inlineStr">
         <is>
           <t>36220</t>
         </is>
       </c>
       <c r="B160" s="4" t="inlineStr">
         <is>
           <t>ADUBADEIRAS SUCATEADAS (APROXIMADAMENTE 7 CAIXAS) - (PÁTIO OFICINA) -  LOC. GASA</t>
         </is>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="5" t="inlineStr">
         <is>
           <t>36221</t>
         </is>
       </c>
       <c r="B161" s="4" t="inlineStr">
         <is>
           <t>RADIADOR E COOLER GRUNNER SUCATEADOS - (APROXIMADAMENTE 5 CONJUNTOS) -  (PÁTIO OFICINA) - LOC. GASA</t>
         </is>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="5" t="inlineStr">
         <is>
           <t>36222</t>
         </is>
       </c>
       <c r="B162" s="4" t="inlineStr">
         <is>
           <t>PRENSA HIDRAULICA SUCATEDA - (PÁTIO INSERVIVEIS) - LOC. DESTIVALE</t>
         </is>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="5" t="inlineStr">
         <is>
           <t>36223</t>
         </is>
       </c>
       <c r="B163" s="4" t="inlineStr">
         <is>
           <t>EQUIPAMENTOS DE LABÓRATORIO INDUSTRIAL CONTENDO SACARIMETRO DIGITAL AUTOMÁTICO; BEBEDOURO; ESPECTROFOTÔMETRO DE COLORÍMETRO DE BANCADA DA HACH. - (CENTRAL DE RESÍDUOS) - LOC. DESTIVALE</t>
         </is>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="5" t="inlineStr">
         <is>
           <t>36226</t>
         </is>
       </c>
       <c r="B164" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA CASE A 8810 1L - ANO 2017 - FR14802266 - (PÁTIO DE PEDRA) - LOC. SANTA ELISA</t>
         </is>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>96.000,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="5" t="inlineStr">
         <is>
           <t>36227</t>
         </is>
       </c>
       <c r="B165" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA CASE 8800 - ANO 2017 - FR8802153 - (PÁTIO DE PEDRA) - LOC. SANTA ELISA</t>
         </is>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>98.000,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="5" t="inlineStr">
         <is>
           <t>36228</t>
         </is>
       </c>
       <c r="B166" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA CASE A 8810 1L - ANO 2019 - FR14002158 - (PÁTIO DE PEDRA) - LOC. SANTA ELISA</t>
         </is>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>105.000,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="5" t="inlineStr">
         <is>
           <t>36229</t>
         </is>
       </c>
       <c r="B167" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA CASE A 8810 1L - ANO 2019 - FR14002159 - (PÁTIO DE PEDRA) - LOC. SANTA ELISA</t>
         </is>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>102.500,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="5" t="inlineStr">
         <is>
           <t>36230</t>
         </is>
       </c>
       <c r="B168" s="4" t="inlineStr">
         <is>
           <t> CARROCERIA BAÚ  - (PRÓXIMO A OMA) - LOC. MB</t>
         </is>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="5" t="inlineStr">
         <is>
           <t>36231</t>
         </is>
       </c>
       <c r="B169" s="4" t="inlineStr">
         <is>
           <t> IMPLEMENTO AGRÍCOLA  - S/FR - (PRÓXIMO AO PÁTIO DESINVESTIMENTO) - LOC. MB</t>
         </is>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="5" t="inlineStr">
         <is>
           <t>36233</t>
         </is>
       </c>
       <c r="B170" s="4" t="inlineStr">
         <is>
           <t> 5 GUINCHO GIRAFA - (PRÓXIMO SMART CALDA) - LOC. MB</t>
         </is>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="5" t="inlineStr">
         <is>
           <t>36234</t>
         </is>
       </c>
       <c r="B171" s="4" t="inlineStr">
@@ -5433,499 +5433,499 @@
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="5" t="inlineStr">
         <is>
           <t>36235</t>
         </is>
       </c>
       <c r="B172" s="4" t="inlineStr">
         <is>
           <t> FURADEIRA DE BANCADA - (PRÓXIMO SMART CALDA) - LOC. MB</t>
         </is>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="5" t="inlineStr">
         <is>
           <t>36236</t>
         </is>
       </c>
       <c r="B173" s="4" t="inlineStr">
         <is>
           <t> SEMI REBOQUE RANDON SR BA - ANO 2004/2004 - AZUL - FR14004009; (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO) - (PRÓXIMO AO PÁTIO DESINVESTIMENTO) - LOC. MB</t>
         </is>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="5" t="inlineStr">
         <is>
           <t>36237</t>
         </is>
       </c>
       <c r="B174" s="4" t="inlineStr">
         <is>
           <t> CARROCERIA BAÚ  - ANO 2012 - PAT.289416 - (PÁTIO DESINVESTIMENTO) - LOC. MB</t>
         </is>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="5" t="inlineStr">
         <is>
           <t>36238</t>
         </is>
       </c>
       <c r="B175" s="4" t="inlineStr">
         <is>
           <t>MOTORES INDUSTRIAIS, MARCAS: WEG, SEW, WL E MAUSA (APROXIMADAMENTE 100 PEÇAS) - (CENTRAL DE RESÍDUO) - LOC. MB</t>
         </is>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>135</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>121.000,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="5" t="inlineStr">
         <is>
           <t>36239</t>
         </is>
       </c>
       <c r="B176" s="4" t="inlineStr">
         <is>
           <t>CARRETA SERVICOS DIVERSOS - ANO 1998 - FR13003151 - (CENTRAL) - LOC. MB</t>
         </is>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="5" t="inlineStr">
         <is>
           <t>36241</t>
         </is>
       </c>
       <c r="B177" s="4" t="inlineStr">
         <is>
           <t>MOTORES INDUSTRIAIS, MARCAS: ABB, ARNO, BARDELLA, EQUACIONAL, SEW, WEG, SIEMENS, GHR, MINUZZI E WALTEC - (APROXIMADAMENTE 35 PEÇAS) - (DESINVESTIMENTOS) - LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>53.000,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="5" t="inlineStr">
         <is>
           <t>36242</t>
         </is>
       </c>
       <c r="B178" s="4" t="inlineStr">
         <is>
           <t> TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003734 - (DESINVESTIMENTOS/FUNDO USINA) - LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="5" t="inlineStr">
         <is>
           <t>36243</t>
         </is>
       </c>
       <c r="B179" s="4" t="inlineStr">
         <is>
           <t> TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003696 - (DESINVESTIMENTOS/FUNDO USINA) - LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="5" t="inlineStr">
         <is>
           <t>36244</t>
         </is>
       </c>
       <c r="B180" s="4" t="inlineStr">
         <is>
           <t> TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013  - FR11003695 - (DESINVESTIMENTOS/FUNDO USINA) - LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="5" t="inlineStr">
         <is>
           <t>36245</t>
         </is>
       </c>
       <c r="B181" s="4" t="inlineStr">
         <is>
           <t> TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003702 - (DESINVESTIMENTOS/FUNDO USINA) - LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="5" t="inlineStr">
         <is>
           <t>36246</t>
         </is>
       </c>
       <c r="B182" s="4" t="inlineStr">
         <is>
           <t> CARROCERIA COMBOIO - S/FR - (DESINVESTIMENTOS) - LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="5" t="inlineStr">
         <is>
           <t>36247</t>
         </is>
       </c>
       <c r="B183" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA CASE 8800 - ANO 2017 - FR11002195 -  (DESINVESTIMENTOS) - LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>43.000,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="5" t="inlineStr">
         <is>
           <t>36248</t>
         </is>
       </c>
       <c r="B184" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA CASE 8800 - ANO 2017 - FR11802285 -  (DESINVESTIMENTOS) - LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="5" t="inlineStr">
         <is>
           <t>36249</t>
         </is>
       </c>
       <c r="B185" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA CASE A 8810 1L - ANO 2018 - FR11002208 -  (DESINVESTIMENTOS) - LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="5" t="inlineStr">
         <is>
           <t>36250</t>
         </is>
       </c>
       <c r="B186" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA CASE 8800 - ANO 2017 - FR11002199 -  (DESINVESTIMENTOS) - LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="5" t="inlineStr">
         <is>
           <t>36251</t>
         </is>
       </c>
       <c r="B187" s="4" t="inlineStr">
@@ -5945,83 +5945,83 @@
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="5" t="inlineStr">
         <is>
           <t>36252</t>
         </is>
       </c>
       <c r="B188" s="4" t="inlineStr">
         <is>
           <t> TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2014 - FR11003749 - (DESINVESTIMENTOS/FUNDO USINA) - LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="5" t="inlineStr">
         <is>
           <t>36253</t>
         </is>
       </c>
       <c r="B189" s="4" t="inlineStr">
         <is>
           <t> TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003683 - (DESINVESTIMENTOS/FUNDO USINA) - LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="5" t="inlineStr">
         <is>
           <t>36254</t>
         </is>
       </c>
       <c r="B190" s="4" t="inlineStr">
@@ -6137,83 +6137,83 @@
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="5" t="inlineStr">
         <is>
           <t>36258</t>
         </is>
       </c>
       <c r="B194" s="4" t="inlineStr">
         <is>
           <t> TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003721 - (DESINVESTIMENTOS/FUNDO USINA) - LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="5" t="inlineStr">
         <is>
           <t>36259</t>
         </is>
       </c>
       <c r="B195" s="4" t="inlineStr">
         <is>
           <t> TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003680 - (DESINVESTIMENTOS/FUNDO USINA) - LOC. VALE DO ROSÁRIO</t>
         </is>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="5" t="inlineStr">
         <is>
           <t>36260</t>
         </is>
       </c>
       <c r="B196" s="4" t="inlineStr">
@@ -6233,179 +6233,179 @@
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="5" t="inlineStr">
         <is>
           <t>36261</t>
         </is>
       </c>
       <c r="B197" s="4" t="inlineStr">
         <is>
           <t> SUCATA DE REBOQUE BANDEIRANTES JF1 500 - ANO 2013/2013 - CINZA - FR92839 - (PÁTIO 1 DESIVESTIMENTO) - LOC. JUNQUEIRA</t>
         </is>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="5" t="inlineStr">
         <is>
           <t>36263</t>
         </is>
       </c>
       <c r="B198" s="4" t="inlineStr">
         <is>
           <t> SUCATA DE REBOQUE BANDEIRANTES JF1 500 - ANO 2013/2013 - CINZA - FR92838 - (VENDA SEM DOCUMENTO) - (PÁTIO 1 DESIVESTIMENTO) - LOC. JUNQUEIRA</t>
         </is>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="5" t="inlineStr">
         <is>
           <t>36264</t>
         </is>
       </c>
       <c r="B199" s="4" t="inlineStr">
         <is>
           <t> TRATOR JOHN DEERE 7225J - ANO 2016 - FR93354 - (DESINVESTIMENTO) - LOC. JUNQUEIRA</t>
         </is>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t>77.500,00</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="5" t="inlineStr">
         <is>
           <t>36265</t>
         </is>
       </c>
       <c r="B200" s="4" t="inlineStr">
         <is>
           <t> TRATOR JOHN DEERE 7225J - ANO 2016 - FR115685 - (DESINVESTIMENTO) - LOC. JUNQUEIRA</t>
         </is>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>86.500,00</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="5" t="inlineStr">
         <is>
           <t>36266</t>
         </is>
       </c>
       <c r="B201" s="4" t="inlineStr">
         <is>
           <t> TRATOR JOHN DEERE 7225J - ANO 2016 - FR93353 - (DESINVESTIMENTO) - LOC. JUNQUEIRA</t>
         </is>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t>88.000,00</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="5" t="inlineStr">
         <is>
           <t>36300</t>
         </is>
       </c>
       <c r="B202" s="4" t="inlineStr">
@@ -6425,371 +6425,371 @@
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="5" t="inlineStr">
         <is>
           <t>36301</t>
         </is>
       </c>
       <c r="B203" s="4" t="inlineStr">
         <is>
           <t> 1 CENTRÍFUGA MAUSA; E 2 MÁQUINAS DE SOLDA  - PAT.096213 - (BARRACÃO MOR) - LOC. BONFIM </t>
         </is>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="5" t="inlineStr">
         <is>
           <t>36303</t>
         </is>
       </c>
       <c r="B204" s="4" t="inlineStr">
         <is>
           <t> ENXADA ROTATIVA CH4000 - FR436009 - LOC. SANTA CÂNDIDA</t>
         </is>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="5" t="inlineStr">
         <is>
           <t>36304</t>
         </is>
       </c>
       <c r="B205" s="4" t="inlineStr">
         <is>
           <t> DISTRIBUIDORA DE TORTA ANTONIOSI DT1102 - ANO 2018 - FR20890 - LOC. SANTA CÂNDIDA</t>
         </is>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="5" t="inlineStr">
         <is>
           <t>36305</t>
         </is>
       </c>
       <c r="B206" s="4" t="inlineStr">
         <is>
           <t> SULCADOR - FR426026 - LOC. SANTA CÂNDIDA</t>
         </is>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="5" t="inlineStr">
         <is>
           <t>36306</t>
         </is>
       </c>
       <c r="B207" s="4" t="inlineStr">
         <is>
           <t>1 SULCADOR; PORTAS/VIDRO, JANELA; CAIXA; E CAPÔ DE TRATOR CASE - FR426029 - LOC. SANTA CÂNDIDA</t>
         </is>
       </c>
       <c r="C207" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E207" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="5" t="inlineStr">
         <is>
           <t>36307</t>
         </is>
       </c>
       <c r="B208" s="4" t="inlineStr">
         <is>
           <t>APROX. 100 ITENS ENTRE EXTINTORES E MAGUEIRAS - LOC. BARRA</t>
         </is>
       </c>
       <c r="C208" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="5" t="inlineStr">
         <is>
           <t>36308</t>
         </is>
       </c>
       <c r="B209" s="4" t="inlineStr">
         <is>
           <t>BORRACHAS; 3 MÁQUINAS DE SOLDA; 4 RADIADORES; PAINEL; SAPATA; PISTÕES; CANTONEIRAS/ OUTROS; E PARTES/ PEÇAS DE TRATOR JD., EM CIMA DE APROX. 15 PALLETES - (VENDA COMO SUCATA) -LOC. BARRA</t>
         </is>
       </c>
       <c r="C209" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="5" t="inlineStr">
         <is>
           <t>36309</t>
         </is>
       </c>
       <c r="B210" s="4" t="inlineStr">
         <is>
           <t> TRANSBORDO COM TANQUE DE FIBRA - FR47031 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C210" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="5" t="inlineStr">
         <is>
           <t>36609</t>
         </is>
       </c>
       <c r="B211" s="4" t="inlineStr">
         <is>
           <t>GRADE AGROMATÃO; ANO 2019. - FR103135. - LOC. JUNQUEIRA </t>
         </is>
       </c>
       <c r="C211" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="5" t="inlineStr">
         <is>
           <t>36615</t>
         </is>
       </c>
       <c r="B212" s="4" t="inlineStr">
         <is>
           <t>TRANSFORMADORES DE CORRENTE AREVA KIG-24. - (APROX. 08 UNIDADES) - (CENTRAL) - LOC. MB</t>
         </is>
       </c>
       <c r="C212" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="5" t="inlineStr">
         <is>
           <t>36616</t>
         </is>
       </c>
       <c r="B213" s="4" t="inlineStr">
         <is>
           <t> CARROCERIA/ CARRETA - S/FR - (PÁTIO CARRETA) - LOC. SANTA ELISA</t>
         </is>
       </c>
       <c r="C213" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>