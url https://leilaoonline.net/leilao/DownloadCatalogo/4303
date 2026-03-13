--- v2 (2026-02-21)
+++ v3 (2026-03-13)
@@ -633,51 +633,51 @@
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>12046</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> SULCADOR; ANO 2008. - FR4445031. - LOC. CAARAPÓ</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>12077</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
@@ -3193,51 +3193,51 @@
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="5" t="inlineStr">
         <is>
           <t>35790</t>
         </is>
       </c>
       <c r="B102" s="4" t="inlineStr">
         <is>
           <t> COBRIDOR - S/FR - LOC. IPAUSSU</t>
         </is>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="5" t="inlineStr">
         <is>
           <t>35791</t>
         </is>
       </c>
       <c r="B103" s="4" t="inlineStr">