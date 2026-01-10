--- v0 (2025-12-02)
+++ v1 (2026-01-10)
@@ -142,51 +142,51 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F87"/>
+  <dimension ref="A1:F83"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
@@ -281,2496 +281,2368 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>COMPRESSOR WAYNE 60 PÉS</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>3.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>REBITADEIRA MECÂNICA</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>LOTE C/ APROX. 550 M2 DE TELHAS GALVANIZADAS; NAS MEDIDAS E QUANT. RELACIONADAS - USADAS - PREÇO POR METRO</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>15,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 21 UNIDADES DE ESTRUTURAS EM AÇO INÓX (NÃO PEGA IMÃ); COM 6 E 4,5 METROS (APROX. 950KG)</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 20 UNIDADES DE ESTRUTURAS EM AÇO INÓX (NÃO PEGA IMÃ); COM 6 E 4,5 METROS (APROX. 900KG)</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>PONTE ROLANTE COM TALHA ELÉTRICA 3 TONELADAS</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>TORNO AUTOMÁTICO PBC</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>TORNO AUTOMÁTICO PBC</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>ESTEIRA MOTORIZADA DUBUIT</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>EMPILHADEIRA ELÉTRICA AMEISE ETV 20 2000 KG TRIPLEX 7,30M - FUNCIONANDO </t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t>FILTRO "FILTROS BARRA"</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t>EMPILHADEIRA ELÉTRICA PANTOGRÁFICA YALE NDR35 ANO: 2010, 1.600 KG</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t>ESTALEIRO PORTA MATERIAL; 19 MÓDULOS</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t>SERRA DE FITA VERTICAL</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t>FURADEIRA DE COLUNA JOINVILLE</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>19</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t>SERRA PEMA POLICORTE ALUMÍNIO</t>
+          <t>MÁQUINA DE FILTRAR ÓLEO; MARCA HIV VAC; C/ MOTOR ELÉTRICO MOD 250 SÉRIE 1717; ACOMPANHA CARRINHO HIDRÁULICO</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>8.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>19</t>
+          <t>20</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
-          <t>MÁQUINA DE FILTRAR ÓLEO; MARCA HIV VAC; C/ MOTOR ELÉTRICO MOD 250 SÉRIE 1717; ACOMPANHA CARRINHO HIDRÁULICO</t>
+          <t>PRENSA EXCENTRICA 25 TON</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>8.000,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>21</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t>PRENSA EXCENTRICA 25 TON</t>
+          <t>PRENSA SORVETEIRA PNEUMÁTICA PARA FIXAÇÃO DE SOLA DE CALÇADO</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>22</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t>PRENSA SORVETEIRA PNEUMÁTICA PARA FIXAÇÃO DE SOLA DE CALÇADO</t>
+          <t>PRENSA HIDRÁULICA JACARÉ USADA LATINHA ALUMÍNIO</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>40.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>23</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t>PRENSA HIDRÁULICA JACARÉ USADA LATINHA ALUMÍNIO</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>24</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t>PRENSA HIDRÁULICA JACARÉ USADA LATINHA ALUMÍNIO</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>65.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>25</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t>PRENSA HIDRÁULICA JACARÉ USADA LATINHA ALUMÍNIO</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
-          <t>65.000,00</t>
+          <t>80.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>28</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
-          <t>PRENSA HIDRÁULICA JACARÉ USADA LATINHA ALUMÍNIO</t>
+          <t>GAIOLA PARA EMPILHADEIRA H128 X L80 X C155 CM</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
-          <t>80.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>29</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
-          <t>GAIOLA PARA EMPILHADEIRA H128 X L80 X C155 CM</t>
+          <t>GUILHOTINA MANUAL PARA CHAPAS 1 METRO</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>31</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t>GUILHOTINA MANUAL PARA CHAPAS 1 METRO</t>
+          <t>GUILHOTINA CALVI 2000 X 5 MM</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>32</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t>GUILHOTINA CALVI 2000 X 5 MM</t>
+          <t>MÁQUINA FECHADORA DE CAIXAS</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
-          <t>1250.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>33</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
-          <t>MÁQUINA FECHADORA DE CAIXAS</t>
+          <t>SELADORA WELDOTRON</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>34</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
-          <t>SELADORA WELDOTRON</t>
+          <t>TALHA ELÉTRICA CABO DE AÇO SHEPARD NILES 3 TON. SEM MOTOR </t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>5.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>36</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
-          <t>TALHA ELÉTRICA CABO DE AÇO SHEPARD NILES 3 TON. SEM MOTOR </t>
+          <t>TORNO MECÂNICO SCHUTTE</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>5.500,00</t>
+          <t>25.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>37</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
-          <t>TORNO MECÂNICO SCHUTTE</t>
+          <t>TORNO MECÂNICO DE CORREIA</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
-          <t>1250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>37</t>
+          <t>38</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
-          <t>TORNO MECÂNICO DE CORREIA</t>
+          <t>TORNO MECANICO ROMI I30A 600 X 1800 MM</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>24</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>4.000,00</t>
+          <t>44.750,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>38</t>
+          <t>39</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t>TORNO MECANICO ROMI I30A 600 X 1800 MM</t>
+          <t>TORNO MECÂNICO ORNMASKINER 400 X 1100 MM - CÓD. 1612</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>7.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
-          <t>1250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>39</t>
+          <t>40</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
-          <t>TORNO MECÂNICO ORNMASKINER 400 X 1100 MM - CÓD. 1612</t>
+          <t>SELADORA WELDOTRON</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>7.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>41</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
-          <t>SELADORA WELDOTRON</t>
+          <t>FURADEIRA RADIAL </t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>9.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>41</t>
+          <t>42</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
-          <t>FURADEIRA RADIAL </t>
+          <t>ASPIRADOR INDUSTRIAL DE PÓ</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
-          <t>9.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>43</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t>ASPIRADOR INDUSTRIAL DE PÓ</t>
+          <t>TRANSFORMADOR DE ENERGIA TRIFÁSICO 220V/380V 125KVA KIMARKI</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>43</t>
+          <t>45</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t>TRANSFORMADOR DE ENERGIA TRIFÁSICO 220V/380V 125KVA KIMARKI</t>
+          <t>BOMBA DE INCÊNDIO 60 CV </t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>6.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
-          <t>150.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>45</t>
+          <t>46</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
-          <t>BOMBA DE INCÊNDIO 60 CV </t>
+          <t>BOMBA CENTRÍFUGA 20 CV</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>6.000,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>46</t>
+          <t>47</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
-          <t>BOMBA CENTRÍFUGA 20 CV</t>
+          <t>MOTOBOMBA À DIESEL DETROIT - USADA NO ESTADO</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>5.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>53</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t>MOTOBOMBA À DIESEL DETROIT - USADA NO ESTADO</t>
+          <t>MOTOR WEG W22 PLUS 10 HP 220/380 4 POLOS 1700 RPM</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>4.500,00</t>
+          <t>1.400,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>53</t>
+          <t>55</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
-          <t>MOTOR WEG W22 PLUS 10 HP 220/380 4 POLOS 1700 RPM</t>
+          <t>MISTURADOR EM AÇO INOX 200 L</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>1.400,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>56</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
-          <t>MISTURADOR EM AÇO INOX 200 L</t>
+          <t>MISTURADOR DE HÉLICE COM MOTOR DE 30 CV HP 1100 RPM</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>56</t>
+          <t>60</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
-          <t>MISTURADOR DE HÉLICE COM MOTOR DE 30 CV HP 1100 RPM</t>
+          <t>TALHA ELÉTRICA CROÁCIA 8 TON</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>61</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
-          <t>TALHA ELÉTRICA CROÁCIA 8 TON</t>
+          <t>LOTE TALHAS MANUAIS </t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>1250.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>61</t>
+          <t>70</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
-          <t>LOTE TALHAS MANUAIS </t>
+          <t>DESENTUPIDORA RIDGID KOLLMANN K1000 MOTOR GASOLINA </t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>71</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
-          <t>DESENTUPIDORA RIDGID KOLLMANN K1000 MOTOR GASOLINA </t>
+          <t>DESENTUPIDORA RIDGID KOLLMANN K500 MOTOR GASOLINA</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>71</t>
+          <t>80</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
-          <t>DESENTUPIDORA RIDGID KOLLMANN K500 MOTOR GASOLINA</t>
+          <t>ARMÁRIO PARA ARMAZENAMENTO EM AÇO CARBONO</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>85</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
-          <t>ARMÁRIO PARA ARMAZENAMENTO EM AÇO CARBONO</t>
+          <t>MEDIDOR VOLUMÉTRICO ELETRÔNICO COMBUSTÍVEL GILBARCO 100L/MIN</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>85</t>
+          <t>86</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
-          <t>MEDIDOR VOLUMÉTRICO ELETRÔNICO COMBUSTÍVEL GILBARCO 100L/MIN</t>
+          <t>MEDIDOR VOLUMÉTRICO ELETRÔNICO COMBUSTÍVEL GILBARCO VEEDER-ROOT</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>86</t>
+          <t>90</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
-          <t>MEDIDOR VOLUMÉTRICO ELETRÔNICO COMBUSTÍVEL GILBARCO VEEDER-ROOT</t>
+          <t>SERRA DE FITA VERTICAL ARTRAM</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>95</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
-          <t>SERRA DE FITA VERTICAL ARTRAM</t>
+          <t>GELADEIRA INDUSTRIAL </t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>95</t>
+          <t>96</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
-          <t>GELADEIRA INDUSTRIAL </t>
+          <t>GELADEIRA INDUSTRIAL MECALOR</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>96</t>
+          <t>98</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
-          <t>GELADEIRA INDUSTRIAL MECALOR</t>
+          <t>FOGÃO INDUSTRIAL 6 BOCAS - CÓD. 1611</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>98</t>
+          <t>103</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
-          <t>FOGÃO INDUSTRIAL 6 BOCAS - CÓD. 1611</t>
+          <t>TIRFOR BERG-STEEL 3200 KG </t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
-          <t>150.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>103</t>
+          <t>106</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
-          <t>TIRFOR BERG-STEEL 3200 KG </t>
+          <t>TIRFOR BERG-STEEL 1600 KG </t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>106</t>
+          <t>117</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
-          <t>TIRFOR BERG-STEEL 1600 KG </t>
+          <t>CARRINHO PARA CARREGAR MOTORES</t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>117</t>
+          <t>130</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
-          <t>CARRINHO PARA CARREGAR MOTORES</t>
+          <t>PISTÃO HIDRÁULICO (160 X 20CM DIÂMETRO DO ÊMBOLO)</t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>119</t>
+          <t>135</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
-          <t>CARRINHO DE MÃO</t>
+          <t>MESA MÓVEL COM TAMPO EM AÇO INÓX</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>250,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>136</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
-          <t>DIVISOR ROTATIVO EM AÇO INOX DIALMÁTICA</t>
+          <t>MESA SUPORTE MÓVEL COM TAMPO EM AÇO INÓX</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>250,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>143</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
-          <t>PISTÃO HIDRÁULICO (160 X 20CM DIÂMETRO DO ÊMBOLO)</t>
+          <t>ESTUFA</t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>135</t>
+          <t>145</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
-          <t>MESA MÓVEL COM TAMPO EM AÇO INÓX</t>
+          <t>TUBULAÇÃO PARA COIFA COM EXAUSTOR 12'' E 16''</t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
-          <t>150.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>136</t>
+          <t>151</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
-          <t>MESA SUPORTE MÓVEL COM TAMPO EM AÇO INÓX</t>
+          <t>MACA HOSPITALAR / EXAME / ESTÉTICA</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
-          <t>250,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>143</t>
+          <t>160</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
-          <t>ESTUFA</t>
+          <t>LOTE CORRENTES DE ROLO </t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
-          <t>145</t>
+          <t>165</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
-          <t>TUBULAÇÃO PARA COIFA COM EXAUSTOR 12'' E 16''</t>
+          <t>MESA ROTATIVA 60CM DE DIÂMETRO</t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
-          <t>250,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>180</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
-          <t>MACA HOSPITALAR / EXAME / ESTÉTICA</t>
+          <t>CABINE PARA JATEAMENTO DE GRANALHA AREIA </t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
-          <t>50,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
-          <t>151</t>
+          <t>185</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
-          <t>MACA HOSPITALAR / EXAME / ESTÉTICA</t>
+          <t>SUPORTE DESBOBINADOR DE PLÁSTICO</t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
-          <t>150.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>189</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
-          <t>LOTE CORRENTES DE ROLO </t>
+          <t>RODA COMPONENTE 680 X 300 MM; ALTURA ÚTIL 200 MM TRUCK DE TRANSLAÇÃO CARREGADOR DE NAVIO</t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
-          <t>165</t>
+          <t>190</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
-          <t>MESA ROTATIVA 60CM DE DIÂMETRO</t>
+          <t>RODA COMPONENTE 680 X 300 MM; ALTURA ÚTIL 200 MM TRUCK DE TRANSLAÇÃO CARREGADOR DE NAVIO</t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>192</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
-          <t>CABINE PARA JATEAMENTO DE GRANALHA AREIA </t>
+          <t>EIXO ENGRENADO COM MANCAL E ACOPLAMENTO</t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
-          <t>185</t>
+          <t>193</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
-          <t>SUPORTE DESBOBINADOR DE PLÁSTICO</t>
+          <t>EIXO ENGRENADO COM MANCAL E ACOPLAMENTO</t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
-          <t>189</t>
+          <t>194</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
-          <t>RODA COMPONENTE 680 X 300 MM; ALTURA ÚTIL 200 MM TRUCK DE TRANSLAÇÃO CARREGADOR DE NAVIO</t>
+          <t>TAMBOR PARA CABO DE AÇO GUINCHO APROX: 180 CM</t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>195</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
-          <t>RODA COMPONENTE 680 X 300 MM; ALTURA ÚTIL 200 MM TRUCK DE TRANSLAÇÃO CARREGADOR DE NAVIO</t>
+          <t>PISTÃO HIDRÁULICO 90 CM CAMISA 70 CM ÊMBOLO</t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>196</t>
         </is>
       </c>
       <c r="B83" s="4" t="inlineStr">
         <is>
-          <t>EIXO ENGRENADO COM MANCAL E ACOPLAMENTO</t>
+          <t>SERRA DE FITA VERTICAL ACERBI</t>
         </is>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
-        <is>
-[...126 lines deleted...]
-      <c r="F87" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>