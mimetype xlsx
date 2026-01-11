--- v0 (2025-11-29)
+++ v1 (2026-01-11)
@@ -281,307 +281,307 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> Roçadeira kamaq Articular ecológica 3,50 metros</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> Roçadeira kamaq Articular ecológica 3,50 metros</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> Adubadeira kamaq komander 60 de 5.5 tn</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> Trator Massey Ferguson 290 acoplado dom podadeira de disco</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> Carreta Transbordo de 10 tn</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> Carreta distribuidora de fertilizante - Carreta Canaviera de torta</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> Podadeira kort Flex 400</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t> Atomizador FMC 4000L Bi Lateral Guliver</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t> Caminhão Pipa Mercedez Benz 1318 ano 88 com tanque de fibra 15 mil litros</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>105.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>