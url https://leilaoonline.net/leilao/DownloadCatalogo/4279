--- v0 (2025-11-21)
+++ v1 (2026-01-11)
@@ -281,2195 +281,2195 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>PALHETEIRA ELÉTRICA</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>EMPILHADEIRA HYSTER CAP. 2,5 TON. - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>36</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>42.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>RETROESCAVADEIRA CAT 416E; ANO 2014/2014; COMB. DIESEL - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>103.750,00</t>
+          <t>110.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! MMC/PAJERO DAKAR D; ANO 2013/2013; COR PRETA; COMB. DIESEL - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>76</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>74.750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>LIXADEIRA DE CINTA INDUSTRIAL</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>TORNO MECÂNICO</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>REDUTOR MARCA TRANSMOTECNICA; C/ MOTOR ELÉTRICO</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>UNIDADE HIDRÁULICA MARCA BUCHER; CAP. 250 LITROS</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>2.250,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>UNIDADE HIDRÁULICA</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>3.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>LIXADEIRA</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>650,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t>LOTE C/ 3 UNIDADES DE PORTA ESCADA VEICULAR</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t>ZIPPER MACHINE</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t>TURBINA DE AVIÃO</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t>TURBINA DE AVIÃO</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t>GUINDASTE DE COLUNA; MARCA ADITY BIRLA UTILIZADO EM USINAS OU INDÚSTRIAS</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>6.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 13 RACKS METÁLICOS REFORÇADOS, CALVANIZADOS - MEDIDAS APROX.: 1.10 X 0.65 X 0.90 DE ALTURA</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t>CARRETA TRANSPORTE DE BOBINA</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t>BALANÇA FILIZOLA CAP. 1.000KG</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t>CARREGADOR KM</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t>GERADOR HONDA EP4000</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t>MÁQUINA ENDIREITADEIRA DE VERGALHÕES; C/ UNIDADE HIDRÁULICA MARCA SAUDER DANFOSS</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>8.000,00</t>
+          <t>11.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t>BALANÇA DIGITRON CAP. 1.000KG</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>31</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t>TRANSFORMADOR ZILMER</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t>LOTE C/ APROX. 49 CAPOTAS DE FIBRA PARA CAMINHONETES</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t>LOTE C/ 02 CAIXAS DE SOM E 02 APARELHOS DE FAX</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>8</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>250,00</t>
+          <t>950,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t>TRITURADOR INDUSTRIAL</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>2.250,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t>PLAINA LIMADORA</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
           <t>LOTE C/ 05 PISTÕES</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
           <t>FURADEIRA DE BANCADA E ESMERIL</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
           <t>BALANÇA PERFECTA</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t>COMPONENTE INDUSTRIAL</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
           <t>ROLO COMPACTADOR</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
           <t>GARRA</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>6.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
           <t>PEÇAS DIVERSAS PARA EMPILHADEIRA</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>1.850,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t>BALANCIM</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t>GERADOR A DIESEL</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>16</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>5.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t>GERADOR A DIESEL 6 KVA</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>11</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
           <t>TRANSFORMADOR A SECO 15 KVA</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>1.600,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
           <t>TRANSFORMADOR A SECO 15 KVA</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
           <t>GUILHOTINA INDUSTRIAL</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>7</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
           <t>COMPRESSOR SEM MOTOR</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>950,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
           <t>GUILHOTINA INDUSTRIAL</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
           <t>PLATAFORMA ELEVATÓRIA</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>6.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
           <t>PLATAFORMA HIDRÁULICA MEDINDO APROX. 1.70 X 2.20 X 1M DE ALTURA</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
           <t>EMPILHADEIRA DAEWOO; CAP. 2,5 TONELADAS - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>21.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
           <t>GELADEIRA GENERAL MOTORS; MOD. FRIGIDAIRE</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
           <t>LOTE DE MÓVEIS DE ESCRITÓRIO (MAIS INFORMAÇÕES NAS ESPECIFICAÇÕES)</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
           <t>202</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 20 CADEIRAS UNIVERSITÁRIAS NA COR AZUL</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>20</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
           <t>203</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 20 CADEIRAS UNIVERSITÁRIAS NA COR AZUL</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>20</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 41 UNIDADES DE CARTEIRAS ESCOLARES</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>580,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 20 CADEIRAS UNIVERSITÁRIAS NA COR AZUL</t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>24</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>860,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
           <t>BALANÇA FIZOLA CAP. 150 KGS</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
           <t>207</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
           <t>CORTADOR DE ASFALTO/CIMENTO TYROLIT C/ MOTOR HONDA GASOLINA</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
           <t>AFIADORA DE FERRAMENTA</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
           <t>209</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
           <t>MÁQUINA DE FILTRAR ÓLEO; MARCA HIV VAC; C/ MOTOR ELÉTRICO MOD 250 SÉRIE 1717; ACOMPANHA CARRINHO HIDRÁULICO</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
           <t>210</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
           <t>CARRETINHA TANQUE REBOCÁVEL; DUPLO EIXO; EQUIPADA C/ MOTO-BOMBA VW (MOTOR DE FUSCA) E ESPARGIDOR TRASEIRO; CAP. APROX. 4.800L </t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
-          <t>9.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
           <t>CARRETINHA SOMENTE PARA USO INTERNO REFORÇADA INDUSTRIAL</t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
           <t>212</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
           <t>PALETEIRA ELÉTRICA AMEISE 1250KG - FUNCIONANDO, NÃO ACOMPANHA CARREGADOR</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
           <t>213</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
           <t>PLATAFORMA DE ELEVAÇÃO CARGA C/ REDUTOR E MOTOR ELÉTRICO</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>650,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
           <t>214</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
           <t>PLATAFORMA DE ELEVAÇÃO CARGA C/ REDUTOR E MOTOR ELÉTRICO</t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
           <t>215</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 10 UNIDADES DE ESTUFA E FORNOS</t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
           <t>216</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
           <t>LOTE DE EQUIPAMENTOS DE COZINHA INDUSTRIAL - APROX. 15 PEÇAS GRANDES E 10 PEQUENAS</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
           <t>217</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
           <t>RESERVATÓRIO/MISTURADOR EM AÇO INÓX</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
           <t>218</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
           <t>RESERVATÓRIO/MISTURADOR EM AÇO INÓX</t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>2.850,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
           <t>219</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
           <t>UNIDADE HIDRÁULICA PORTÁTIL C/ MOTOR À GASOLINA</t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
           <t>220</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
           <t>UNIDADE HIDRÁULICA PORTÁTIL C/ MOTOR À GASOLINA</t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
           <t>UNIDADE HIDRÁULICA MARCA RACINE</t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 8 COMPRESSORES DE AR DIVERSOS TAMANHOS</t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>6.100,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>