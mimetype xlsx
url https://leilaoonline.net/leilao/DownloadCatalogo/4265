--- v0 (2025-11-15)
+++ v1 (2025-12-17)
@@ -281,1363 +281,1363 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1000</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> PULVERIZADOR JOHN DEERE MOD. JD4630 ANO 2015</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>295.000,00</t>
+          <t>229.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>1001</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> PULVERIZADOR JOHN DEERE MOD. JD4630 ANO 2015</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>295.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>1002</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> PULVERIZADOR MASSEY FERGUSON MOD. 9335 ANO 2021</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>495.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>1003</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> PULVERIZADOR MASSEY FERGUSON MOD. 9335 ANO 2020</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>445.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>1005</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> TRATOR AGRICOLA NEW HOLLAND MOD. TM 180 ANO 2007 - 4X4</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>120.000,00</t>
+          <t>79.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>1006</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> TRATOR AGRICOLA NEW HOLLAND MOD. TM 165 ANO 2002 - 4X4</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>90.000,00</t>
+          <t>79.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>1007</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> TRATOR AGRICOLA JOHN DEERE MOD. 7225J ANO 2013 - 4X4</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>250.000,00</t>
+          <t>229.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>1009</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t> PLANTADEIRA MASSEY FERGUSON MOD. MF515 ANO 2018</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>135.000,00</t>
+          <t>69.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>1010</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t> PLANTADEIRA MASSEY FERGUSON MOD. MF515 ANO 2016 - 8 linhas</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>115.000,00</t>
+          <t>69.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>1017</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> PÁ CARREGADEIRA FIATALLIS MOD. FW140 ANO 2005 - AR CONDICIONADO -FUNCIONANDO</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>138.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>1018</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t> PÁ CARREGADEIRA LONKING ANO 2001 </t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>1019</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> ESCAVADEIRA CATERPILLAR MOD. 336D ANO 2010 - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>280.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>1020</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t> MOTONIVELADORA CATERPILLAR MOD. 120G ANO1997 - ARTICULADA / EQUIPANDO COM PÁ E GARFO - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>220.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>1021</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t> PÁ CARREGADEIRA KOMATSU MOD. WA180 ANO 2004 - 10.00HRS. - OPERACIONAL</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>170.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>1022</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t> ROLO COMPACTADOR TEMA-TERRA MOD. SP8000 ANO 1984 - 4 PNEUS TRASEIROS/3 PNEUS DIANTEIROS / OPERACIONAL</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>69.000,00</t>
+          <t>49.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>1023</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> TRATOR DE ESTEIRA CATERPILLAR MOD. D6C ANO 1971</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>1024</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t> TRATOR DE PNEUS NEW HOLLAND MOD. T8 295 ANO 2017 - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>350.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>1026</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t> TRATOR DE PNEUS VALTRA MOD. BM 205I ANO 2011 /AR CONDICIONADO - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>160.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>1028</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t> CARRETA JAN MAGNO PLUS 10 TON. ANO 2002</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>1029</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t> CARRETA JAN MAGNO PLUS 10 TON. ANO 2005</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>1030</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t> CARRETA JAN MAGNO PLUS 10 TON. ANO 2012 - FLUXO DE ÓLEO</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>49.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>1031</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t> CARRETA JAN MAGNO PLUS 10 TON. ANO 2011 - FLUXO DE ÓLEO</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>49.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>1032</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> TRATOR NEW HOLLAND MOD. TM 165 ANO 2007</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>1033</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> TRATOR NEW HOLLAND MOD. TM 180 ANO 2005</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>1034</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t> TRATOR NEW HOLLAND MOD. TM 180 ANO 2008</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>1035</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t> TRATOR NEW HOLLAND MOD. TL75 ANO 2005</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t> PERFURATRIZ</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>2002</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
           <t> IMPLEMENTO TANQUE CAPACIDADE 2000 LITROS</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.850,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>2003</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
           <t> PEÇAS DIVERSAS CATEPILLAR</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>2005</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
           <t> 04 UN. TANQUES DIESEL MASSEY FERGUSON 7180</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>2006</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t> KIT PULVERIZADOR CENTRAL COM BARRAS</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
           <t> 02 UN. - MESA DO GIRO JOHN DEREE</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
           <t> TANQUE ESPARGEDOR COM MOTOR A GASOLINA</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>18.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
           <t> COMBOIO BOZZA 5.000 LITROS ANO 2010 /EQUIPAMENTO LUBRIFICANTE</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>3001</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t> IVECOFIAT/DAILY C.C1 ANO 2002/2002 - DIESEL - COR AMARELA</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>3002</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t> MB/L 1618 ANO 1993/1993 DIESEL COR VERMELHA - CARROCERIA ABERTA</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>3003</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t> CARROCERIA GRANELEIRA 10 MTS DE COMPRIMENTO X 2 MTS DE ALTURA DE GUARDA / ASSOALHO CHAPA - ANO 2024</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>3005</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
           <t> TANQUE PIPA BOZZA 18.000 LITROS</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>3006</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
           <t> BAÚ 5 METROS ANO 2007</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>3007</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
           <t> CARROCERIA PARA CANA ANO 2007 - PLATAFORMA</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>3008</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
           <t> GARRA SUCATEIRA</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>3009</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
           <t> ESCAVADEIRA KOMATSU MOD. PC200 ANO 2009</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>