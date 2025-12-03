--- v0 (2025-11-12)
+++ v1 (2025-12-03)
@@ -142,100 +142,100 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F135"/>
+  <dimension ref="A1:F140"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Leilão</t>
         </is>
       </c>
       <c r="B6" s="4" t="inlineStr">
         <is>
-          <t>MOTORES, EQUIPAMENTOS, PRATELEIRAS, CONTAINERS  E MAIS</t>
+          <t>MOTORES, EQUIPAMENTOS, PRATELEIRAS  E MAIS</t>
         </is>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>21/11/2025 11:00</t>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
@@ -281,4032 +281,4192 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ][ LANCES POR KG ] APROX. 90 TON. DE ESPUMA COM TECIDO (SENDO ENTREGA DE 15 TON/ POR MÊS).ENFARDADO EM FARDO 250KG APROX.</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>0,50</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>CALDERIA AALBORG  ANO 2007 - 2000KG/H</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>APROX. 60 PÇS.  - PERNEIRAS E MANGOTES EM RASPA DE COURO</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>380,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> Cortina de ar. Comprimento 1 metro , 4 peças modelo 3010</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> 3 un. Queimadores</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> Pistão hidráulico. Diâmetro do eixo 50mm x diâmetro da camisa 110 mm x comprimento 1420 mm</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> Inversor Danfos. 60 HP. 480 V</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>01 UN. BALANCEADOR DINÂMICO/MEDIDOR DE VIBRAÇÃO</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>MAQUINA DE COSTURA - SINGER</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>380,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> Parafusos Aprox 500 kg. Diâmetro 10 mm x 25 mm de comprimento</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t>Bomba de Silicone Monocomponente Graco</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t>TRIPÉ ROBUSTO/ESTAVEL</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t> Entestadeira TEKNA TK626 ( precisa manutenção ( no estado)</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t>[ LANCES POR QUILO ] Aprox. 4.000 kg de vários perfis em aço carbono (tubos, perfis, etc)</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>2,00</t>
+          <t>1,80</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t>[ LANCES POR QUILO ] Aprox. 10.000 kg de vários perfis em aço carbono (tubos, perfis,  etc)</t>
+          <t>[ LANCES POR QUILO ] Aprox. 8.000 kg de vários perfis em aço carbono (tubos, perfis,  etc)</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>2,00</t>
+          <t>1,80</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t>MAQUINA DE COSTURA - SINGER</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>280,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t>Máquina de cravar cantos TEKNA TK 262 S</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t>ESMERIL</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>380,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t>FLIP CHART CAVALETE EM MADEIRA</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t>01 UN. DETECTOR DE GÁS MOD. MAX XT II</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t> Vários pistões e unidades pneumáticas. Conforme lote exposto</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t>Máquina usinagem de dobradiça TEKNA TK480 1,5 hp</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> Motor Weg 15 CV 3525 rpm. Sem uso.</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> Exaustor diâmetro de saída com 16 cm acoplado com motor de 7.5 CV. 3530 rpm ( marca VOGES).</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t> Calandra para perfis de chapa</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t>Alta Coop Gamma -  função de cravar canto</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>27</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
-          <t>1 Bebedouro marca Brastemp</t>
+          <t>PALETEIRA ELÉTRICA CAPACIDADE 1.800KG/ SEM CARREGADOR/COM BATERIA - NO ESTADO</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>100,00</t>
+          <t>6.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>28</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
-          <t> 02 un. ( aprox.80 kgs) radiadores de uso em motores de geradores</t>
+          <t>PALETEIRA ELÉTRICA CAPACIDADE 3.000KG/ SEM CARREGADOR/COM BATERIA - NO ESTADO</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>12.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>29</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
-          <t>3 un. carrinhos tipo cesto  - azuis com 80 cm de altura x 0,50 cm largura x 0,95 cm de comprimento</t>
+          <t>LAVADORA DE PISO INDUSTRIAL PLATINUM MODELO LST51-B - NO ESTADO</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>2.700,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>30</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
-          <t>01 Carrinho para transportar cilindro único</t>
+          <t>1 Bebedouro marca Brastemp</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>150,00</t>
+          <t>100,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>31</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
-          <t>5 un. carrinhos   galvanizados com 3 plataformas na dimensão de 1,10 cm altura x 1,00 cm de comp x 0,60 cm largura.</t>
+          <t> 02 un. ( aprox.80 kgs) radiadores de uso em motores de geradores</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>32</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t> Caldeirão a gás 200 L</t>
+          <t>3 un. carrinhos tipo cesto  - azuis com 80 cm de altura x 0,50 cm largura x 0,95 cm de comprimento</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>1.900,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>33</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
-          <t> Caldeirão a gás 200 L</t>
+          <t>01 Carrinho para transportar cilindro único</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>1.900,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>38</t>
+          <t>34</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
-          <t> Esteira estrutura em alumínio largura 0,80 m x 3.5 m comprimento com motor para acionamento.</t>
+          <t>5 un. carrinhos   galvanizados com 3 plataformas na dimensão de 1,10 cm altura x 1,00 cm de comp x 0,60 cm largura.</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>39</t>
+          <t>35</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
-          <t>01 Carrinho feito em aço carbono para trabalhar com cilindros</t>
+          <t> Caldeirão a gás 200 L</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>1.900,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>41</t>
+          <t>36</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t>01 Carrinho para transportar cilindro ( feito em aço inox)</t>
+          <t> Caldeirão a gás 200 L</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>1.900,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>37</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t>01 Carrinho  para transportar somente 1 cilindro</t>
+          <t>LAVADORA E SECADORA DE PISO MARCA TENNANT - NO ESTADO</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>4.050,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>43</t>
+          <t>38</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
-          <t>01 Carrinho para transportar cilindro ( feito em aço inox)</t>
+          <t> Esteira estrutura em alumínio largura 0,80 m x 3.5 m comprimento com motor para acionamento.</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>220,00</t>
+          <t>900,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>44</t>
+          <t>39</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
-          <t> 1 Bebedouro marca IBBL</t>
+          <t>01 Carrinho feito em aço carbono para trabalhar com cilindros</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>100,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>52</t>
+          <t>41</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t> Fritadeira elétrica</t>
+          <t>01 Carrinho para transportar cilindro ( feito em aço inox)</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>300,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>56</t>
+          <t>42</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
-          <t> Fogão industrial 4 bocas</t>
+          <t>01 Carrinho  para transportar somente 1 cilindro</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>62</t>
+          <t>43</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
-          <t> Mesa para lavagem de pecas em aço inoxidável dimensões 1,00 x 1,00 m</t>
+          <t>01 Carrinho para transportar cilindro ( feito em aço inox)</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>220,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>65</t>
+          <t>44</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
-          <t> 04 un. frezers – 2 horizontais e 2 verticais</t>
+          <t> 1 Bebedouro marca IBBL</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>750,00</t>
+          <t>100,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>72</t>
+          <t>52</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
-          <t>8 pçs. Pallet de contenção para 4 tambores</t>
+          <t> Fritadeira elétrica</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>88</t>
+          <t>56</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
-          <t> Abraçadeira em aço Inox e 8 válvulas em aço inox</t>
+          <t> Fogão industrial 4 bocas</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
-          <t>650,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>93</t>
+          <t>62</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
-          <t> 02 un. Armário medidas 1.45 largura x 2 m de altura x 52 cm profundidade. sendo com 24 gavetas dimensões largura 45 cm x 50 cm profundidade e 20 cm profundidade</t>
+          <t> Mesa para lavagem de pecas em aço inoxidável dimensões 1,00 x 1,00 m</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
-          <t>1.200,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>99</t>
+          <t>65</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
-          <t>01 un. Escadas em alumínio altura 3.2 m </t>
+          <t> 04 un. frezers – 2 horizontais e 2 verticais</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
-          <t>1.900,00</t>
+          <t>750,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>72</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
-          <t> Portão em ferro altura 2.7 mt x 2.9 largura com uma porta social peso estimado 200 kgs</t>
+          <t>8 pçs. Pallet de contenção para 4 tambores</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
-          <t>700,00</t>
+          <t>900,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>115</t>
+          <t>88</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
-          <t> 1 Prateleira em aco carbono, ( reforcada) dimensoes altura 1.60 mts x 3.2 mts x 50 cmts</t>
+          <t> Abraçadeira em aço Inox e 8 válvulas em aço inox</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
-          <t>800,00</t>
+          <t>650,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>117</t>
+          <t>93</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
-          <t> Amplificador Servo drive marca Fanuc</t>
+          <t> 02 un. Armário medidas 1.45 largura x 2 m de altura x 52 cm profundidade. sendo com 24 gavetas dimensões largura 45 cm x 50 cm profundidade e 20 cm profundidade</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>1.200,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>99</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
-          <t> 02 unidades Maquinas seladoras para embalagens plásticas</t>
+          <t>01 un. Escadas em alumínio altura 3.2 m </t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
-          <t>290,00</t>
+          <t>1.900,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>128</t>
+          <t>113</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
-          <t> Braco articulado com pe direito de poste de 3 mts diametro 30cmts</t>
+          <t> Portão em ferro altura 2.7 mt x 2.9 largura com uma porta social peso estimado 200 kgs</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
-          <t>1.300,00</t>
+          <t>700,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>129</t>
+          <t>115</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
-          <t> 2 Portões largura 3 mts x altura 1.8 mts...armação em tubo quadrado e tela galvanizada</t>
+          <t> 1 Prateleira em aco carbono, ( reforcada) dimensoes altura 1.60 mts x 3.2 mts x 50 cmts</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>117</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
-          <t> Carrinho para oxigênio ou afins</t>
+          <t> Amplificador Servo drive marca Fanuc</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
-          <t>100,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>120</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
-          <t>10 unidades Corrimão de inox tubular comprimento aprox. 3 mts</t>
+          <t> 02 unidades Maquinas seladoras para embalagens plásticas</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
-          <t>1.900,00</t>
+          <t>290,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>128</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
-          <t> Portao de ferro dimensao: comprimento 2.1x altura 2.1 mts com dois rodízios peso</t>
+          <t> Braco articulado com pe direito de poste de 3 mts diametro 30cmts</t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
-          <t>250,00</t>
+          <t>1.300,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>136</t>
+          <t>129</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
-          <t>01 unidade hidráulica Reservatorio 40 x 35 x 50 cmts aproximado</t>
+          <t> 2 Portões largura 3 mts x altura 1.8 mts...armação em tubo quadrado e tela galvanizada</t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>137</t>
+          <t>131</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
-          <t>INVERSOR DE FREQUENCIA WEG  CFW 700  22v</t>
+          <t> Carrinho para oxigênio ou afins</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>100,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>138</t>
+          <t>132</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
-          <t>EMBUTIDORA METALOGRAFICA</t>
+          <t>08 unidades Corrimão de inox tubular comprimento aprox. 3 mts</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>1.900,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>139</t>
+          <t>134</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
-          <t>EMGATE</t>
+          <t> Portao de ferro dimensao: comprimento 2.1x altura 2.1 mts com dois rodízios peso</t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
-          <t>100,00</t>
+          <t>250,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>136</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
-          <t>06 PAINÉIS DIVERSOS E INVERSOR DE FREQUENCIA WEG  CFW 700  22v</t>
+          <t>01 unidade hidráulica Reservatorio 40 x 35 x 50 cmts aproximado</t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
-          <t>2.300,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>137</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
-          <t>ESCADA DE FERRO DE ALUMÍNIO ALTURA 1,2 MTS X  ,070 LARGURA</t>
+          <t>INVERSOR DE FREQUENCIA WEG  CFW 700  22v</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>146</t>
+          <t>138</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
-          <t> GUINCHO HIDRÁULICO</t>
+          <t>EMBUTIDORA METALOGRAFICA</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
-          <t>1.200,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
-          <t>147</t>
+          <t>139</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
-          <t> CARRINHO PORTA FERRAMENTAS COM RODIZIOS </t>
+          <t>EMGATE</t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
-          <t>300,00</t>
+          <t>100,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
-          <t>148</t>
+          <t>140</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
-          <t> 02 UN. MANCAIS</t>
+          <t>06 PAINÉIS DIVERSOS E INVERSOR DE FREQUENCIA WEG  CFW 700  22v</t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>2.300,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
-          <t>149</t>
+          <t>142</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
-          <t> MESA EM AÇO CARBONO DIMENSÕES 1.7MTS X 0,70MTS COM GAVETA</t>
+          <t>ESCADA DE FERRO DE ALUMÍNIO ALTURA 1,2 MTS X  ,070 LARGURA</t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
-          <t>300,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>146</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
-          <t> 02 UN GRIFOS NUMERO 18 E 24 - GEDORE</t>
+          <t> GUINCHO HIDRÁULICO</t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Lote retirado</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>1.200,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
-          <t>153</t>
+          <t>147</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
-          <t>CARRINHO SUPORTE PARA COLETA DE LIXO</t>
+          <t> CARRINHO PORTA FERRAMENTAS COM RODIZIOS </t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
-          <t>150,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
-          <t>155</t>
+          <t>148</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
-          <t>10 PRATELEIRAS  - 2,60 ALT   - 7 BANDEJAS 33X80</t>
+          <t> 02 UN. MANCAIS</t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
-          <t>1.900,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
-          <t>156</t>
+          <t>149</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
-          <t> 05 PRATELEIRAS   - 2,35 ALT   - 5 BANDEJAS 45X92</t>
+          <t> MESA EM AÇO CARBONO DIMENSÕES 1.7MTS X 0,70MTS COM GAVETA</t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
-          <t>159</t>
+          <t>150</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
-          <t> ESCADA DE FERRO COM PLATAFORMA - ALTURA 1,1 MTS X 80 CMTS DE LARGURA - 6 DEGRAIS</t>
+          <t> 02 UN GRIFOS NUMERO 18 E 24 - GEDORE</t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
-          <t>650,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
-          <t>161</t>
+          <t>153</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
-          <t> 2 MESAS EM FERRO/INOX DIMENSÃOES 90CM X 1,5 MTS.</t>
+          <t>CARRINHO SUPORTE PARA COLETA DE LIXO</t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
-          <t>162</t>
+          <t>155</t>
         </is>
       </c>
       <c r="B83" s="4" t="inlineStr">
         <is>
-          <t> APROX. 20 UN. MANÔMETROS EM AÇO INOX</t>
+          <t>10 PRATELEIRAS  - 2,60 ALT   - 7 BANDEJAS 33X80</t>
         </is>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
-          <t>300,00</t>
+          <t>1.900,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
-          <t>165</t>
+          <t>156</t>
         </is>
       </c>
       <c r="B84" s="4" t="inlineStr">
         <is>
-          <t> 03 mesas em madeira maciça com revestimento de chapa de aço ( dimensões Aprox 1 MT x 2.5 Mts)</t>
+          <t> 05 PRATELEIRAS   - 2,35 ALT   - 5 BANDEJAS 45X92</t>
         </is>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
-          <t>1.200,00</t>
+          <t>900,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
-          <t>167</t>
+          <t>159</t>
         </is>
       </c>
       <c r="B85" s="4" t="inlineStr">
         <is>
-          <t> Mesa com esmeril com motor Weg sendo a mesa com 60 x 70 cmts</t>
+          <t> ESCADA DE FERRO COM PLATAFORMA - ALTURA 1,1 MTS X 80 CMTS DE LARGURA - 6 DEGRAIS</t>
         </is>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>650,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
-          <t>170</t>
+          <t>161</t>
         </is>
       </c>
       <c r="B86" s="4" t="inlineStr">
         <is>
-          <t> 03 UN TAMBORES PARA RODA M/BEZ - 10 FUROS</t>
+          <t> 2 MESAS EM FERRO/INOX DIMENSÃOES 90CM X 1,5 MTS.</t>
         </is>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
-          <t>600,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>162</t>
         </is>
       </c>
       <c r="B87" s="4" t="inlineStr">
         <is>
-          <t> 02 TESOURAS  PARA CORTAR CHAPA</t>
+          <t> APROX. 20 UN. MANÔMETROS EM AÇO INOX</t>
         </is>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
-          <t>450,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
-          <t>30.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
-          <t>173</t>
+          <t>165</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
-          <t> 10 UN. PALLETES PLÁSTICOS - 1,2 X 1,00 MTS  (aprox. 250kg)</t>
+          <t> 03 mesas em madeira maciça com revestimento de chapa de aço ( dimensões Aprox 1 MT x 2.5 Mts)</t>
         </is>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
-          <t>600,00</t>
+          <t>1.200,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
-          <t>177</t>
+          <t>167</t>
         </is>
       </c>
       <c r="B89" s="4" t="inlineStr">
         <is>
-          <t> 5 paletes de contenção dimensões dimensões internas 1.25 x 1.25 mts</t>
+          <t> Mesa com esmeril com motor Weg sendo a mesa com 60 x 70 cmts</t>
         </is>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>170</t>
         </is>
       </c>
       <c r="B90" s="4" t="inlineStr">
         <is>
-          <t>01 UN. Exaustor de névoa marca Dellbro modelo 595</t>
+          <t> 03 UN TAMBORES PARA RODA M/BEZ - 10 FUROS</t>
         </is>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>171</t>
         </is>
       </c>
       <c r="B91" s="4" t="inlineStr">
         <is>
-          <t>01 UN. Exaustor de névoa marca Dellbro modelo 595</t>
+          <t> 02 TESOURAS  PARA CORTAR CHAPA</t>
         </is>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>450,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
-          <t>182</t>
+          <t>173</t>
         </is>
       </c>
       <c r="B92" s="4" t="inlineStr">
         <is>
-          <t>01 UN. Exaustor de névoa marca Dellbro modelo 595</t>
+          <t> 10 UN. PALLETES PLÁSTICOS - 1,2 X 1,00 MTS  (aprox. 250kg)</t>
         </is>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
-          <t>183</t>
+          <t>177</t>
         </is>
       </c>
       <c r="B93" s="4" t="inlineStr">
         <is>
-          <t> Cavalete com roldana superior </t>
+          <t> 5 paletes de contenção dimensões dimensões internas 1.25 x 1.25 mts</t>
         </is>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>900,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
-          <t>184</t>
+          <t>180</t>
         </is>
       </c>
       <c r="B94" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 300 kg Material para desmonte ( garimpo)</t>
+          <t>01 UN. Exaustor de névoa marca Dellbro modelo 595</t>
         </is>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
-          <t>187</t>
+          <t>181</t>
         </is>
       </c>
       <c r="B95" s="4" t="inlineStr">
         <is>
-          <t> Exaustor diâmetro interno 70 cmts c motor de 1.5 CV</t>
+          <t>01 UN. Exaustor de névoa marca Dellbro modelo 595</t>
         </is>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
-          <t>30.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="5" t="inlineStr">
         <is>
-          <t>189</t>
+          <t>182</t>
         </is>
       </c>
       <c r="B96" s="4" t="inlineStr">
         <is>
-          <t> 2 bancadas de ferro , sendo 1 com dimensões: 0,90 cmts x 1,20 mts e outra 1.2 MT x 0,60 cmts sendo esta com chapa de 7 mmm toda reforçada </t>
+          <t>01 UN. Exaustor de névoa marca Dellbro modelo 595</t>
         </is>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="5" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>183</t>
         </is>
       </c>
       <c r="B97" s="4" t="inlineStr">
         <is>
-          <t> 2 armários com 36 gavetas cada um ( altura 1.9 x largura de 0,90 x 0,45 mts )</t>
+          <t> Cavalete com roldana superior </t>
         </is>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
-          <t>850,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="5" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>184</t>
         </is>
       </c>
       <c r="B98" s="4" t="inlineStr">
         <is>
-          <t> 9 prateleiras sendo : 1 ( 0,90 x 0,30 x 2,0 mts altura) 1 ( 0,90 x 0,60 x 1,60 mts altura ) , 2 com 0,90x 0,60 x 1.6 mts de altura- , 1 com 0,90 x 0,60 x 2,0 mts de altura , 2 com 0,60 x 0,90 x 1,30 mts de altura , 2 com 0,50 x 1 ,0 x 2,0 mts de altura . 3 arquivos de aço com 3 gaveta , 30 cadeiras</t>
+          <t> Aprox. 300 kg Material para desmonte ( garimpo)</t>
         </is>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>900,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="5" t="inlineStr">
         <is>
-          <t>196</t>
+          <t>187</t>
         </is>
       </c>
       <c r="B99" s="4" t="inlineStr">
         <is>
-          <t> Prensinha hidráulica manual , sendo que acompanha uma mesa de aço</t>
+          <t> Exaustor diâmetro interno 70 cmts c motor de 1.5 CV</t>
         </is>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
-          <t>700,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="5" t="inlineStr">
         <is>
-          <t>197</t>
+          <t>189</t>
         </is>
       </c>
       <c r="B100" s="4" t="inlineStr">
         <is>
-          <t> 05 ar condicionado de parede , funcionando</t>
+          <t> 2 bancadas de ferro , sendo 1 com dimensões: 0,90 cmts x 1,20 mts e outra 1.2 MT x 0,60 cmts sendo esta com chapa de 7 mmm toda reforçada </t>
         </is>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="5" t="inlineStr">
         <is>
-          <t>198</t>
+          <t>191</t>
         </is>
       </c>
       <c r="B101" s="4" t="inlineStr">
         <is>
-          <t> Prensinha hidráulica manual curso 200mm , acompanha uma mesa</t>
+          <t> 2 armários com 36 gavetas cada um ( altura 1.9 x largura de 0,90 x 0,45 mts )</t>
         </is>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
-          <t>700,00</t>
+          <t>850,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="5" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>192</t>
         </is>
       </c>
       <c r="B102" s="4" t="inlineStr">
         <is>
-          <t> Exaustor marca Higrotec, vazão 600 m3/ hr com motor Weg de 2 cv</t>
+          <t> 9 prateleiras sendo : 1 ( 0,90 x 0,30 x 2,0 mts altura) 1 ( 0,90 x 0,60 x 1,60 mts altura ) , 2 com 0,90x 0,60 x 1.6 mts de altura- , 1 com 0,90 x 0,60 x 2,0 mts de altura , 2 com 0,60 x 0,90 x 1,30 mts de altura , 2 com 0,50 x 1 ,0 x 2,0 mts de altura . 3 arquivos de aço com 3 gaveta , 30 cadeiras</t>
         </is>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="5" t="inlineStr">
         <is>
-          <t>203</t>
+          <t>196</t>
         </is>
       </c>
       <c r="B103" s="4" t="inlineStr">
         <is>
-          <t> Estabilizador de voltagem 30 kw</t>
+          <t> Prensinha hidráulica manual , sendo que acompanha uma mesa de aço</t>
         </is>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
-          <t>1.200,00</t>
+          <t>700,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="5" t="inlineStr">
         <is>
-          <t>204</t>
+          <t>197</t>
         </is>
       </c>
       <c r="B104" s="4" t="inlineStr">
         <is>
-          <t> Freezer horizontal metalfrio largura 0,60 x 1.6 mts. </t>
+          <t> 05 ar condicionado de parede , funcionando</t>
         </is>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
-          <t>950,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="5" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>198</t>
         </is>
       </c>
       <c r="B105" s="4" t="inlineStr">
         <is>
-          <t> Paquímetro mitutoyo 600 mm usado </t>
+          <t> Prensinha hidráulica manual curso 200mm , acompanha uma mesa</t>
         </is>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>700,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="5" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>200</t>
         </is>
       </c>
       <c r="B106" s="4" t="inlineStr">
         <is>
-          <t> Traçador de altura mitutoyo. 600mmm</t>
+          <t> Exaustor marca Higrotec, vazão 600 m3/ hr com motor Weg de 2 cv</t>
         </is>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="5" t="inlineStr">
         <is>
-          <t>207</t>
+          <t>203</t>
         </is>
       </c>
       <c r="B107" s="4" t="inlineStr">
         <is>
-          <t> Inversor Power 2HP 380/ 480 V</t>
+          <t> Estabilizador de voltagem 30 kw</t>
         </is>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
-          <t>1.900,00</t>
+          <t>1.200,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="5" t="inlineStr">
         <is>
-          <t>208</t>
+          <t>204</t>
         </is>
       </c>
       <c r="B108" s="4" t="inlineStr">
         <is>
-          <t> 2 Inversores Marca "SEW" 8.8 Kva. 230 v</t>
+          <t> Freezer horizontal metalfrio largura 0,60 x 1.6 mts. </t>
         </is>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
-          <t>3.500,00</t>
+          <t>950,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="5" t="inlineStr">
         <is>
-          <t>210</t>
+          <t>205</t>
         </is>
       </c>
       <c r="B109" s="4" t="inlineStr">
         <is>
-          <t> Inversor de frequência " Danfos " 5HP 480 V</t>
+          <t> Paquímetro mitutoyo 600 mm usado </t>
         </is>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="5" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>206</t>
         </is>
       </c>
       <c r="B110" s="4" t="inlineStr">
         <is>
-          <t> Inversor de frequência marca "SEW" 10 HP 380/ 480 v</t>
+          <t> Traçador de altura mitutoyo. 600mmm</t>
         </is>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="5" t="inlineStr">
         <is>
-          <t>212</t>
+          <t>207</t>
         </is>
       </c>
       <c r="B111" s="4" t="inlineStr">
         <is>
-          <t> Drive marca " ABB ".</t>
+          <t> Inversor Power 2HP 380/ 480 V</t>
         </is>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
-          <t>850,00</t>
+          <t>1.900,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="5" t="inlineStr">
         <is>
-          <t>215</t>
+          <t>208</t>
         </is>
       </c>
       <c r="B112" s="4" t="inlineStr">
         <is>
-          <t> Estufa marca " metra " ate 200 graus dimensões ( 50 x 50 x 50 cmts )</t>
+          <t> 2 Inversores Marca "SEW" 8.8 Kva. 230 v</t>
         </is>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
-          <t>290,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="5" t="inlineStr">
         <is>
-          <t>218</t>
+          <t>210</t>
         </is>
       </c>
       <c r="B113" s="4" t="inlineStr">
         <is>
-          <t> Tripé em.aluminio reforçado altura 2.5 mts</t>
+          <t> Inversor de frequência " Danfos " 5HP 480 V</t>
         </is>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
-          <t>350,00</t>
+          <t>900,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="5" t="inlineStr">
         <is>
-          <t>219</t>
+          <t>211</t>
         </is>
       </c>
       <c r="B114" s="4" t="inlineStr">
         <is>
-          <t>15 unidades -  Notebooks marca Dell , necessário reparos teclado e monitor</t>
+          <t> Inversor de frequência marca "SEW" 10 HP 380/ 480 v</t>
         </is>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
-          <t>4.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="5" t="inlineStr">
         <is>
-          <t>223</t>
+          <t>212</t>
         </is>
       </c>
       <c r="B115" s="4" t="inlineStr">
         <is>
-          <t> 1 inversor de frequência , porém faltando componentes. 15 Hp 400 V</t>
+          <t> Drive marca " ABB ".</t>
         </is>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>850,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="5" t="inlineStr">
         <is>
-          <t>224</t>
+          <t>215</t>
         </is>
       </c>
       <c r="B116" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 30 conduletes em alumínio para uso subterrâneo , 03 chaves de conexao, 60 tomadas de conexão e diversos</t>
+          <t> Estufa marca " metra " ate 200 graus dimensões ( 50 x 50 x 50 cmts )</t>
         </is>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>290,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="5" t="inlineStr">
         <is>
-          <t>225</t>
+          <t>218</t>
         </is>
       </c>
       <c r="B117" s="4" t="inlineStr">
         <is>
-          <t> Bomba de palhetas " nova"</t>
+          <t> Tripé em.aluminio reforçado altura 2.5 mts</t>
         </is>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>350,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="5" t="inlineStr">
         <is>
-          <t>331</t>
+          <t>219</t>
         </is>
       </c>
       <c r="B118" s="4" t="inlineStr">
         <is>
-          <t> Guarda corpo em tudo de PVC , porem concretado interno e com ferragens ( 14 pcs ) x 1,00 mt</t>
+          <t>15 unidades -  Notebooks marca Dell , necessário reparos teclado e monitor</t>
         </is>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
-          <t>350,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
-          <t>30.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="5" t="inlineStr">
         <is>
-          <t>335</t>
+          <t>223</t>
         </is>
       </c>
       <c r="B119" s="4" t="inlineStr">
         <is>
-          <t> Suporte para tambores ( 2 peças) </t>
+          <t> 1 inversor de frequência , porém faltando componentes. 15 Hp 400 V</t>
         </is>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
-          <t>380,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="5" t="inlineStr">
         <is>
-          <t>341</t>
+          <t>224</t>
         </is>
       </c>
       <c r="B120" s="4" t="inlineStr">
         <is>
-          <t> 22 peças - Lixeira de 30 LTS ( divisão- papéis , plásticos e lixo comum) </t>
+          <t> Aprox. 30 conduletes em alumínio para uso subterrâneo , 03 chaves de conexao, 60 tomadas de conexão e diversos</t>
         </is>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="5" t="inlineStr">
         <is>
-          <t>342</t>
+          <t>225</t>
         </is>
       </c>
       <c r="B121" s="4" t="inlineStr">
         <is>
-          <t> Bomba de graxa modelo g12 - 16 PCs e pistola LAGH 400 ( 3 peças )</t>
+          <t> Bomba de palhetas " nova"</t>
         </is>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
-          <t>300,00</t>
+          <t>900,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="5" t="inlineStr">
         <is>
-          <t>343</t>
+          <t>331</t>
         </is>
       </c>
       <c r="B122" s="4" t="inlineStr">
         <is>
-          <t> Liquidificador industrial marca skymsen modelo L 10</t>
+          <t> Guarda corpo em tudo de PVC , porem concretado interno e com ferragens ( 14 pcs ) x 1,00 mt</t>
         </is>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
-          <t>480,00</t>
+          <t>350,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="5" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>335</t>
         </is>
       </c>
       <c r="B123" s="4" t="inlineStr">
         <is>
-          <t>01 Esmeril , marca Makita modelo GB 602</t>
+          <t> Suporte para tambores ( 2 peças) </t>
         </is>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
-          <t>150,00</t>
+          <t>380,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="5" t="inlineStr">
         <is>
-          <t>352</t>
+          <t>341</t>
         </is>
       </c>
       <c r="B124" s="4" t="inlineStr">
         <is>
-          <t>02 painéis elétrico , quadro Com.chaves  e contatores conf.foto  ( quadro de 50 x 60 cmts )</t>
+          <t> 22 peças - Lixeira de 30 LTS ( divisão- papéis , plásticos e lixo comum) </t>
         </is>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="5" t="inlineStr">
         <is>
-          <t>353</t>
+          <t>342</t>
         </is>
       </c>
       <c r="B125" s="4" t="inlineStr">
         <is>
-          <t> 1 pia de aço com cuba de aço inox dimensões 2.8 mts x 70 cmts de largura e outra mesa de 2.3 mts x 60 cmts</t>
+          <t> Bomba de graxa modelo g12 - 16 PCs e pistola LAGH 400 ( 3 peças )</t>
         </is>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
-          <t>800,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="5" t="inlineStr">
         <is>
-          <t>354</t>
+          <t>343</t>
         </is>
       </c>
       <c r="B126" s="4" t="inlineStr">
         <is>
-          <t> 14 prateleiras desmontadas com Altura de 2.4 mts com 4 bandejas de 40/35 cmts x 90 cmts</t>
+          <t> Liquidificador industrial marca skymsen modelo L 10</t>
         </is>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>480,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="5" t="inlineStr">
         <is>
-          <t>355</t>
+          <t>348</t>
         </is>
       </c>
       <c r="B127" s="4" t="inlineStr">
         <is>
-          <t> Bancada com estrutura de alumínio com a bancada em ferro com as dimensões 90 x 60 cmts</t>
+          <t> APROX. 100 PÇS - PONTALETES - MEDIDAS APROXIMADAS 5 cmts X 5 cmts x 3 mts.</t>
         </is>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>900,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="5" t="inlineStr">
         <is>
-          <t>357</t>
+          <t>350</t>
         </is>
       </c>
       <c r="B128" s="4" t="inlineStr">
         <is>
-          <t> Transformador a seco 44volts para 127 voltz</t>
+          <t>01 Esmeril , marca Makita modelo GB 602</t>
         </is>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
-          <t>100,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="5" t="inlineStr">
         <is>
-          <t>358</t>
+          <t>352</t>
         </is>
       </c>
       <c r="B129" s="4" t="inlineStr">
         <is>
-          <t> Motor / bomba nova ( sem uso)</t>
+          <t>02 painéis elétrico , quadro Com.chaves  e contatores conf.foto  ( quadro de 50 x 60 cmts )</t>
         </is>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
-          <t>120,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="5" t="inlineStr">
         <is>
-          <t>359</t>
+          <t>353</t>
         </is>
       </c>
       <c r="B130" s="4" t="inlineStr">
         <is>
-          <t> audiômetro inter acústico</t>
+          <t> 1 pia de aço com cuba de aço inox dimensões 2.8 mts x 70 cmts de largura e outra mesa de 2.3 mts x 60 cmts</t>
         </is>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
-          <t>30.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="5" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>354</t>
         </is>
       </c>
       <c r="B131" s="4" t="inlineStr">
         <is>
-          <t> Detetor de tensão</t>
+          <t> 14 prateleiras desmontadas com Altura de 2.4 mts com 4 bandejas de 40/35 cmts x 90 cmts</t>
         </is>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
-          <t>100,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="5" t="inlineStr">
         <is>
-          <t>361</t>
+          <t>355</t>
         </is>
       </c>
       <c r="B132" s="4" t="inlineStr">
         <is>
-          <t>Aprox. 20 pçs articulador fêmea.  Diâmetro do eixo 3 cmts </t>
+          <t> Bancada com estrutura de alumínio com a bancada em ferro com as dimensões 90 x 60 cmts</t>
         </is>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
-          <t>30.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="5" t="inlineStr">
         <is>
-          <t>362</t>
+          <t>357</t>
         </is>
       </c>
       <c r="B133" s="4" t="inlineStr">
         <is>
-          <t>03 radiadores  para motores diesel e empilhadeira</t>
+          <t> Transformador a seco 44volts para 127 voltz</t>
         </is>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
-          <t>850,00</t>
+          <t>100,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
-          <t>30.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="5" t="inlineStr">
         <is>
-          <t>363</t>
+          <t>358</t>
         </is>
       </c>
       <c r="B134" s="4" t="inlineStr">
         <is>
-          <t>Aprox. 22 kg de Arame de solda  aço inox 316  ,  diâmetro 3.25,  2.5 e 2mm</t>
+          <t> Motor / bomba nova ( sem uso)</t>
         </is>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>120,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
-          <t>30.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="5" t="inlineStr">
         <is>
+          <t>359</t>
+        </is>
+      </c>
+      <c r="B135" s="4" t="inlineStr">
+        <is>
+          <t> audiômetro inter acústico</t>
+        </is>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="inlineStr">
+        <is>
+          <t>360</t>
+        </is>
+      </c>
+      <c r="B136" s="4" t="inlineStr">
+        <is>
+          <t> Detetor de tensão</t>
+        </is>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="inlineStr">
+        <is>
+          <t>361</t>
+        </is>
+      </c>
+      <c r="B137" s="4" t="inlineStr">
+        <is>
+          <t>Aprox. 20 pçs articulador fêmea.  Diâmetro do eixo 3 cmts </t>
+        </is>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="inlineStr">
+        <is>
+          <t>362</t>
+        </is>
+      </c>
+      <c r="B138" s="4" t="inlineStr">
+        <is>
+          <t>03 radiadores  para motores diesel e empilhadeira</t>
+        </is>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="inlineStr">
+        <is>
+          <t>363</t>
+        </is>
+      </c>
+      <c r="B139" s="4" t="inlineStr">
+        <is>
+          <t>Aprox. 22 kg de Arame de solda  aço inox 316  ,  diâmetro 3.25,  2.5 e 2mm</t>
+        </is>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="inlineStr">
+        <is>
           <t>364</t>
         </is>
       </c>
-      <c r="B135" s="4" t="inlineStr">
+      <c r="B140" s="4" t="inlineStr">
         <is>
           <t>Aquecedor de marmita</t>
         </is>
       </c>
-      <c r="C135" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E135" s="5" t="inlineStr">
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F135" s="4" t="inlineStr">
+      <c r="F140" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>