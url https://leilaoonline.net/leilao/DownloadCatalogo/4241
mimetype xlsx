--- v0 (2025-11-08)
+++ v1 (2025-12-03)
@@ -142,100 +142,100 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F83"/>
+  <dimension ref="A1:F223"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Leilão</t>
         </is>
       </c>
       <c r="B6" s="4" t="inlineStr">
         <is>
-          <t>LEILÃO 28.11.2025</t>
+          <t>40 CAMINHÕES • 11 TRATORES • 22 REBOQUES/SEMI • MOTO BOMBAS • 17 COLH. JD E CASE A8810</t>
         </is>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>28/11/2025 11:30</t>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
@@ -281,2370 +281,6850 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1284</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO M.BENZ/L 2219; ANO 1983/1983; BRANCA. - FR52462. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>26</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>18.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>1289</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO M.BENZ/L 2219; ANO 1983/1983; BRANCA. - FR58621. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>26</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>1294</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> VW/GOL I; ANO 1996/1996; PRATA. - FR10018. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>1345</t>
+          <t>1344</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
-          <t> TRATOR CASE; ANO 2017. - FR20286. - LOC.PARAISO</t>
+          <t>COLHEDORA JOHN DEERE 3520 - ANO 2015. - FR11802178. - (PÁTIO DESINVESTIMENTO). -  LOC. PARAISO</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>22</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>41.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>1361</t>
+          <t>1354</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
-          <t> TRATOR CASE 260; ANO 2017. - FR100026. - LOC.DIAMANTE</t>
+          <t>TRATOR CASE 260; ANO 2017. - FR20348/20373. - LOC. SANTA CANDIDA </t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>70.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>1705</t>
+          <t>1361</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
-          <t> PLANTADORA PTX4000; ANO 2014 . - FR122359. - LOC.BONFIM </t>
+          <t> TRATOR CASE 260; ANO 2017. - FR100026. - LOC. DIAMANTE</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>8</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>76.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>10378</t>
+          <t>1427</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO M.BENZ/L 2219; ANO 1983/1983; BRANCA. - FR22123. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+          <t>TRATOR J.DEERE 7225 J 4X4; ANO 2013. - FR10075. -  DESINVESTIMENTO- LOC. SERRA </t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>13</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>42.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>10383</t>
+          <t>1705</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO SCANIA/T142 E 6X4; ANO 1986/1986; LARANJA. - FR53070. - (C/ CARROCERIA). - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+          <t> PLANTADORA PTX4000; ANO 2014 . - FR122359. - LOC.BONFIM </t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>10387</t>
+          <t>1722</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO M.BENZ/L 1313; ANO 1980/1981; BRANCA. - FR52507. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+          <t>TRATOR CASE 260; ANO 2017. - FR20364. - LOC. SANTA CANDIDA</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>17</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>98.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>35233</t>
+          <t>2063</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
-          <t> CARRETA DIST. TORTA SPANDER. - FR51307. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+          <t>04 BOMBAS E FILTRO DE POSTOS DE COMBUSTIVEL SUCATEADAS. - PT.145329/ 145316 / 145327 / 145318 / 222216 / 30488. - DESINVESTIMENTO- LOC. GASA </t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>35316</t>
+          <t>2476</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO SANTA IZABEL, MOD.TRSI 15000 - ANO 2013 - FR11003711. - LOC. VALE DO ROSÁRIO </t>
+          <t>CAMINHÃO M.BENZ/AXOR 3344S 6X4; ANO 2014/2014; BRANCA. - FR10643. - LOC. ARARAQUARA </t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>74</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>127.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>35437</t>
+          <t>2477</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA  JOHN DEERE3522; ANO 2013. - FR10758. - (PÁTIO DESINVESTIMENTO). - LOC. GASA </t>
+          <t>LOTE  DE 10 Televisores com defeito, 1 impressora EPSON M244A e 3 FRIGOBARES - S/FR - CFC - LOC. COSTA PINTO </t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>1.400,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>35450</t>
+          <t>2480</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE; ANO 2014. - FR173215. - (PATIO DESINVESTIMENTO) - LOC. BENALCOOL</t>
+          <t>CARROCERIA TANQUE HERBICIDA; ANO 1984. - FR361097. - DESINVESTIMENTO - LOC. ARARAQUARA </t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>41</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>17.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>35583</t>
+          <t>10378</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA  JOHN DEERE 3522; ANO 2015. - FR188010. -(PÁTIO DESINVESTIMENTO). -  LOC. GASA </t>
+          <t> CAMINHÃO M.BENZ/L 2219; ANO 1983/1983; BRANCA. - FR22123. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>27</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>18.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>35594</t>
+          <t>11187</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA JOHN DEERE 3522; ANO 2015. - FR188007. -(PATIO CCT). - LOC. GASA </t>
+          <t>GABINETE DE ALARME DE INCÊNDIO USADO EDWARDS SYSTEM TECHNOLOGY Est2. - S/FR. - CAR- LOC. PIRACICABA</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>35602</t>
+          <t>11594</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t> MUNCK. - S/FR. - LOC.BONFIM </t>
+          <t>LOTE COM O3 COMPRESSORES DE AR E 01 RESERVATÓRIO DE AR COMPRIMIDO. - PT.261381. - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>15</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>6.250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>35610</t>
+          <t>11598</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE 3522 2L - ANO 2015 - FR117570. - LOC. BONFIM </t>
+          <t>03 SUCATAS DE MÁQUINAS DE SOLDA. - S/ID. - LOC. ARARAQUARA </t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>35666</t>
+          <t>11600</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t> AGROMATÃO; ANO 2021. - FR74903. - LOC. BARRA </t>
+          <t>TANQUE CILINDRO CALDEMA. - PT.81629. - APROX. 2 TONELADAS - (VENDA POR KG) - INDUSTRIA - PRÓXIMO A CENTRAL DE RESÍDUOS - LOC. DESTIVALE</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>1,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>35719</t>
+          <t>11832</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t> PONTE ROLANTE. - (ESCADA, TANQUE, SUPORTE E TUBOS NÃO FAZEM PARTE DO LOTE). - S/FR. - LOC.PARAISO </t>
+          <t>CAMINHÃO MERCEDES BENZ L2638 - ANO 2002/2002 - BRANCA - FR120849 - (DESINVESTIMENTO) - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>41</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>80.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>35720</t>
+          <t>12061</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
-          <t> MOTO BOMBA. - FR11005019. - LOC.PARAISO</t>
+          <t>TRANSBORDO TMA - ANO 2019 - FR11003815 - LOC. CAARAPÓ</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>35721</t>
+          <t>33375</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
-          <t> TRATOR CASE 225; ANO 2014. - FR15516. - LOC.PARAISO </t>
+          <t>SUCATA DE CAMINHÃO VW/22-160 6X4; ANO 1986/1986. - FR139181; (VENDA SEM DOCUMENTO) - DESINVESTIMENTO - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>27</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>19.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>35722</t>
+          <t>33601</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
-          <t> SUCATA DE MÓVEIS/UTENSÍLIOS - APROX. 17 MESAS, 30 CADEIRAS E 5 ARMÁRIOS. - S/FR. - LOC.DIAMANTE</t>
+          <t>REBOQUE RANDON RQ CA - ANO 2008/2008 - AZUL - FR81979 - (DESINVESTIMENTO) - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>35723</t>
+          <t>34047</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
-          <t> CARRETA SERVIÇOS, TANQUE FIBRA. - FR65615. - LOC.DIAMANTE</t>
+          <t>PENEIRA VIBRATÓRIA. - PT.170311. - LOC. CAARAPÓ</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>13</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>10.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>35725</t>
+          <t>34070</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
-          <t> SEMI REBOQUE RANDONSP SRCA CA; ANO 2012/2013; CINZA. - FR82721. - LOC.CONTINENTAL </t>
+          <t>CARRETA ESP. CALC. SOLLUS - ANO 2014 - FR4445234 - LOC. CAARAPÓ </t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>17</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>13.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>35726</t>
+          <t>34120</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t> SEMI REBOQUE RANDONSP SRCA CA; ANO 2012/2012; AZUL. - FR10924. - LOC.CONTINENTAL</t>
+          <t>LOTE CONTENDO: 3 BOMBAS DE ÁGUA, 1 REDUTOR, 01 CALANDRA E 1 FURADEIRA. - PT. 78248, 253432, 78405, 78010, 78246. - (PÁTIO INDUSTRIA) - LOC. IPAUSSU   </t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>34</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>15.250,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>35727</t>
+          <t>34121</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t> SEMI REBOQUE RANDONSP SRCA CA; ANO 2013/2014; CINZA. - S/FR. - LOC.CONTINENTAL </t>
+          <t>IMPLEMENTO AGROMATÃO. - FR48411. - LOC. IPAUSSU </t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>35728</t>
+          <t>34122</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
-          <t> SEMI REBOQUE RANDONSP SRCA CA; ANO 2012/2013; CINZA. - FR82721. - LOC.CONTINENTAL </t>
+          <t>CAMINHÃO MERCEDES BENZ L 608 D - ANO 1985/1985 - BRANCO - FR58005 - (DESINVESTIMENTO) - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>10</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>19.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>35729</t>
+          <t>34123</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
-          <t> SEMI REBOQUE RANDONSP SRCA CA; ANO2012/2012; AZUL. - FR70394. - LOC.CONTINENTAL</t>
+          <t>CAMINHÃO VOLKSWAGEN 31.330 CRC 6X4 - ANO 2014/2015 - BRANCO - FR10664/361502 - (DESINVESTIMENTO) - LOC. SERRA</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>140</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>193.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>35730</t>
+          <t>34124</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
-          <t> SEMI REBOQUE RANDONSP SRCA CA; ANO 2013/2014; CINZA. - S/FR. - LOC.CONTINENTAL </t>
+          <t>CAMINHÃO SCANIA/R113 E 6X4 360; ANO 1995/1995; BRANCA; (VENDA S/ MOTOR). - FR119796. - VENDA PARA COMPRADORES DO ESTADO DE SÃO PAULO - LOC. BONFIM </t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>30</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>25.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>35731</t>
+          <t>34125</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO VW/26.220 EURO3 WORKER; ANO 2011/2012; BRANCA;( TANQUE DE AÇO). - FR139282/140246. - LOC.BONFIM </t>
+          <t>LOTE CONTENDO 13 PAINÉIS ELÉTRICOS - LOC. BONFIM </t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>11</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>35732</t>
+          <t>34126</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA JOHN DEERE. - FR50144. - LOC.BONFIM </t>
+          <t>REBOQUE TIN CAR REBTC CRG - ANO 2014/2014 - PRETA - FR4441992 - LOC. CAARAPÓ </t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>35733</t>
+          <t>35038</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA JOHN DEERE. - FR117578. - LOC.BONFIM </t>
+          <t>S.REBOQUE RANDON SRCA CA; ANO 2008/2008; AZUL. - FR88638. - DESINVESTIMENTO - LOC.CAARAPÓ</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>12</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>34.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>35734</t>
+          <t>35089</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
-          <t> IMPLEMENTO PRENSA. - S/FR. - LOC.BONFIM </t>
+          <t>COLHEDORA JOHN DEERE CH670 2L - ANO 2016 - FR32240 - LOC. BARRA  </t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>34</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>63.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>35735</t>
+          <t>35123</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO SCANIA/T112 ES 6X4; ANO 1989/1989; BRANCA; (VENDA S/ MOTOR). - FR120511. - LOC.BONFIM </t>
+          <t>S. REBOQUE SOUFER CFE 2E; ANO 2012/2012; CINZA; (MEDIA MONTA). - FR121499. - DESINVESTIMENTO- LOC. ARARAQUARA </t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>8</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>8.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>35736</t>
+          <t>35166</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO SCANIA/R113 E; ANO 1994/1994; BRANCA; (VENDA S/ MOTOR). - FR12075. - LOC.BONFIM </t>
+          <t>SEMI REBOQUE RANDONSP SRCA CA; ANO 2012/2013; CINZA. - FR121556. - PATIO CARRETA- LOC. SANTA ELISA </t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>48</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>69.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>35737</t>
+          <t>35233</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t> ÔNIBUS M.BENZ/OF 1313; ANO 1985/1985; BRANCA. - FR119685. - LOC.BONFIM  </t>
+          <t> CARRETA DIST. TORTA SPANDER; ANO 2011. - FR57307. - (PÁTIO INDUSTRIA) - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>12.000,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>35738</t>
+          <t>35264</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE SERGOMEL RSCPI 4E; ANO 2014/2014; CINZA. - FR4858.- LOC.BONFIM</t>
+          <t>DISTRIBUIDOR TORTA FILTRO ATA1102; ANO 2018.- FR57371. - LOC. MUNDIAL </t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
-          <t>10000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>35739</t>
+          <t>35316</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO VW/26.220 EURO3 WORKER; ANO 2010/2010; BRANCA: (COMBOIO). - FR119900. - LOC.BONFIM </t>
+          <t>TRANSBORDO SANTA IZABEL, MOD.TRSI 15000 - ANO 2013 - FR11003711. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>35740</t>
+          <t>35365</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
-          <t> CARRETA SERVIÇOS BAÚ. - S/FR. - LOC.BONFIM </t>
+          <t>SUCATA OSMOSE. - N/E - DESINVESTIMENTO - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>35741</t>
+          <t>35437</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE C/HIDRO ROLL. - FR121053/117115. - LOC.BONFIM </t>
+          <t> COLHEDORA  JOHN DEERE3522; ANO 2013. - FR10758. - (PÁTIO DESINVESTIMENTO). - LOC. GASA </t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>20.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>35742</t>
+          <t>35450</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO SCANIA/R113 E 6X4 360; ANO 1995/1995; BRANCA; (VENDA S/MOTOR). - FR11979. - LOC.BONFIM </t>
+          <t>COLHEDORA JOHN DEERE; ANO 2014. - FR173215. - (PATIO DESINVESTIMENTO) - LOC. BENALCOOL</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>36</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>55.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>35743</t>
+          <t>35451</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
-          <t> CONTANNIER N.489390. - E2G - LOC.BONFIM </t>
+          <t>REBOQUE FACCHINI RF CA; ANO 2007/2007; VERDE. - FR173842. - DESINVESTIMENTO - LOC.BENALCOOL</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>12.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>35744</t>
+          <t>35470</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
-          <t> CONTANNIER N.052041. - E2G - LOC.BONFIM </t>
+          <t>GRADE ARRASTO MWH 60 ANC; ANO 1999. - FR57004. - AGRÍCOLA - LOC.RAFARD</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>12</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>35745</t>
+          <t>35471</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
-          <t> CONTANNIER N.045437. - E2G - LOC.BONFIM </t>
+          <t>ELETROIMA OXIMAG. - SFR. - AGRÍCOLA - LOC. RAFARD</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>35746</t>
+          <t>35487</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
-          <t> 2 CAIXAS DE INOX. S/FR. - EG2 - LOC.BONFIM </t>
+          <t>GRADE PESADA; ANO 2006. - FR25017. - AUTOMOTIVO - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>48</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>22.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>35747</t>
+          <t>35545</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
-          <t> CONEXÕES DIVERSAS. - S/FR. - EG2- LOC.BONFIM </t>
+          <t>ENXADA ROTATIVA CH3000; ANO 2014. - FR88463. - DESINVESTIMENTO - LOC.GASA</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>35748</t>
+          <t>35563</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
-          <t> APROX.18 VÁVULAS. - S/FR. - EG2- LOC.BONFIM </t>
+          <t>PENEIRA ROTATIVA INOX - APROX. 5 TON. - (VENDA POR KG). - PRÓXIMO AO CARREGAMENTO DE TORTA DE FILTRO - LOC. GASA</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>16.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>35749</t>
+          <t>35583</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
-          <t> CONTANNIER N.052014. - EG2- LOC.BONFIM </t>
+          <t> COLHEDORA  JOHN DEERE 3522; ANO 2015. - FR188010. -(PÁTIO DESINVESTIMENTO). -  LOC. GASA </t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>15</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>34.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>35750</t>
+          <t>35584</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
-          <t> CONTANNIER N.0815775. - EG2 - LOC.BONFIM </t>
+          <t>TRANSBORDO ATA 12 TON.; ANO 2015. - FR188701. - DESINVESTIMENTO - LOC. GASA  - </t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>35751</t>
+          <t>35590</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
-          <t> 5 CAIXAS P/ RESERVATÓRIOS DE ÁGUA. - S/FR. - EGS- LOC.BONFIM</t>
+          <t>CAMINHÃO VW/VIR 31370 CNM 6X4; ANO 2013/2014; BRANCA. - FR88656. - (VENDA SEM DIREITO A DOCUMENTAÇÃO). - DESINVESTIMENTO - LOC. GASA </t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>10</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>29.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>35752</t>
+          <t>35602</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
-          <t> TRATOR VALTRA BH 210. - FR100718. - (LOC. OFICINA MARCOM) - LOC. BARRA </t>
+          <t> MUNCK. - S/FR. - LOC.BONFIM </t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>6</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>35753</t>
+          <t>35610</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
-          <t> 3 TANQUES RESERVATÓRIO DE ÓLEO. - S/FR. - LOC. BARRA </t>
+          <t>COLHEDORA JOHN DEERE 3522 2L - ANO 2015 - FR117570. - LOC. BONFIM </t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>22.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>35754</t>
+          <t>35666</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
-          <t> IMPLEMENTO AGROMATÃO. - FR74901. - LOC. BARRA </t>
+          <t> AGROMATÃO; ANO 2021. - FR74903. - LOC. BARRA </t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>14</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>9.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>35755</t>
+          <t>35719</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
-          <t> 6 PNEUS C/RODAS. - S/FR. - LOC. BARRA </t>
+          <t> PONTE ROLANTE. - (ESCADA, TANQUE, SUPORTE E TUBOS NÃO FAZEM PARTE DO LOTE). - S/FR. - LOC.PARAISO </t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>53</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>70.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>35756</t>
+          <t>35720</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
-          <t> 02 VENTILADORES SEC. AÇUCAR. - S/FR. - LOC. BARRA</t>
+          <t> MOTO BOMBA. - FR11005019. - LOC.PARAISO</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>25</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>17.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>35757</t>
+          <t>35721</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
-          <t> ÔNIBUS M.BENZ/OF 1620; ANO 1996/1996; VERDE. - FR97498. - LOC. BARRA </t>
+          <t> TRATOR CASE 225; ANO 2014. - FR15516. - LOC.PARAISO </t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>72</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
-          <t>12.000,00</t>
+          <t>116.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>35758</t>
+          <t>35722</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
-          <t> HIDRO ROLL. - FR102432. - LOC. BARRA </t>
+          <t> SUCATA DE MÓVEIS/UTENSÍLIOS - APROX. 17 MESAS, 30 CADEIRAS E 5 ARMÁRIOS. - S/FR. - LOC.DIAMANTE</t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>9</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>1.100,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>35759</t>
+          <t>35723</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
-          <t> TANQUE DE FIBRA. - S/FR. - LOC.BARRA </t>
+          <t>CARRETA SERVIÇOS E  03 TANQUES PLÁSTICOS. - FR65615. - LOC.DIAMANTE</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>23</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>7.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>35760</t>
+          <t>35731</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
-          <t> ÁREA DE VIVÊNCIA. - FR14004612. - LOC.BARRA </t>
+          <t> CAMINHÃO VW/26.220 EURO3 WORKER; ANO 2011/2012; BRANCA;( TANQUE DE AÇO). - FR139285/140246. - LOC.BONFIM </t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>103</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>167.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>35799</t>
+          <t>35732</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
-          <t> MOTOR TRATOR JD. - S/FR. - LOC.DIAMANTE </t>
+          <t> COLHEDORA JOHN DEERE 3522 2L - ANO 2010 - FR50144. - LOC.BONFIM </t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>20.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>35835</t>
+          <t>35733</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO M.BENZ/L 2220; ANO 1988/1988; BRANCA. - FR52491. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+          <t> COLHEDORA JOHN DEERE CH670 2L - ANO 2016 - FR117578. - LOC.BONFIM </t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>21.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>35836</t>
+          <t>35734</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO M.BENZ/L 2219; ANO 1983/1983; BRANCA. - FR52468. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+          <t> IMPLEMENTO PRENSA. N/E - LOC.BONFIM </t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>7</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>35837</t>
+          <t>35735</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO VOLVO/N10 XHT; ANO 1985/1985; BRANCA. - FR60039. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+          <t> CAMINHÃO SCANIA/T112 ES 6X4; ANO 1989/1989; BRANCA; (VENDA S/ MOTOR). - FR120511. - LOC.BONFIM </t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>20</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>15.500,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
-          <t>35838</t>
+          <t>35736</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
-          <t> SUCATA DE CAMINHÃO MERCEDES BENZ 1513; VENDA SEM DOCUM. - FR52309. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+          <t> CAMINHÃO SCANIA/R113 E; ANO 1994/1994; BRANCA; (VENDA S/ MOTOR). - FR120725. - LOC.BONFIM </t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>32</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>23.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
-          <t>35839</t>
+          <t>35737</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO M.BENZ/L 2219; ANO 1983/1983; BRANCA. - FR52469. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+          <t> ÔNIBUS M.BENZ/OF 1313; ANO 1985/1985; BRANCA. - FR119685. - LOC.BONFIM  </t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>26</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>24.500,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
-          <t>35840</t>
+          <t>35738</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO M.BENZ/L 2213; ANO 1984/1984; BRANCA. - FR22058. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+          <t> REBOQUE SERGOMEL RSCPI 4E; ANO 2014/2014; CINZA; ( SINISTRO MÉDIA MONTA). - FR4858.- LOC.BONFIM</t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>16.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
-          <t>35841</t>
+          <t>35739</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO M.BENZ/L 2213; ANO 1984/1984; BRANCA. - FR64050. -(CARROCERIA COMBOIO). - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+          <t> CAMINHÃO VW/26.220 EURO3 WORKER; ANO 2010/2010; BRANCA: (COMBOIO). - FR119900. - LOC.BONFIM </t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>52</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>82.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
-          <t>35842</t>
+          <t>35740</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO M.BENZ/L 2219; ANO 1983/1983; BRANCA; ( C/ CARROCERIA TRANSP.GADO).- FR52456. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+          <t> CARRETA SERVIÇOS BAÚ. - S/FR. - LOC.BONFIM </t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>2.750,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
-          <t>35843</t>
+          <t>35741</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO M.BENZ/L 608 D; ANO 1983/1983; BRANCA. - FR58004. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+          <t> REBOQUE C/ HIDRO ROLL. - FR121053/117115. - (VENDA SEM DOCUMENTO) - LOC.BONFIM </t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>12</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>14.500,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
-          <t>35844</t>
+          <t>35742</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO SCANIA/R113 E 6X4 360; ANO 1993/1993; BRANCA. - FR52846. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+          <t> CAMINHÃO SCANIA/R113 E 6X4 360; ANO 1995/1995; BRANCA; (VENDA S/MOTOR). - FR119795. - LOC.BONFIM </t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>22</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>18.500,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
-          <t>35845</t>
+          <t>35743</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO VOLVO/N10 INTERCOOLER II; ANO 1988/1988; BRANCA. - FR58626. -( VENDA SEM MOTOR). - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+          <t> CONTANNIER N.489390. - E2G - LOC.BONFIM </t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>11</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>8.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
-          <t>35846</t>
+          <t>35744</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO SCANIA/R113 E 6X4 360; ANO 1993/1993; BRANCA. - FR52840. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+          <t> CONTANNIER N.052041. - E2G - LOC.BONFIM </t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>23</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>9.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
+          <t>35745</t>
+        </is>
+      </c>
+      <c r="B83" s="4" t="inlineStr">
+        <is>
+          <t> CONTANNIER N.045437. - E2G - LOC.BONFIM </t>
+        </is>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="inlineStr">
+        <is>
+          <t>35746</t>
+        </is>
+      </c>
+      <c r="B84" s="4" t="inlineStr">
+        <is>
+          <t>2 CAIXAS DE INOX - EG2 - LOC.BONFIM </t>
+        </is>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="inlineStr">
+        <is>
+          <t>35747</t>
+        </is>
+      </c>
+      <c r="B85" s="4" t="inlineStr">
+        <is>
+          <t> APROX.18 VÁLVULAS E  CONEXÕES DIVERSAS - EG2- LOC.BONFIM </t>
+        </is>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="inlineStr">
+        <is>
+          <t>35749</t>
+        </is>
+      </c>
+      <c r="B86" s="4" t="inlineStr">
+        <is>
+          <t> CONTANNIER N.052014. - EG2- LOC.BONFIM </t>
+        </is>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="inlineStr">
+        <is>
+          <t>35750</t>
+        </is>
+      </c>
+      <c r="B87" s="4" t="inlineStr">
+        <is>
+          <t> CONTANNIER N.0815775. - EG2 - LOC.BONFIM </t>
+        </is>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="inlineStr">
+        <is>
+          <t>35751</t>
+        </is>
+      </c>
+      <c r="B88" s="4" t="inlineStr">
+        <is>
+          <t> 5 CAIXAS P/ RESERVATÓRIOS DE ÁGUA - EGS- LOC.BONFIM</t>
+        </is>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="inlineStr">
+        <is>
+          <t>35752</t>
+        </is>
+      </c>
+      <c r="B89" s="4" t="inlineStr">
+        <is>
+          <t> TRATOR VALTRA BH 210. - ANO 2014 - FR100718. - (LOC. OFICINA MARCOM) - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>118</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>153.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="inlineStr">
+        <is>
+          <t>35753</t>
+        </is>
+      </c>
+      <c r="B90" s="4" t="inlineStr">
+        <is>
+          <t> 3 TANQUES RESERVATÓRIO DE ÓLEO - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="inlineStr">
+        <is>
+          <t>35754</t>
+        </is>
+      </c>
+      <c r="B91" s="4" t="inlineStr">
+        <is>
+          <t> IMPLEMENTO AGROMATÃO. - FR74901. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="inlineStr">
+        <is>
+          <t>35755</t>
+        </is>
+      </c>
+      <c r="B92" s="4" t="inlineStr">
+        <is>
+          <t> 6 PNEUS C/RODAS - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="inlineStr">
+        <is>
+          <t>35756</t>
+        </is>
+      </c>
+      <c r="B93" s="4" t="inlineStr">
+        <is>
+          <t> 02 VENTILADORES SEC. AÇUCAR. - S/FR. - LOC. BARRA</t>
+        </is>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="inlineStr">
+        <is>
+          <t>35757</t>
+        </is>
+      </c>
+      <c r="B94" s="4" t="inlineStr">
+        <is>
+          <t> ÔNIBUS M.BENZ/OF 1620; ANO 1996/1996; VERDE. - FR97489 - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="inlineStr">
+        <is>
+          <t>35758</t>
+        </is>
+      </c>
+      <c r="B95" s="4" t="inlineStr">
+        <is>
+          <t> HIDRO ROLL. - FR102432. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="inlineStr">
+        <is>
+          <t>35759</t>
+        </is>
+      </c>
+      <c r="B96" s="4" t="inlineStr">
+        <is>
+          <t> TANQUE DE FIBRA. - S/FR. - LOC.BARRA </t>
+        </is>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="inlineStr">
+        <is>
+          <t>35760</t>
+        </is>
+      </c>
+      <c r="B97" s="4" t="inlineStr">
+        <is>
+          <t> ÁREA DE VIVÊNCIA. - FR14004612. - LOC.BARRA </t>
+        </is>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="inlineStr">
+        <is>
+          <t>35799</t>
+        </is>
+      </c>
+      <c r="B98" s="4" t="inlineStr">
+        <is>
+          <t> MOTOR TRATOR JD. - S/FR. - LOC.DIAMANTE </t>
+        </is>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="inlineStr">
+        <is>
+          <t>35835</t>
+        </is>
+      </c>
+      <c r="B99" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO M.BENZ/L 2220; ANO 1988/1988; BRANCA. - FR52491. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+        </is>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="inlineStr">
+        <is>
+          <t>35836</t>
+        </is>
+      </c>
+      <c r="B100" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO M.BENZ/L 2219; ANO 1983/1983; BRANCA. - FR52468. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+        </is>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="inlineStr">
+        <is>
+          <t>35837</t>
+        </is>
+      </c>
+      <c r="B101" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO VOLVO/N10 XHT; ANO 1985/1985; BRANCA. - FR64039. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+        </is>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="inlineStr">
+        <is>
+          <t>35838</t>
+        </is>
+      </c>
+      <c r="B102" s="4" t="inlineStr">
+        <is>
+          <t>SUCATA DE CAMINHÃO M.BENZ/L 1513; ANO 1977/1977; BRANCA. - (VENDA SEM DOCUMENTO). - FR52309. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+        </is>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="inlineStr">
+        <is>
+          <t>35839</t>
+        </is>
+      </c>
+      <c r="B103" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO M.BENZ/L 2219; ANO 1983/1983; BRANCA. - FR52469. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+        </is>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="inlineStr">
+        <is>
+          <t>35840</t>
+        </is>
+      </c>
+      <c r="B104" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO M.BENZ/L 2213; ANO 1984/1984; BRANCA. - FR22058. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+        </is>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="inlineStr">
+        <is>
+          <t>35841</t>
+        </is>
+      </c>
+      <c r="B105" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO M.BENZ/L 2213; ANO 1984/1984; BRANCA. - FR64050. -(CARROCERIA COMBOIO). - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+        </is>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="inlineStr">
+        <is>
+          <t>35842</t>
+        </is>
+      </c>
+      <c r="B106" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO M.BENZ/L 2219; ANO 1983/1983; BRANCA; ( C/ CARROCERIA TRANSP.GADO).- FR52456. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+        </is>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="inlineStr">
+        <is>
+          <t>35843</t>
+        </is>
+      </c>
+      <c r="B107" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO M.BENZ/L 608 D; ANO 1983/1983; BRANCA. - FR58004. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+        </is>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="inlineStr">
+        <is>
+          <t>35844</t>
+        </is>
+      </c>
+      <c r="B108" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO SCANIA/R113 E 6X4 360; ANO 1993/1993; BRANCA. - FR52846. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+        </is>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="inlineStr">
+        <is>
+          <t>35845</t>
+        </is>
+      </c>
+      <c r="B109" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO VOLVO/N10 INTERCOOLER II; ANO 1988/1988; BRANCA. - FR58626. -( VENDA SEM MOTOR). - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+        </is>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="inlineStr">
+        <is>
+          <t>35846</t>
+        </is>
+      </c>
+      <c r="B110" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO SCANIA/R113 E 6X4 360; ANO 1993/1993; BRANCA. - FR52840. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
+        </is>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="inlineStr">
+        <is>
           <t>35847</t>
         </is>
       </c>
-      <c r="B83" s="4" t="inlineStr">
+      <c r="B111" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO SCANIA/R113 E 6X4 360; ANO 1993/1993; BRANCA. - FR45020. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
         </is>
       </c>
-      <c r="C83" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D83" s="4" t="inlineStr">
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="inlineStr">
+        <is>
+          <t>35848</t>
+        </is>
+      </c>
+      <c r="B112" s="4" t="inlineStr">
+        <is>
+          <t>MOTO BOMBA MWM D229/6; ANO 2014. - FR140550. - AUTOMOTIVO - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="inlineStr">
+        <is>
+          <t>35849</t>
+        </is>
+      </c>
+      <c r="B113" s="4" t="inlineStr">
+        <is>
+          <t>MOTO BOMBA OM 447 - A ; ANO 2007. - FR139407. - AUTOMOTIVO - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="inlineStr">
+        <is>
+          <t>35850</t>
+        </is>
+      </c>
+      <c r="B114" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO VW/15.180 EURO3 WORKER; ANO 2010/2010; BRANCA; (MUNCK). - FR34102/37859. - BORRACHARRIA - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>102</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>193.500,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="inlineStr">
+        <is>
+          <t>35851</t>
+        </is>
+      </c>
+      <c r="B115" s="4" t="inlineStr">
+        <is>
+          <t>DISTR. TORTA DE FILTRO 2L; ANO 2015. - FR67186. - AGRÍCOLA - LOC. RAFARD</t>
+        </is>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="inlineStr">
+        <is>
+          <t>35852</t>
+        </is>
+      </c>
+      <c r="B116" s="4" t="inlineStr">
+        <is>
+          <t>REDUTOR CESTARI. - PT.347795-069826. - DESINVESTIMENTO- LOC. RAFARD</t>
+        </is>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="inlineStr">
+        <is>
+          <t>35853</t>
+        </is>
+      </c>
+      <c r="B117" s="4" t="inlineStr">
+        <is>
+          <t>REDUTOR CESTARI MOD. V66330BL01000. - PT. 250247. - DESINVESTIMENTO - LOC. RAFARD</t>
+        </is>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="inlineStr">
+        <is>
+          <t>35854</t>
+        </is>
+      </c>
+      <c r="B118" s="4" t="inlineStr">
+        <is>
+          <t>REDUTOR SEW-EURODRIVE MC3PLSF08 30CV 1175/12. - PT. 140719. - DESINVESTIMENTO - RAFARD</t>
+        </is>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="inlineStr">
+        <is>
+          <t>35855</t>
+        </is>
+      </c>
+      <c r="B119" s="4" t="inlineStr">
+        <is>
+          <t>REDUTOR UNIAO SÃO PAULO. - PT.069831-249421. - DESINVESTIMENTO - LOC. RAFARD</t>
+        </is>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="inlineStr">
+        <is>
+          <t>35856</t>
+        </is>
+      </c>
+      <c r="B120" s="4" t="inlineStr">
+        <is>
+          <t>CENTR. FERM MAUSA SCM 60. - PT. 52771. - DESINVESTIMENTO- LOC. RAFARD</t>
+        </is>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="inlineStr">
+        <is>
+          <t>35857</t>
+        </is>
+      </c>
+      <c r="B121" s="4" t="inlineStr">
+        <is>
+          <t>CABEÇOTE DE COMPRESSOR. - S/N. - DESINVESTIMENTO- LOC. RAFARD</t>
+        </is>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="inlineStr">
+        <is>
+          <t>35860</t>
+        </is>
+      </c>
+      <c r="B122" s="4" t="inlineStr">
+        <is>
+          <t>DOLLY RODOFORT ACOPLADO; ANO 2008. - FR56923. - (SEMI FR25456 NÃO FAZ PARTE DO LOTE) ; APOIO - LOC. COSTA PINTO </t>
+        </is>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="inlineStr">
+        <is>
+          <t>35861</t>
+        </is>
+      </c>
+      <c r="B123" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE ANTONINI; ANO 1991/1991; AZUL. - FR56114. - AUTOMOTIVO - LOC. COSTA PINTO</t>
+        </is>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="inlineStr">
+        <is>
+          <t>35863</t>
+        </is>
+      </c>
+      <c r="B124" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 70 VALVULAS DIVERSAS. - S/N. - ARMAZÉN 01 - PPCM - LOC. UNIVALEM</t>
+        </is>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="inlineStr">
+        <is>
+          <t>35864</t>
+        </is>
+      </c>
+      <c r="B125" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 25 MOTORES ELETRICOS DIVERSOS, 04 EXAUSTORES SUCATEADOS. - S/N. - ARMAZÉN 01 - PPCM - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="inlineStr">
+        <is>
+          <t>35866</t>
+        </is>
+      </c>
+      <c r="B126" s="4" t="inlineStr">
+        <is>
+          <t>TRANSFORMADOR TRANSFORMAX SUCATEADO. - N/E. - ARMAZÉN 01 - PPCM - LOC. UNIVALEN </t>
+        </is>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E83" s="5" t="inlineStr">
-[...6 lines deleted...]
-          <t>1000.00</t>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="inlineStr">
+        <is>
+          <t>35867</t>
+        </is>
+      </c>
+      <c r="B127" s="4" t="inlineStr">
+        <is>
+          <t>VÁLVULA CONDICIONADORA. - N/E. - ARMAZÉN 01 - PPCM - LOC. UNIVALEN </t>
+        </is>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="inlineStr">
+        <is>
+          <t>35868</t>
+        </is>
+      </c>
+      <c r="B128" s="4" t="inlineStr">
+        <is>
+          <t>PINHÕES MOENDA SUCATEADOS. - N/E. - ARMAZÉN 01 - PPCM - LOC.UNIVALEN</t>
+        </is>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="inlineStr">
+        <is>
+          <t>35870</t>
+        </is>
+      </c>
+      <c r="B129" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 8 PAINES COM BARRAMENTOS DE COBRE SUCATEADOS. - PT.87465 / 87466 /87467 /175221 / 175223/175224. - PISO SUPERIOR CCM CALDEIRA - LOC. UNIVALEN</t>
+        </is>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="inlineStr">
+        <is>
+          <t>35871</t>
+        </is>
+      </c>
+      <c r="B130" s="4" t="inlineStr">
+        <is>
+          <t>APROX.15 PAINÉIS ELÉTRICOS SUCATEADOS,  AR CONDICIONADO SUCATEADO. - PT.175208 / 175209/ 175210 / 175212/175213/ 175214. - PISO INFERIOR CCM CALDEIRA / ARMAZÉN PROJETOS FM2C - LOC. UNIVALEN</t>
+        </is>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="inlineStr">
+        <is>
+          <t>35872</t>
+        </is>
+      </c>
+      <c r="B131" s="4" t="inlineStr">
+        <is>
+          <t>MOTOR WEG 400 CV. - PT.20844. - CALDEIRA - LOC. UNIVALEN </t>
+        </is>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="inlineStr">
+        <is>
+          <t>35873</t>
+        </is>
+      </c>
+      <c r="B132" s="4" t="inlineStr">
+        <is>
+          <t>MOTOR WEG 400 CV. - N/E. - CALDEIRA - LOC. UNIVALEM </t>
+        </is>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="inlineStr">
+        <is>
+          <t>35875</t>
+        </is>
+      </c>
+      <c r="B133" s="4" t="inlineStr">
+        <is>
+          <t>RESISTOR DE ATERRAMENTO ELETELE BRAZI. - N/E. - ARMAZÉN PROJETOS FM2C - LOC. UNIVALEN</t>
+        </is>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="inlineStr">
+        <is>
+          <t>35877</t>
+        </is>
+      </c>
+      <c r="B134" s="4" t="inlineStr">
+        <is>
+          <t>SISTEMA DE COLETA DE ÁGUA E RESFRIAMENTO PARA ÁGUA/CONDENSADO DA CALDEIRA. - PT.216799. - ARMAZÉN PROJETOS FM2C - LOC. UNIVALEN</t>
+        </is>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="inlineStr">
+        <is>
+          <t>35878</t>
+        </is>
+      </c>
+      <c r="B135" s="4" t="inlineStr">
+        <is>
+          <t>BALAÇÃO PARA PONTE DE 85 TON. - ARMAZÉN PROJETOS FM2C - LOC. UNIVALEN</t>
+        </is>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="inlineStr">
+        <is>
+          <t>35879</t>
+        </is>
+      </c>
+      <c r="B136" s="4" t="inlineStr">
+        <is>
+          <t>TURBINA ENGETURB MODELO ET 6. - ELETRICA PISO SUPERIOR  - LOC. UNIVALEN </t>
+        </is>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="inlineStr">
+        <is>
+          <t>35880</t>
+        </is>
+      </c>
+      <c r="B137" s="4" t="inlineStr">
+        <is>
+          <t>GERADOR  TOSHIBA SINCRONO. - PT.65395. - ELÉTRICA PISO SUPERIOR. - LOC. UNIVALEN</t>
+        </is>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>77.000,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="inlineStr">
+        <is>
+          <t>35881</t>
+        </is>
+      </c>
+      <c r="B138" s="4" t="inlineStr">
+        <is>
+          <t>CARROCERIA COMBOIO. - FR81484. - DESINVESTIMENTO - BENALCOOL </t>
+        </is>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="inlineStr">
+        <is>
+          <t>35882</t>
+        </is>
+      </c>
+      <c r="B139" s="4" t="inlineStr">
+        <is>
+          <t>DISTRIBUIDOR TORTA FILTRO ATA1102. - FR38074. - AGRÍCOLA - LOC. BENALCOOL  </t>
+        </is>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="inlineStr">
+        <is>
+          <t>35883</t>
+        </is>
+      </c>
+      <c r="B140" s="4" t="inlineStr">
+        <is>
+          <t>06 AQUECEDORES HORIZONTAIS SUCATEADOS. - S/ID. - TRATAMENTO DE CALDO - LOC. BENALCOOL </t>
+        </is>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="inlineStr">
+        <is>
+          <t>35884</t>
+        </is>
+      </c>
+      <c r="B141" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO VW/26280 CRM 6X4; ANO 2014/2014; BRANCA. - FR91356. - CESARIN VINHAÇA - LOC. BENALCOOL </t>
+        </is>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>121.000,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="inlineStr">
+        <is>
+          <t>35885</t>
+        </is>
+      </c>
+      <c r="B142" s="4" t="inlineStr">
+        <is>
+          <t>ENXADA ROTATIVA CH3000. - FR91149. - DESINVESTIMENTO - LOC. GASA </t>
+        </is>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="inlineStr">
+        <is>
+          <t>35888</t>
+        </is>
+      </c>
+      <c r="B143" s="4" t="inlineStr">
+        <is>
+          <t>CARROCERIA CARGA SECA . - FR58569. - DESINVESTIMENTO - LOC. GASA </t>
+        </is>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="inlineStr">
+        <is>
+          <t>35889</t>
+        </is>
+      </c>
+      <c r="B144" s="4" t="inlineStr">
+        <is>
+          <t>PLANTADORA C/ ADUB 0,90M DMB PCP6000. - FR91554. - PÁTIO CCT / DESINVESTIMENTO - LOC. GASA </t>
+        </is>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="inlineStr">
+        <is>
+          <t>35890</t>
+        </is>
+      </c>
+      <c r="B145" s="4" t="inlineStr">
+        <is>
+          <t>03 MOTORES ELETRICOS E UM REDUTOR SUCATEADO. - PT.305561 / 30553/ 00087. - DEPOSÍTO DE MATERIAIS CALDEIRARIA - LOC. MUNDIAL </t>
+        </is>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="inlineStr">
+        <is>
+          <t>35891</t>
+        </is>
+      </c>
+      <c r="B146" s="4" t="inlineStr">
+        <is>
+          <t>CENTRIFUGA STG. - PT.154662. - DEPOSÍTO DE MATERIAIS CALDEIRARIA- LOC. MUNDIAL</t>
+        </is>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="inlineStr">
+        <is>
+          <t>35892</t>
+        </is>
+      </c>
+      <c r="B147" s="4" t="inlineStr">
+        <is>
+          <t>BETONEIRA E MÁQUINA DE SOLDA SUCATEADA. - PT.147481. - DEPOSÍTO DE MATERIAIS CALDEIRARIA - LOC.MUNDIAL</t>
+        </is>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>810,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="inlineStr">
+        <is>
+          <t>35893</t>
+        </is>
+      </c>
+      <c r="B148" s="4" t="inlineStr">
+        <is>
+          <t>TURBINA E TROCADOR DE CALOR SUCATEADO. - PT.85458 / 203013/ 148031. - DEPOSÍTO DE MATERIAIS CALDEIRARIA - LOC. MUNDIAL</t>
+        </is>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="inlineStr">
+        <is>
+          <t>35895</t>
+        </is>
+      </c>
+      <c r="B149" s="4" t="inlineStr">
+        <is>
+          <t>ESTUFA MUFLA. - PT.284251. - DEPOSÍTO DE MATERIAIS CALDEIRARIA- LOC. MUNDIAL </t>
+        </is>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="inlineStr">
+        <is>
+          <t>35897</t>
+        </is>
+      </c>
+      <c r="B150" s="4" t="inlineStr">
+        <is>
+          <t>02 AQUECEDORES INOX  - APROX. 4 TON. (VENDA POR KG). - N/E. - DEPOSÍTO DE MATERIAIS CALDEIRARIA - LOC. MUNDIAL</t>
+        </is>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>12.800,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="inlineStr">
+        <is>
+          <t>35899</t>
+        </is>
+      </c>
+      <c r="B151" s="4" t="inlineStr">
+        <is>
+          <t>2 VOLANDEIRAS DENTIÇÃO RETA - APROX. 4 TON.;(VENDA POR KILO) DEPOSÍTO DE MATERIAIS CALDEIRARIA. - LOC. MUNDIAL</t>
+        </is>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>16.400,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="inlineStr">
+        <is>
+          <t>35920</t>
+        </is>
+      </c>
+      <c r="B152" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO VW/15.180 EURO3 WORKER; ANO 2008/2008; BRANCA. -(OFICINA); (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO)  - FR163118/FR165628. - DESINVESTIMENTO -  LOC. JATAI </t>
+        </is>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="inlineStr">
+        <is>
+          <t>36025</t>
+        </is>
+      </c>
+      <c r="B153" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE RANDONSP RQ CA; ANO 2009/2009; LARANJA. - FR4455153. - PÁTIO DESINVESTIMENTO - LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="inlineStr">
+        <is>
+          <t>36026</t>
+        </is>
+      </c>
+      <c r="B154" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE RANDONSP RQ CA; ANO 2010/2010; AZUL. - FR96800. - PÁTIO DESINVESTIMENTO - LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="inlineStr">
+        <is>
+          <t>36028</t>
+        </is>
+      </c>
+      <c r="B155" s="4" t="inlineStr">
+        <is>
+          <t>S.REBOQUE RANDON SRCA CA; ANO 2008/2008; AMARELA. - FR4451162. - PÁTIO DESINVESTIMENTO - LOC.CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="inlineStr">
+        <is>
+          <t>36029</t>
+        </is>
+      </c>
+      <c r="B156" s="4" t="inlineStr">
+        <is>
+          <t>S.REBOQUE RANDON SRCA CA; ANO 2008/2008; AZUL. - FR96233 - PÁTIO DE DESINVESTIMENTO - LOC. CAARAPÓ </t>
+        </is>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="inlineStr">
+        <is>
+          <t>36030</t>
+        </is>
+      </c>
+      <c r="B157" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE RANDONSP RQ CA; ANO 2010/2010; AZUL. - FR96758. - PÁTIO DESINVESTIMENTO - LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="inlineStr">
+        <is>
+          <t>36031</t>
+        </is>
+      </c>
+      <c r="B158" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE RANDONSP RQ CA; ANO 2010/2011; AMARELA. - FR4451266. - PÁTIO DESINVESTIMENTO - LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="inlineStr">
+        <is>
+          <t>36032</t>
+        </is>
+      </c>
+      <c r="B159" s="4" t="inlineStr">
+        <is>
+          <t>S.REBOQUE RANDON SRCA CA; ANO 2008/2008; AMARELA. - FR4451161. - PÁTIO DESINVESTIMENTO - LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="inlineStr">
+        <is>
+          <t>36033</t>
+        </is>
+      </c>
+      <c r="B160" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE RANDONSP RQ CA; ANO 2010/2010; AZUL. - FR46876. - PÁTIO DE DESINVESTIMENTO - LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="inlineStr">
+        <is>
+          <t>36034</t>
+        </is>
+      </c>
+      <c r="B161" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE RANDONSP RQ CA; ANO 2012/2013; CINZA. - FR82693. - PÁTIO DE DESINVESTIMENTO -LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>48.000,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="inlineStr">
+        <is>
+          <t>36035</t>
+        </is>
+      </c>
+      <c r="B162" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE RANDONSP RQ CA; ANO 2009/2009; LARANJA. - FR4455154. - PÁTIO DESINVESTIMENTO - LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="inlineStr">
+        <is>
+          <t>36036</t>
+        </is>
+      </c>
+      <c r="B163" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE RANDONSP RQ CA; ANO 2010/2010; AZUL. - FR96743. - (SINISTRADO/RECUPERADO) - PÁTIO DE DESINVESTIMENTO - LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="inlineStr">
+        <is>
+          <t>36037</t>
+        </is>
+      </c>
+      <c r="B164" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE RANDONSP RQ CA; ANO 2010/2010; AZUL. - FR96725. - (SINISTRADO/RECUPERADO) - PÁTIO DESINVESTIMENTO - LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="inlineStr">
+        <is>
+          <t>36039</t>
+        </is>
+      </c>
+      <c r="B165" s="4" t="inlineStr">
+        <is>
+          <t>S.REBOQUE RANDON SRCA CA; ANO 2008/2008; AZUL. - FR91189. - PÁTIO DE DESINVESTIMENTO - LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="inlineStr">
+        <is>
+          <t>36040</t>
+        </is>
+      </c>
+      <c r="B166" s="4" t="inlineStr">
+        <is>
+          <t>S.REBOQUE RANDON SRCA CA; ANO 2008/2008; AZUL. - FR96223. - PÁTIO DE DESINVESTIMENTO - LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="inlineStr">
+        <is>
+          <t>36100</t>
+        </is>
+      </c>
+      <c r="B167" s="4" t="inlineStr">
+        <is>
+          <t>4 CASTELOS DE MOENDA E 4 ACIP - APROX. 8 TON.(VENDA POR KG). - DEPOSÍTO DE MATERIAIS CALDEIRARIA - LOC. MUNDIAL </t>
+        </is>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="inlineStr">
+        <is>
+          <t>36101</t>
+        </is>
+      </c>
+      <c r="B168" s="4" t="inlineStr">
+        <is>
+          <t>01 VOLANDEIRA DENTIÇÃO RETA / DOIS PINHÕES DE MOENDA E UM PENTE BAGACEIRA - APROX. 4 TON. - (VENDA POR KILO) DEPOSÍTO DE MATERIAIS CALDEIRARIA - LOC. MUNDIAL </t>
+        </is>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>8.400,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="inlineStr">
+        <is>
+          <t>36102</t>
+        </is>
+      </c>
+      <c r="B169" s="4" t="inlineStr">
+        <is>
+          <t>3 VOLANDEIRAS DENTIÇÃO RETA - APROX. 6 TON.N/E. - DEPOSÍTO DE MATERIAIS CALDEIRARIA - LOC. MUNDIAL</t>
+        </is>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="inlineStr">
+        <is>
+          <t>36107</t>
+        </is>
+      </c>
+      <c r="B170" s="4" t="inlineStr">
+        <is>
+          <t>LOTE DE ITENS DIVERSOS CONTENDO: 01 TESTE DE PRESSÃO, ESTATOR,BOMBAS PENUSMATICAS, ATUADORES ENTRE OUTROS. - S/ID. - DEPOSÍTO DE MATERIAIS CALDEIRARIA - LOC.DESTIVALE</t>
+        </is>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="inlineStr">
+        <is>
+          <t>36108</t>
+        </is>
+      </c>
+      <c r="B171" s="4" t="inlineStr">
+        <is>
+          <t>LOTE DE ITENS DIVERSOS CONTENDO: BOMBA MÊCANICA, VALVULAS, ATUADORES, POSICIONADORES, COMPONENTES ELETRONICOS, CILIDROS PNEUMATICOS ENTRE OUTROS. - S/ID. - DEPOSÍTO DE MATERIAIS CALDEIRARIA - LOC.DESTIVALE</t>
+        </is>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="inlineStr">
+        <is>
+          <t>36109</t>
+        </is>
+      </c>
+      <c r="B172" s="4" t="inlineStr">
+        <is>
+          <t>ÁREA DE VIVÊNCIA. - S/FR. - (FUNDOS DA UNIDADE AO DEPÓSITO DE BIOMASSA) - LOC. GASA</t>
+        </is>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="inlineStr">
+        <is>
+          <t>36129</t>
+        </is>
+      </c>
+      <c r="B173" s="4" t="inlineStr">
+        <is>
+          <t>TALISCA DE ESTEIRA SUCATEADA. - APROX.4 TON.; (VENDA POR KG). - (FUNDOS DA UNIDADE PRÓX. AO DEPÓSITO DE BIOMASSA) - LOC. GASA </t>
+        </is>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="inlineStr">
+        <is>
+          <t>36130</t>
+        </is>
+      </c>
+      <c r="B174" s="4" t="inlineStr">
+        <is>
+          <t>COLHEDORA CASE A 8810; ANO 2019. - FR14002156. - PATIO COLHEDORAS - LOC. SANTA ELISA </t>
+        </is>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>205.000,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="inlineStr">
+        <is>
+          <t>36131</t>
+        </is>
+      </c>
+      <c r="B175" s="4" t="inlineStr">
+        <is>
+          <t>HIDROROLL; ANO 2005. - FR14003028. - PATIO PRODUÇÃO - LOC. SANTA ELISA</t>
+        </is>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="inlineStr">
+        <is>
+          <t>36132</t>
+        </is>
+      </c>
+      <c r="B176" s="4" t="inlineStr">
+        <is>
+          <t>QUADRICICLO. - N/E. - PATIO PRODUÇÃO - LOC. SANTA ELISA</t>
+        </is>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="inlineStr">
+        <is>
+          <t>36133</t>
+        </is>
+      </c>
+      <c r="B177" s="4" t="inlineStr">
+        <is>
+          <t>IMPLEMENTO AGRÍCOLA. ANO 2003. - FR13002010. - PATIO PRODUÇÃO - LOC. SANTA ELISA </t>
+        </is>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="inlineStr">
+        <is>
+          <t>36134</t>
+        </is>
+      </c>
+      <c r="B178" s="4" t="inlineStr">
+        <is>
+          <t>TANQUE ROXO. - N/E. - PATIO PRODUÇÃO - LOC. SANTA ELISA</t>
+        </is>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="inlineStr">
+        <is>
+          <t>36135</t>
+        </is>
+      </c>
+      <c r="B179" s="4" t="inlineStr">
+        <is>
+          <t>TRANSFORMADOR; ANO 2012. - FR14003575. - PÁTIO PRODUÇÃO - LOC. SANTA ELISA</t>
+        </is>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="inlineStr">
+        <is>
+          <t>36137</t>
+        </is>
+      </c>
+      <c r="B180" s="4" t="inlineStr">
+        <is>
+          <t>IMPLEMENTO AGRÍCOLA. - FR14003345. - PÁTIO TRATOS CULTURAIS - LOC. SANTA ELISA </t>
+        </is>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="inlineStr">
+        <is>
+          <t>36138</t>
+        </is>
+      </c>
+      <c r="B181" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR CASE MAGNUM 260; ANO 2017. - FR10748. - PATIO PRODUÇÃO - LOC. SANTA ELISA </t>
+        </is>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>129.000,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="inlineStr">
+        <is>
+          <t>36139</t>
+        </is>
+      </c>
+      <c r="B182" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR CASE III MAGNUM 260; ANO 2017. - FR50959. - PÁTIO PRODUÇÃO - LOC. SANTA ELISA</t>
+        </is>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>71.500,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="inlineStr">
+        <is>
+          <t>36140</t>
+        </is>
+      </c>
+      <c r="B183" s="4" t="inlineStr">
+        <is>
+          <t>IMPLEMENTO AGRÍCOLA CARDEROL; ANO 2004. - FR17126. - PATIO PRODUÇÃO- LOC. SANTA ELISA </t>
+        </is>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="inlineStr">
+        <is>
+          <t>36141</t>
+        </is>
+      </c>
+      <c r="B184" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR CASE PUMA 215; ANO 2016. - FR11802275. - PÁTIO CARRETA - LOC. SANTA ELISA</t>
+        </is>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>73.000,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="inlineStr">
+        <is>
+          <t>36142</t>
+        </is>
+      </c>
+      <c r="B185" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO VW/15.190 WORKER; ANO 2014/2014; BRANCA; (OFICINA). - FR119981. - PATIO CARRETA- LOC. SANTA ELISA </t>
+        </is>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>96.000,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="inlineStr">
+        <is>
+          <t>36143</t>
+        </is>
+      </c>
+      <c r="B186" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE RANDONSP RQ CA; ANO 2012/2012; AZUL. - FR121515. - PATIO CARRETA - LOC. SANTA ELISA </t>
+        </is>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>66.000,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="inlineStr">
+        <is>
+          <t>36144</t>
+        </is>
+      </c>
+      <c r="B187" s="4" t="inlineStr">
+        <is>
+          <t>DOLLY USICAMP; ANO 2019. - FR36216. - PATIO CARRETA - LOC. SANTA ELISA</t>
+        </is>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>13.750,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="inlineStr">
+        <is>
+          <t>36145</t>
+        </is>
+      </c>
+      <c r="B188" s="4" t="inlineStr">
+        <is>
+          <t>DOLLY USICAMP; ANO 2008. - FR56904. - PÁTIO CARRETA - LOC. SANTA ELISA </t>
+        </is>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="inlineStr">
+        <is>
+          <t>36147</t>
+        </is>
+      </c>
+      <c r="B189" s="4" t="inlineStr">
+        <is>
+          <t>COLHEDORA CASE A 8810 1L - ANO 2018 - FR9002605. - PATIO CARRETA - LOC. SANTA ELISA </t>
+        </is>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>98.500,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="inlineStr">
+        <is>
+          <t>36148</t>
+        </is>
+      </c>
+      <c r="B190" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO M.BENZ/2423 K; ANO 2001/2001; BRANCA; (VENDA APENAS PARA COMPRADORES DO ESTADO DE SÃO PAULO). - FR1001003. - PATIO CARRETA - LOC. SANTA ELISA </t>
+        </is>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>76.000,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="inlineStr">
+        <is>
+          <t>36149</t>
+        </is>
+      </c>
+      <c r="B191" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO VW/31.330 CRC 6X4; ANO 2014/2015; BRANCA; (CARROCERIA TRANSBORDO). - FR120030 / FR123754. - DESINVESTIMENTO - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>164.500,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="inlineStr">
+        <is>
+          <t>36150</t>
+        </is>
+      </c>
+      <c r="B192" s="4" t="inlineStr">
+        <is>
+          <t>PLANTADORA AUTOMÁTICA DMB; ANO 2013. - FR11003806. - DESINVESTIMENTO - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="inlineStr">
+        <is>
+          <t>36151</t>
+        </is>
+      </c>
+      <c r="B193" s="4" t="inlineStr">
+        <is>
+          <t>PEÇAS OFICINA AUTOMOTIVA. - N/E. - DESINVESTIMENTO - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="inlineStr">
+        <is>
+          <t>36152</t>
+        </is>
+      </c>
+      <c r="B194" s="4" t="inlineStr">
+        <is>
+          <t>PEÇAS MOTOR INDUSTRIA . - N/E. - DESINVESTIMENTO - LOC.VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="inlineStr">
+        <is>
+          <t>36154</t>
+        </is>
+      </c>
+      <c r="B195" s="4" t="inlineStr">
+        <is>
+          <t>COLHEDORA CASE III; ANO 2017. - FR11002197. - DESINVESTIMENTO - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>76.000,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="inlineStr">
+        <is>
+          <t>36156</t>
+        </is>
+      </c>
+      <c r="B196" s="4" t="inlineStr">
+        <is>
+          <t>SUBSOLADOR; ANO 1999. - FR11003338. - DESINVESTIMENTO - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>17.750,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="inlineStr">
+        <is>
+          <t>36159</t>
+        </is>
+      </c>
+      <c r="B197" s="4" t="inlineStr">
+        <is>
+          <t>COLHEDORA CASE III; ANO 2017. - FR11002198. - DESINVESTIMENTO - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>91.000,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="inlineStr">
+        <is>
+          <t>36160</t>
+        </is>
+      </c>
+      <c r="B198" s="4" t="inlineStr">
+        <is>
+          <t>CARROCEIRA TANQUE AZUL GASCOM; SÉRIE 98822. - DESINVESTIMENTO - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="inlineStr">
+        <is>
+          <t>36161</t>
+        </is>
+      </c>
+      <c r="B199" s="4" t="inlineStr">
+        <is>
+          <t>CARROCERIA TANQUE CALDA PRONTA. - SÉRIE 27401. - DESINVESTIMENTO - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="inlineStr">
+        <is>
+          <t>36162</t>
+        </is>
+      </c>
+      <c r="B200" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003722. - PÁTIO 2 PROX. ARMAZÉM 11 - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="inlineStr">
+        <is>
+          <t>36163</t>
+        </is>
+      </c>
+      <c r="B201" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003692. - PÁTIO 2 PROX. ARMAZÉM 11 - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="inlineStr">
+        <is>
+          <t>36164</t>
+        </is>
+      </c>
+      <c r="B202" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003714. - PÁTIO 2 PROX. AO ARMAZÉN 11 - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="inlineStr">
+        <is>
+          <t>36165</t>
+        </is>
+      </c>
+      <c r="B203" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003710. - PÁTIO 2 PROX. AO ARMAZÉN 11 - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="inlineStr">
+        <is>
+          <t>36166</t>
+        </is>
+      </c>
+      <c r="B204" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003694. - PÁTIO 2 PROX. AO ARMAZÉN 11 - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="inlineStr">
+        <is>
+          <t>36167</t>
+        </is>
+      </c>
+      <c r="B205" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003687. - PÁTIO 2 PROX. AO ARMAZÉN 11 - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="5" t="inlineStr">
+        <is>
+          <t>36168</t>
+        </is>
+      </c>
+      <c r="B206" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003732. - PÁTIO 2 PROX. AO ARMAZÉN 11 - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="5" t="inlineStr">
+        <is>
+          <t>36169</t>
+        </is>
+      </c>
+      <c r="B207" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003732. - PÁTIO 2 PROX. AO ARMAZÉN 11 - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="5" t="inlineStr">
+        <is>
+          <t>36170</t>
+        </is>
+      </c>
+      <c r="B208" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003704. - PÁTIO 2 PROX. AO ARMAZÉN 11 - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F208" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="5" t="inlineStr">
+        <is>
+          <t>36171</t>
+        </is>
+      </c>
+      <c r="B209" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003043. - PÁTIO 2 PROX. AO ARMAZÉN 11 - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D209" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F209" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="5" t="inlineStr">
+        <is>
+          <t>36181</t>
+        </is>
+      </c>
+      <c r="B210" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO VW/15.180 EURO3 WORKER; ANO 2010/2010; BRANCA; (BAÚ). - FR92143. - PÁTIO 3 FUNDAÇÃO - LOC. JUNQUEIRA</t>
+        </is>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D210" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t>76.000,00</t>
+        </is>
+      </c>
+      <c r="F210" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
+      <c r="A211" s="5" t="inlineStr">
+        <is>
+          <t>36182</t>
+        </is>
+      </c>
+      <c r="B211" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO VW/15.180 EURO3 WORKER; ANO 2011/2012; BRANCA; (MUNCK). - FR92150. - (VENDA APENAS PARA COMPRADORES DO ESTADO DE SÃO PAULO) - PÁTIO 2 FUNDAÇÃO - LOC. JUNQUEIRA </t>
+        </is>
+      </c>
+      <c r="C211" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D211" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t>105.000,00</t>
+        </is>
+      </c>
+      <c r="F211" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
+      <c r="A212" s="5" t="inlineStr">
+        <is>
+          <t>36186</t>
+        </is>
+      </c>
+      <c r="B212" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR SUCATEADO; ANO 2000. - FR93011. - PÁTIO 3 FUNDAÇÃO - LOC. JUNQUEIRA</t>
+        </is>
+      </c>
+      <c r="C212" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D212" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F212" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
+      <c r="A213" s="5" t="inlineStr">
+        <is>
+          <t>36187</t>
+        </is>
+      </c>
+      <c r="B213" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR SUCATEADO; ANO 2000. - FR93025. - PÁTIO 3 FUNDAÇÃO - LOC. JUNQUEIRA </t>
+        </is>
+      </c>
+      <c r="C213" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D213" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F213" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
+      <c r="A214" s="5" t="inlineStr">
+        <is>
+          <t>36188</t>
+        </is>
+      </c>
+      <c r="B214" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO M.BENZ/L 1113; ANO 1986/1986; BRANCA; (BAÚ OFICINA). - FR119615. - PÁTIO 3 FUNDAÇÃO - LOC. JUNQUEIRA</t>
+        </is>
+      </c>
+      <c r="C214" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D214" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E214" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F214" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
+      <c r="A215" s="5" t="inlineStr">
+        <is>
+          <t>36189</t>
+        </is>
+      </c>
+      <c r="B215" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO M.BENZ/L 2220; ANO 1987/1987; AZUL. - FR92136. - PÁTIO 3 FUNDAÇÃO - LOC. JUNQUEIRA</t>
+        </is>
+      </c>
+      <c r="C215" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D215" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F215" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
+      <c r="A216" s="5" t="inlineStr">
+        <is>
+          <t>36191</t>
+        </is>
+      </c>
+      <c r="B216" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO VW/13.150; ANO 2005/2005; BRANCA; (OFICINA) - (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO) - FR11001061. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C216" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D216" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E216" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F216" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
+      <c r="A217" s="5" t="inlineStr">
+        <is>
+          <t>36192</t>
+        </is>
+      </c>
+      <c r="B217" s="4" t="inlineStr">
+        <is>
+          <t>CARROCERIA BAÚ GASCOM; ANO 2011. - N/A. -SÉRIE 22498. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C217" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D217" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E217" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F217" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
+      <c r="A218" s="5" t="inlineStr">
+        <is>
+          <t>36193</t>
+        </is>
+      </c>
+      <c r="B218" s="4" t="inlineStr">
+        <is>
+          <t>CARROCERIA BAÚ GASCOM. - N/E; PT.21017. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C218" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D218" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E218" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F218" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
+      <c r="A219" s="5" t="inlineStr">
+        <is>
+          <t>36194</t>
+        </is>
+      </c>
+      <c r="B219" s="4" t="inlineStr">
+        <is>
+          <t>CARROCERIA BAÚ GASCOM E COMPRESSOR CSV 20 SCHULZ; ANO 2015; SÉRIE 35012. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C219" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D219" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E219" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F219" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
+      <c r="A220" s="5" t="inlineStr">
+        <is>
+          <t>36195</t>
+        </is>
+      </c>
+      <c r="B220" s="4" t="inlineStr">
+        <is>
+          <t>CARROCERIA BAÚ GASCOM. - N/E. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C220" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D220" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E220" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F220" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
+      <c r="A221" s="5" t="inlineStr">
+        <is>
+          <t>36196</t>
+        </is>
+      </c>
+      <c r="B221" s="4" t="inlineStr">
+        <is>
+          <t>MUNCK FACCHINI F-17; ANO 2016. - SÉRIE SP7FN116F17000012. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C221" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D221" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E221" s="5" t="inlineStr">
+        <is>
+          <t>58.000,00</t>
+        </is>
+      </c>
+      <c r="F221" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
+      <c r="A222" s="5" t="inlineStr">
+        <is>
+          <t>36197</t>
+        </is>
+      </c>
+      <c r="B222" s="4" t="inlineStr">
+        <is>
+          <t>CARROCERIA BAÚ GASCOM; ANO 2012. - SÉRIE 25408. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C222" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D222" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E222" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F222" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
+      <c r="A223" s="5" t="inlineStr">
+        <is>
+          <t>36610</t>
+        </is>
+      </c>
+      <c r="B223" s="4" t="inlineStr">
+        <is>
+          <t>CARRETA ABRIGO; ANO 2016. - FR14003645. - PÁTIO CARRETA- LOC. SANTA ELISA </t>
+        </is>
+      </c>
+      <c r="C223" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D223" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E223" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F223" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>