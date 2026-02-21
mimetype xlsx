--- v1 (2025-12-03)
+++ v2 (2026-02-21)
@@ -569,51 +569,51 @@
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>98.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>2063</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>04 BOMBAS E FILTRO DE POSTOS DE COMBUSTIVEL SUCATEADAS. - PT.145329/ 145316 / 145327 / 145318 / 222216 / 30488. - DESINVESTIMENTO- LOC. GASA </t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>2476</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
@@ -633,51 +633,51 @@
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>127.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>2477</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t>LOTE  DE 10 Televisores com defeito, 1 impressora EPSON M244A e 3 FRIGOBARES - S/FR - CFC - LOC. COSTA PINTO </t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>2480</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
@@ -1049,51 +1049,51 @@
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>34120</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t>LOTE CONTENDO: 3 BOMBAS DE ÁGUA, 1 REDUTOR, 01 CALANDRA E 1 FURADEIRA. - PT. 78248, 253432, 78405, 78010, 78246. - (PÁTIO INDUSTRIA) - LOC. IPAUSSU   </t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>15.250,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>34121</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
@@ -1113,51 +1113,51 @@
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>34122</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO MERCEDES BENZ L 608 D - ANO 1985/1985 - BRANCO - FR58005 - (DESINVESTIMENTO) - LOC. ARARAQUARA</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>34123</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
@@ -1593,51 +1593,51 @@
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>35451</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
           <t>REBOQUE FACCHINI RF CA; ANO 2007/2007; VERDE. - FR173842. - DESINVESTIMENTO - LOC.BENALCOOL</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>35470</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
@@ -1657,51 +1657,51 @@
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <t>35471</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
           <t>ELETROIMA OXIMAG. - SFR. - AGRÍCOLA - LOC. RAFARD</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <t>35487</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
@@ -2425,51 +2425,51 @@
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>82.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
           <t>35740</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
           <t> CARRETA SERVIÇOS BAÚ. - S/FR. - LOC.BONFIM </t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
           <t>35741</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
@@ -2649,51 +2649,51 @@
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
           <t>35747</t>
         </is>
       </c>
       <c r="B85" s="4" t="inlineStr">
         <is>
           <t> APROX.18 VÁLVULAS E  CONEXÕES DIVERSAS - EG2- LOC.BONFIM </t>
         </is>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
           <t>35749</t>
         </is>
       </c>
       <c r="B86" s="4" t="inlineStr">
@@ -2745,51 +2745,51 @@
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
           <t>35751</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
           <t> 5 CAIXAS P/ RESERVATÓRIOS DE ÁGUA - EGS- LOC.BONFIM</t>
         </is>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
           <t>35752</t>
         </is>
       </c>
       <c r="B89" s="4" t="inlineStr">
@@ -2873,51 +2873,51 @@
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
           <t>35755</t>
         </is>
       </c>
       <c r="B92" s="4" t="inlineStr">
         <is>
           <t> 6 PNEUS C/RODAS - LOC. BARRA </t>
         </is>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
           <t>35756</t>
         </is>
       </c>
       <c r="B93" s="4" t="inlineStr">
@@ -3129,51 +3129,51 @@
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="5" t="inlineStr">
         <is>
           <t>35836</t>
         </is>
       </c>
       <c r="B100" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO M.BENZ/L 2219; ANO 1983/1983; BRANCA. - FR52468. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="5" t="inlineStr">
         <is>
           <t>35837</t>
         </is>
       </c>
       <c r="B101" s="4" t="inlineStr">
@@ -3353,51 +3353,51 @@
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="5" t="inlineStr">
         <is>
           <t>35843</t>
         </is>
       </c>
       <c r="B107" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO M.BENZ/L 608 D; ANO 1983/1983; BRANCA. - FR58004. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="5" t="inlineStr">
         <is>
           <t>35844</t>
         </is>
       </c>
       <c r="B108" s="4" t="inlineStr">
@@ -3993,51 +3993,51 @@
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="5" t="inlineStr">
         <is>
           <t>35867</t>
         </is>
       </c>
       <c r="B127" s="4" t="inlineStr">
         <is>
           <t>VÁLVULA CONDICIONADORA. - N/E. - ARMAZÉN 01 - PPCM - LOC. UNIVALEN </t>
         </is>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="5" t="inlineStr">
         <is>
           <t>35868</t>
         </is>
       </c>
       <c r="B128" s="4" t="inlineStr">
@@ -4825,51 +4825,51 @@
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="5" t="inlineStr">
         <is>
           <t>36025</t>
         </is>
       </c>
       <c r="B153" s="4" t="inlineStr">
         <is>
           <t>REBOQUE RANDONSP RQ CA; ANO 2009/2009; LARANJA. - FR4455153. - PÁTIO DESINVESTIMENTO - LOC. CAARAPÓ</t>
         </is>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="5" t="inlineStr">
         <is>
           <t>36026</t>
         </is>
       </c>
       <c r="B154" s="4" t="inlineStr">
@@ -5433,51 +5433,51 @@
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="5" t="inlineStr">
         <is>
           <t>36109</t>
         </is>
       </c>
       <c r="B172" s="4" t="inlineStr">
         <is>
           <t>ÁREA DE VIVÊNCIA. - S/FR. - (FUNDOS DA UNIDADE AO DEPÓSITO DE BIOMASSA) - LOC. GASA</t>
         </is>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="5" t="inlineStr">
         <is>
           <t>36129</t>
         </is>
       </c>
       <c r="B173" s="4" t="inlineStr">
@@ -5908,56 +5908,56 @@
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>66.000,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="5" t="inlineStr">
         <is>
           <t>36144</t>
         </is>
       </c>
       <c r="B187" s="4" t="inlineStr">
         <is>
-          <t>DOLLY USICAMP; ANO 2019. - FR36216. - PATIO CARRETA - LOC. SANTA ELISA</t>
+          <t>DOLLY USICAMP; ANO 2019. - FR36216. - (VENDA SEM DOCUMENTO) - (PATIO CARRETA) - LOC. SANTA ELISA</t>
         </is>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>13.750,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="5" t="inlineStr">
         <is>
           <t>36145</t>
         </is>
       </c>
       <c r="B188" s="4" t="inlineStr">
@@ -6329,83 +6329,83 @@
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="5" t="inlineStr">
         <is>
           <t>36162</t>
         </is>
       </c>
       <c r="B200" s="4" t="inlineStr">
         <is>
           <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003722. - PÁTIO 2 PROX. ARMAZÉM 11 - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="5" t="inlineStr">
         <is>
           <t>36163</t>
         </is>
       </c>
       <c r="B201" s="4" t="inlineStr">
         <is>
           <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003692. - PÁTIO 2 PROX. ARMAZÉM 11 - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="5" t="inlineStr">
         <is>
           <t>36164</t>
         </is>
       </c>
       <c r="B202" s="4" t="inlineStr">
@@ -6425,51 +6425,51 @@
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="5" t="inlineStr">
         <is>
           <t>36165</t>
         </is>
       </c>
       <c r="B203" s="4" t="inlineStr">
         <is>
           <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003710. - PÁTIO 2 PROX. AO ARMAZÉN 11 - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="5" t="inlineStr">
         <is>
           <t>36166</t>
         </is>
       </c>
       <c r="B204" s="4" t="inlineStr">
@@ -6489,115 +6489,115 @@
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="5" t="inlineStr">
         <is>
           <t>36167</t>
         </is>
       </c>
       <c r="B205" s="4" t="inlineStr">
         <is>
           <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003687. - PÁTIO 2 PROX. AO ARMAZÉN 11 - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="5" t="inlineStr">
         <is>
           <t>36168</t>
         </is>
       </c>
       <c r="B206" s="4" t="inlineStr">
         <is>
           <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003732. - PÁTIO 2 PROX. AO ARMAZÉN 11 - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="5" t="inlineStr">
         <is>
           <t>36169</t>
         </is>
       </c>
       <c r="B207" s="4" t="inlineStr">
         <is>
           <t>TRANSBORDO S. IZABEL TRIDEM 13T; ANO 2013. - FR11003732. - PÁTIO 2 PROX. AO ARMAZÉN 11 - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C207" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E207" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="5" t="inlineStr">
         <is>
           <t>36170</t>
         </is>
       </c>
       <c r="B208" s="4" t="inlineStr">
@@ -6905,51 +6905,51 @@
       </c>
       <c r="E217" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="5" t="inlineStr">
         <is>
           <t>36193</t>
         </is>
       </c>
       <c r="B218" s="4" t="inlineStr">
         <is>
           <t>CARROCERIA BAÚ GASCOM. - N/E; PT.21017. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C218" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D218" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="5" t="inlineStr">
         <is>
           <t>36194</t>
         </is>
       </c>
       <c r="B219" s="4" t="inlineStr">