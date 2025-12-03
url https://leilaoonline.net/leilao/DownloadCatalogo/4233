--- v0 (2025-11-05)
+++ v1 (2025-12-03)
@@ -281,5363 +281,5363 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT 621R</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>MINI PÁ CARREGADEIRA CATERPILLAR 246 D. SEM MOTOR</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> MINI PÁ CARREGADEIRA CAT 226 B</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> BOB CAT S650</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>CONCHA DA LIEBHEER 580</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>7.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> MOTOR CAT 3408-D9H</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>19.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> MOTOR KOMATSU PC600</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>12.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t> BOMBA HIDRAULICA CAT 966R</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO CAT 140 M</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> BOMBA HIDRAULICA CAT 938H</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t> BOMBA HIDRAULICA (CHARUTO ) KOMATSU WA 380</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> CONVERSOR DE TORQUE CAT 420E</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t>CONCHA LIEBHEER </t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEOS ] Guindaste Industrial Hyster</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t> BOMBA HIDRAULICA CAT D6R</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO VOLVO G940</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t> BOMBA HIDRAULICA CAT 330/336</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 950H (VAZIA )</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT D8N</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t> bloco Caterpillar 3116</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t> PAR DE CUBO DE TRAÇÃO CAT 135H</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t> radiador Patrol Caterpillar 120 b</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRÁULICO CATERPILLAR 140 M</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> cabeçote Caterpillar 3116</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t>CABINE LIEBHERR . APLICAÇÃO 942/944 (VAZIA)</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t> comando final 954</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t> RADIADOR CAT 950H</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
           <t> cabeçote Caterpillar C11</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
           <t> transmissão Caterpillar D8H</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
           <t> radiador Caterpillar D7E</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT D7E</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
           <t> BOMBA HIDRAULICA CAT D6N</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
           <t> MOTOR CAT D333-977</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
           <t> COLUNA DE DIREÇÃO COMPLETA CAT 938G</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE GIRO KOMATSU PC 600</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t> RADIADOR COMPLETO CAT 621R</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO CAT 140 M</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
           <t> CABINE JCB 330 (VAZIA )</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
           <t> COLUNA DE DIREÇAÕ COMPLETA CASE 721C</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
           <t> RADIADOR CAT 938H</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT D8K</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT D6T</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
           <t> EIXO DIANTEIRO CATERPILLAR 938H</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] PAR DE ESTEIRAS CAT D8K (LUBRIFICADAS )</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
           <t> COMPRESSOR DE AR CAT 3306</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
           <t>CABEÇOTE CATERPILLAR 3306 COM PLACA</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
           <t> TROCADOR DE CALOR CAT 950 H</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
           <t> EIXO DIANTEIRO CATERPILLAR 966H</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
           <t> CONVERSOR CAT D6M</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
           <t> COMANDO FINAL KOMATSU PC-600</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
           <t>TRANSMISSÃO CATERPILLAR 950G</t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
           <t> BOMBA HIDRAULICA CAT 950H</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
           <t> COMANDO FINAL JCB 330LC (UNIDADE)</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO LIUGONG</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CATERPILLAR D8N</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
           <t>84</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 938H (VAZIA )</t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
           <t>99</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
           <t> CABEÇOTE DE MOTOR CUMMINS SMALLCAM</t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
           <t> RADIADOR DOOSAN</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT D8H</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
           <t>110</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
           <t>PAR DE RODA GUIA KOMATSU PC150</t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
           <t> BOMBA HIDRAULICA CAT 966H</t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
           <t>112</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO DOOSAN</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 966R (VAZIA )</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
           <t>119</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
           <t>PAR DE PISTÃO  DOOSAN DL  250</t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
           <t>120</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
           <t> RODA CATERPILLAR  950H</t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO DE CATERPILLAR 950G</t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
           <t>128</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
           <t>TRANSMISSÃO CATERPILLAR  D7E</t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
           <t> RODA GUIA CATERPILLAR D8K</t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
           <t>CABINE CATERPILLAR 321 DL (VAZIA) </t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
           <t>147</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
           <t> BOMBA CATERPILLAR 938H</t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
           <t>148</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
           <t> BOMBA CATERPILLAR 966H</t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
           <t>149</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
           <t> BOMBA CATERPILLAR D8N</t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="B83" s="4" t="inlineStr">
         <is>
           <t> LÂMINA CAT 135H</t>
         </is>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
           <t>154</t>
         </is>
       </c>
       <c r="B84" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] VIRABREQUIM MOTOR CAT 3406-STD</t>
         </is>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
           <t>156</t>
         </is>
       </c>
       <c r="B85" s="4" t="inlineStr">
         <is>
           <t> EIXO TRASEIRO CAT 938G-II</t>
         </is>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
           <t>157</t>
         </is>
       </c>
       <c r="B86" s="4" t="inlineStr">
         <is>
           <t> EIXO DIANTEIRO CAT 938G-II</t>
         </is>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
           <t>159</t>
         </is>
       </c>
       <c r="B87" s="4" t="inlineStr">
         <is>
           <t> MOTOR KOMATSU PC600</t>
         </is>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
           <t>160</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
           <t> CONVERSOR DE TORQUE CAT D6T</t>
         </is>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
           <t>170</t>
         </is>
       </c>
       <c r="B89" s="4" t="inlineStr">
         <is>
           <t> BOMBA HIDRAULICA CAT 140M</t>
         </is>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="B90" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO LIEBHEER</t>
         </is>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="B91" s="4" t="inlineStr">
         <is>
           <t> TANQUE DE COMBUSTIVEL D6M</t>
         </is>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="B92" s="4" t="inlineStr">
         <is>
           <t> BOMBA HIDRÁULICA CATERPILLAR D8N</t>
         </is>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
           <t>202</t>
         </is>
       </c>
       <c r="B93" s="4" t="inlineStr">
         <is>
           <t> BOMBA DE TRANSMISSÃO CATERPILLAR 140M</t>
         </is>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="B94" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO VOLVO L120</t>
         </is>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
           <t>207</t>
         </is>
       </c>
       <c r="B95" s="4" t="inlineStr">
         <is>
           <t> MODULO DE CABINE CATERPILLAR 140M</t>
         </is>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="5" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="B96" s="4" t="inlineStr">
         <is>
           <t> JOGO DE JOYSTICK CATERPILLAR 140M (DIREITO E ESQUERDO )</t>
         </is>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="5" t="inlineStr">
         <is>
           <t>209</t>
         </is>
       </c>
       <c r="B97" s="4" t="inlineStr">
         <is>
           <t> CABINE CATERPILLAR 966R (VAZIA)</t>
         </is>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="5" t="inlineStr">
         <is>
           <t>213</t>
         </is>
       </c>
       <c r="B98" s="4" t="inlineStr">
         <is>
           <t> BLOCO CAT 3406</t>
         </is>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="5" t="inlineStr">
         <is>
           <t>215</t>
         </is>
       </c>
       <c r="B99" s="4" t="inlineStr">
         <is>
           <t>PAR DE PISTÕES DE LÂMINA CATERPILLAR D6D COM SUPORTE DOS PISTÕES</t>
         </is>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="5" t="inlineStr">
         <is>
           <t>216</t>
         </is>
       </c>
       <c r="B100" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT 631E</t>
         </is>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="5" t="inlineStr">
         <is>
           <t>217</t>
         </is>
       </c>
       <c r="B101" s="4" t="inlineStr">
         <is>
           <t> BOMBA HIDRAULICA VOLVO G940</t>
         </is>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="5" t="inlineStr">
         <is>
           <t>301</t>
         </is>
       </c>
       <c r="B102" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT 621B</t>
         </is>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="5" t="inlineStr">
         <is>
           <t>308</t>
         </is>
       </c>
       <c r="B103" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO CVOLVO EC-460</t>
         </is>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="5" t="inlineStr">
         <is>
           <t>309</t>
         </is>
       </c>
       <c r="B104" s="4" t="inlineStr">
         <is>
           <t>MOTOR DE GIRO JCB</t>
         </is>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="5" t="inlineStr">
         <is>
           <t>310</t>
         </is>
       </c>
       <c r="B105" s="4" t="inlineStr">
         <is>
           <t> COMANDO DE GIRO CAT 345-C</t>
         </is>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="5" t="inlineStr">
         <is>
           <t>311</t>
         </is>
       </c>
       <c r="B106" s="4" t="inlineStr">
         <is>
           <t> COMANDO DE GIRO KOMATSU PC 400</t>
         </is>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="5" t="inlineStr">
         <is>
           <t>314</t>
         </is>
       </c>
       <c r="B107" s="4" t="inlineStr">
         <is>
           <t>MOTOR DE GIRO JCB -330</t>
         </is>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="5" t="inlineStr">
         <is>
           <t>315</t>
         </is>
       </c>
       <c r="B108" s="4" t="inlineStr">
         <is>
           <t>MOTOR DE GIRO KOMATSU PC-600</t>
         </is>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="5" t="inlineStr">
         <is>
           <t>316</t>
         </is>
       </c>
       <c r="B109" s="4" t="inlineStr">
         <is>
           <t>MOTOR DE GIRO CAT 345-C</t>
         </is>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="5" t="inlineStr">
         <is>
           <t>318</t>
         </is>
       </c>
       <c r="B110" s="4" t="inlineStr">
         <is>
           <t>MOTOR DE GIRO LIEBHERR 942</t>
         </is>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="5" t="inlineStr">
         <is>
           <t>321</t>
         </is>
       </c>
       <c r="B111" s="4" t="inlineStr">
         <is>
           <t> BOMBA HIDRAULICA CAT 345</t>
         </is>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="5" t="inlineStr">
         <is>
           <t>322</t>
         </is>
       </c>
       <c r="B112" s="4" t="inlineStr">
         <is>
           <t> BOMBA HIDRAULICA VOLVO 460-LC</t>
         </is>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="5" t="inlineStr">
         <is>
           <t>323</t>
         </is>
       </c>
       <c r="B113" s="4" t="inlineStr">
         <is>
           <t> BOMBA HODRAULICA LIEBEHRR</t>
         </is>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="5" t="inlineStr">
         <is>
           <t>327</t>
         </is>
       </c>
       <c r="B114" s="4" t="inlineStr">
         <is>
           <t> BOMBA HODRAULICA JCB-330</t>
         </is>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="5" t="inlineStr">
         <is>
           <t>329</t>
         </is>
       </c>
       <c r="B115" s="4" t="inlineStr">
         <is>
           <t> PTO VOLVO 940</t>
         </is>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="5" t="inlineStr">
         <is>
           <t>338</t>
         </is>
       </c>
       <c r="B116" s="4" t="inlineStr">
         <is>
           <t>LOTE DE PNEUS COM RODAS 10.00 X 24 (4 UNIDADES )</t>
         </is>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="5" t="inlineStr">
         <is>
           <t>339</t>
         </is>
       </c>
       <c r="B117" s="4" t="inlineStr">
         <is>
           <t>LOTE DE PNEUS COM RODAS 14.00 X 24 (2 UNIDADES )</t>
         </is>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
-          <t>1.250,00</t>
+          <t>1.750,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="5" t="inlineStr">
         <is>
           <t>341</t>
         </is>
       </c>
       <c r="B118" s="4" t="inlineStr">
         <is>
           <t>LOTE DE PNEUS COM RODA 17,5 X 25 ( 4 UNIDADES )</t>
         </is>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="5" t="inlineStr">
         <is>
           <t>342</t>
         </is>
       </c>
       <c r="B119" s="4" t="inlineStr">
         <is>
           <t>PNEU MOTOSCRIP  SEM RODA 29,5 X 25 (1 UNIDADE )</t>
         </is>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="5" t="inlineStr">
         <is>
           <t>343</t>
         </is>
       </c>
       <c r="B120" s="4" t="inlineStr">
         <is>
           <t>LOTE DE PNEUS RADIAL 18.00 X 33 (14 UNIDADES )</t>
         </is>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="5" t="inlineStr">
         <is>
           <t>344</t>
         </is>
       </c>
       <c r="B121" s="4" t="inlineStr">
         <is>
           <t> BOMBA DE TRANSMISSÃO CAT D6R</t>
         </is>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="5" t="inlineStr">
         <is>
           <t>345</t>
         </is>
       </c>
       <c r="B122" s="4" t="inlineStr">
         <is>
           <t> CONCHA ESCAVADEIRA CAT 225</t>
         </is>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="5" t="inlineStr">
         <is>
           <t>348</t>
         </is>
       </c>
       <c r="B123" s="4" t="inlineStr">
         <is>
           <t> EIXO COMPLETO COM RODA DYNAPAC TR25</t>
         </is>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="5" t="inlineStr">
         <is>
           <t>349</t>
         </is>
       </c>
       <c r="B124" s="4" t="inlineStr">
         <is>
           <t> CABINE DOOSAN (VAZIA)</t>
         </is>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="5" t="inlineStr">
         <is>
           <t>350</t>
         </is>
       </c>
       <c r="B125" s="4" t="inlineStr">
         <is>
           <t> GUINCHO GALEO GUINDASDASTE</t>
         </is>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="5" t="inlineStr">
         <is>
           <t>354</t>
         </is>
       </c>
       <c r="B126" s="4" t="inlineStr">
         <is>
           <t> PAR DE PISTÕES GÊMEOS DO LEVANTE 966H</t>
         </is>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="5" t="inlineStr">
         <is>
           <t>360</t>
         </is>
       </c>
       <c r="B127" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO ZF</t>
         </is>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="5" t="inlineStr">
         <is>
           <t>361</t>
         </is>
       </c>
       <c r="B128" s="4" t="inlineStr">
         <is>
           <t> EIXO CARRARO</t>
         </is>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="5" t="inlineStr">
         <is>
           <t>362</t>
         </is>
       </c>
       <c r="B129" s="4" t="inlineStr">
         <is>
           <t>DIFERENCIAL TRASEIRO  CAT 416 E </t>
         </is>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="5" t="inlineStr">
         <is>
           <t>365</t>
         </is>
       </c>
       <c r="B130" s="4" t="inlineStr">
         <is>
           <t>BOMBA DE ENGRENAGEM BOBCAT S650</t>
         </is>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="5" t="inlineStr">
         <is>
           <t>366</t>
         </is>
       </c>
       <c r="B131" s="4" t="inlineStr">
         <is>
           <t>BOMBA HIDRAULICA BOBCAT S650</t>
         </is>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="5" t="inlineStr">
         <is>
           <t>367</t>
         </is>
       </c>
       <c r="B132" s="4" t="inlineStr">
         <is>
           <t>COMANDO HIDRAULICO BOBCAT S650</t>
         </is>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="5" t="inlineStr">
         <is>
           <t>369</t>
         </is>
       </c>
       <c r="B133" s="4" t="inlineStr">
         <is>
           <t> SUPORTE DE LANÇA (CARA DE CAVALO ) JCB 3C</t>
         </is>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="5" t="inlineStr">
         <is>
           <t>370</t>
         </is>
       </c>
       <c r="B134" s="4" t="inlineStr">
         <is>
           <t> SUPORTE DE LANÇA (CARA DE CAVALO ) J LIUGUNG</t>
         </is>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="5" t="inlineStr">
         <is>
           <t>371</t>
         </is>
       </c>
       <c r="B135" s="4" t="inlineStr">
         <is>
           <t> SUPORTE DE LANÇA (CARA DE CAVALO ) CAT</t>
         </is>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="5" t="inlineStr">
         <is>
           <t>372</t>
         </is>
       </c>
       <c r="B136" s="4" t="inlineStr">
         <is>
           <t> PAR DE PISTÕES HIDRAULICOS LIUGONG</t>
         </is>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="5" t="inlineStr">
         <is>
           <t>373</t>
         </is>
       </c>
       <c r="B137" s="4" t="inlineStr">
         <is>
           <t> CONCHA DOOSAN</t>
         </is>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="5" t="inlineStr">
         <is>
           <t>374</t>
         </is>
       </c>
       <c r="B138" s="4" t="inlineStr">
         <is>
           <t> CONCHA LIUGONG</t>
         </is>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="5" t="inlineStr">
         <is>
           <t>375</t>
         </is>
       </c>
       <c r="B139" s="4" t="inlineStr">
         <is>
           <t> CONCHA CAT 416</t>
         </is>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="5" t="inlineStr">
         <is>
           <t>376</t>
         </is>
       </c>
       <c r="B140" s="4" t="inlineStr">
         <is>
           <t> DIFERENCIAL KOMATSU WA380</t>
         </is>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="5" t="inlineStr">
         <is>
           <t>377</t>
         </is>
       </c>
       <c r="B141" s="4" t="inlineStr">
         <is>
           <t> PNEU COM RODA DOOSAN</t>
         </is>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="5" t="inlineStr">
         <is>
           <t>378</t>
         </is>
       </c>
       <c r="B142" s="4" t="inlineStr">
         <is>
           <t> H NEW HOLLAND L218</t>
         </is>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="5" t="inlineStr">
         <is>
           <t>379</t>
         </is>
       </c>
       <c r="B143" s="4" t="inlineStr">
         <is>
           <t> H CAT 966H</t>
         </is>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="5" t="inlineStr">
         <is>
           <t>380</t>
         </is>
       </c>
       <c r="B144" s="4" t="inlineStr">
         <is>
           <t> THUNDER MOTONIVELADORA FIATALIS FG70</t>
         </is>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="5" t="inlineStr">
         <is>
           <t>381</t>
         </is>
       </c>
       <c r="B145" s="4" t="inlineStr">
         <is>
           <t>PAR DE PNEUS COM RODA DIANTEIRO LIUGONG </t>
         </is>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="5" t="inlineStr">
         <is>
           <t>382</t>
         </is>
       </c>
       <c r="B146" s="4" t="inlineStr">
         <is>
           <t>PNEU PARA MOTORSCRAPER 29.5 X 29. EM ÓTIMO ESTADO </t>
         </is>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="5" t="inlineStr">
         <is>
           <t>385</t>
         </is>
       </c>
       <c r="B147" s="4" t="inlineStr">
         <is>
           <t>TRANSMISSÃO ZF COM BOMBA HIDRÁULICA E GRUPO DE VÁLVULAS </t>
         </is>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="5" t="inlineStr">
         <is>
           <t>386</t>
         </is>
       </c>
       <c r="B148" s="4" t="inlineStr">
         <is>
           <t>TRANSMISSÃO ZF SEM CONVERSOR E SEM GRUPO DE VALVULAS </t>
         </is>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="5" t="inlineStr">
         <is>
           <t>388</t>
         </is>
       </c>
       <c r="B149" s="4" t="inlineStr">
         <is>
           <t> CANELA DE EIXO ZF</t>
         </is>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="5" t="inlineStr">
         <is>
           <t>390</t>
         </is>
       </c>
       <c r="B150" s="4" t="inlineStr">
         <is>
           <t> MOTOR CAT 3406</t>
         </is>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="5" t="inlineStr">
         <is>
           <t>392</t>
         </is>
       </c>
       <c r="B151" s="4" t="inlineStr">
         <is>
           <t> MOTOR VOLVO ELETRÔNICO D7E</t>
         </is>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="5" t="inlineStr">
         <is>
           <t>393</t>
         </is>
       </c>
       <c r="B152" s="4" t="inlineStr">
         <is>
           <t> MOTOR VOLVO MECÂNICO D7E</t>
         </is>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="5" t="inlineStr">
         <is>
           <t>394</t>
         </is>
       </c>
       <c r="B153" s="4" t="inlineStr">
         <is>
           <t> MOTOR AGRALE 1 CILINDRO</t>
         </is>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="5" t="inlineStr">
         <is>
           <t>401</t>
         </is>
       </c>
       <c r="B154" s="4" t="inlineStr">
         <is>
           <t> JOGO DE ROLETES CAT 330 /336</t>
         </is>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="5" t="inlineStr">
         <is>
           <t>403</t>
         </is>
       </c>
       <c r="B155" s="4" t="inlineStr">
         <is>
           <t> REDUTOR CAT 330 /336</t>
         </is>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="5" t="inlineStr">
         <is>
           <t>404</t>
         </is>
       </c>
       <c r="B156" s="4" t="inlineStr">
         <is>
           <t> PISTÃO STICK COM H CAT 330 /336</t>
         </is>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="5" t="inlineStr">
         <is>
           <t>405</t>
         </is>
       </c>
       <c r="B157" s="4" t="inlineStr">
         <is>
           <t> PISTÃO DA CONCHA CAT 330 /336</t>
         </is>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="5" t="inlineStr">
         <is>
           <t>406</t>
         </is>
       </c>
       <c r="B158" s="4" t="inlineStr">
         <is>
           <t> PAR DE PISTÕES GEMEOS CAT 330 /336</t>
         </is>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="5" t="inlineStr">
         <is>
           <t>409</t>
         </is>
       </c>
       <c r="B159" s="4" t="inlineStr">
         <is>
           <t> COMANDO FINAL CAT D9H</t>
         </is>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="5" t="inlineStr">
         <is>
           <t>410</t>
         </is>
       </c>
       <c r="B160" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT D9H</t>
         </is>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="5" t="inlineStr">
         <is>
           <t>426</t>
         </is>
       </c>
       <c r="B161" s="4" t="inlineStr">
         <is>
           <t>Mini Carregadeira Bobcat S650</t>
         </is>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="5" t="inlineStr">
         <is>
           <t>501</t>
         </is>
       </c>
       <c r="B162" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] EIXO DIANTEIRO DANA</t>
         </is>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="5" t="inlineStr">
         <is>
           <t>502</t>
         </is>
       </c>
       <c r="B163" s="4" t="inlineStr">
         <is>
           <t> EIXO TRASEIRO DANA</t>
         </is>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="5" t="inlineStr">
         <is>
           <t>503</t>
         </is>
       </c>
       <c r="B164" s="4" t="inlineStr">
         <is>
           <t> RODA COM PNEU 20,5/25 12 FUROS</t>
         </is>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="5" t="inlineStr">
         <is>
           <t>504</t>
         </is>
       </c>
       <c r="B165" s="4" t="inlineStr">
         <is>
           <t> COROA DE GIRO CAT 345C/349D</t>
         </is>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="5" t="inlineStr">
         <is>
           <t>505</t>
         </is>
       </c>
       <c r="B166" s="4" t="inlineStr">
         <is>
           <t> REDUTOR DE GIRO CAT 345C/349D</t>
         </is>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="5" t="inlineStr">
         <is>
           <t>506</t>
         </is>
       </c>
       <c r="B167" s="4" t="inlineStr">
         <is>
           <t> RIPPER CATERPILLAR 120H,130H,140H</t>
         </is>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="5" t="inlineStr">
         <is>
           <t>534</t>
         </is>
       </c>
       <c r="B168" s="4" t="inlineStr">
         <is>
           <t>PAR DE PISTOES HIDRAULICOS.  MEDIDA COMPRIMENTO :6,38 MT   CIRC :142 ML </t>
         </is>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="5" t="inlineStr">
         <is>
           <t>535</t>
         </is>
       </c>
       <c r="B169" s="4" t="inlineStr">
         <is>
           <t> PISTÃO</t>
         </is>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="5" t="inlineStr">
         <is>
           <t>536</t>
         </is>
       </c>
       <c r="B170" s="4" t="inlineStr">
         <is>
           <t> MOTOR MERCEDES OM 452</t>
         </is>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="5" t="inlineStr">
         <is>
           <t>537</t>
         </is>
       </c>
       <c r="B171" s="4" t="inlineStr">
         <is>
           <t> PNEU 17,5 COM RODA</t>
         </is>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="5" t="inlineStr">
         <is>
           <t>540</t>
         </is>
       </c>
       <c r="B172" s="4" t="inlineStr">
         <is>
           <t> PAR DE ESTEIRAS CAT D6M</t>
         </is>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="5" t="inlineStr">
         <is>
           <t>541</t>
         </is>
       </c>
       <c r="B173" s="4" t="inlineStr">
         <is>
           <t> PAR DE ESTEIRAS D6T</t>
         </is>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="5" t="inlineStr">
         <is>
           <t>542</t>
         </is>
       </c>
       <c r="B174" s="4" t="inlineStr">
         <is>
           <t> 2 TRUQUES COM ROLETES CAT D6M</t>
         </is>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="5" t="inlineStr">
         <is>
           <t>543</t>
         </is>
       </c>
       <c r="B175" s="4" t="inlineStr">
         <is>
           <t> TANQUE DE COMBUSTIVEL CAT D6T</t>
         </is>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="5" t="inlineStr">
         <is>
           <t>545</t>
         </is>
       </c>
       <c r="B176" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT D6M</t>
         </is>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="5" t="inlineStr">
         <is>
           <t>548</t>
         </is>
       </c>
       <c r="B177" s="4" t="inlineStr">
         <is>
           <t> CONVERSOR DE TORQUE CAT D6T</t>
         </is>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>