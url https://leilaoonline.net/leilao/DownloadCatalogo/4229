--- v0 (2025-12-03)
+++ v1 (2026-02-21)
@@ -1241,61 +1241,61 @@
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t> Vassoura Industrial de arraste para uso em asfalto</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Não vendido</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>1.750,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
           <t> Embaladora de pisos e vidros - 2013</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">