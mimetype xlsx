--- v0 (2025-11-05)
+++ v1 (2025-12-03)
@@ -281,691 +281,691 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> APROX. 750 PÇS. MINI DISJUNTORES VÁRIAS MARCAS E AMPERAGENS</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> APROX. 100 PÇS. DISJUNTORES VÁRIAS MARCAS</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>680,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> 35 UN. TRANSFORMADORES DE CORRENTE VÁRIAS MARCA E AMPERAGENS</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> APROX. 700 PÇS - BOTÕES, SINALEIROS DIVERSOS</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>480,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>APROX. 4.600 UN. -  BORNES DIVERSOS TAMANHO E MODELOS</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> APROX. 180 PÇS. PORTA FUSIL DIVERSOS</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> APROX. 16 PÇS. - SECCIONADORAS DIVERSAS</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>320,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>APROX. 31 PÇS. -  PNEUMÁTICOS DIVERSOS</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>220,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t> 85 UN. RELES DIVERSOS</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>220,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> 22 PÇS. - CHAVES, DISJUNTORES, FIM DE CURSO</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>140,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t> QUADRO</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>140,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> MARCADOR DE CABO</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t> APROX. 210 PÇS. - RELES E APARELHOS DIVERSOS</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.350,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t> CADEIRA DE MASSAGEM</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t> INVERSOR DE FREQUENCIA 5CV 380V</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>280,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> FONTE MINIMA MPL-3003D</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>140,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t> MAQUINA DE DESENTUPIR COM CABOS</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>260,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t> APROX. 18.000 BORNERS DIVERSOS USADOS NO ESTADO</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t> APROX. 300 RESISTENCIAS DIVERSAS</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t>02 PÇS.  - CONTATORES MOELLER MOD. DIL M650-650 AMPÉRES</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t>02 PÇS. - BASES PARA FUSIVÉIS NH HOLEC</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>