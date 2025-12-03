--- v0 (2025-11-02)
+++ v1 (2025-12-03)
@@ -281,51 +281,51 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! CHEVROLET/S10 LS DS4; 2021/2022; BRANCA; DIESEL  - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
@@ -377,115 +377,115 @@
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>MMC/L200 TRITON HPE D; 2014/2015; PRETA; DIESEL - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>61.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO FORD/F4000; ANO 1977/1977; COR AZUL; COMB. DIESEL; C/ PRANCHA </t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>36.250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2010/2010; PRATA; DIESEL - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
@@ -537,83 +537,83 @@
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! CHEVROLET/S10 LTZ FD2; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>58.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNC. - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
@@ -633,51 +633,51 @@
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! CHEVROLET/S10 LT DD4A; 2021/2022; BRANCA; DIESEL - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>88.750,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
@@ -825,51 +825,51 @@
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>46.250,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t>JINBEI M35; ANO 2010/2010; COR BRANCA; COMB. GASOLINA - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>