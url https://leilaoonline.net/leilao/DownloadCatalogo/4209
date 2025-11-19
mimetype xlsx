--- v0 (2025-10-26)
+++ v1 (2025-11-19)
@@ -95,94 +95,98 @@
   <cellStyleXfs count="20">
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="true" borderId="0" fillId="0" fontId="0" numFmtId="164">
       <alignment horizontal="general" indent="0" shrinkToFit="false" textRotation="0" vertical="bottom" wrapText="false"/>
       <protection hidden="false" locked="true"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="43"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="41"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="44"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="42"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="9"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="6">
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="4" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="5" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf applyAlignment="true" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="5" numFmtId="165" xfId="0">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F10"/>
+  <dimension ref="A1:F35"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
@@ -261,50 +265,850 @@
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="5" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="B11" s="4" t="inlineStr">
+        <is>
+          <t> FIAT DOBLO 1.8 ESSENCE FROTA:  11348 ANO/MOD.:  2020 .PLACA FINAL: 8. OBS MOTOR BAIXANDO OLEO E FALHANDO. NO ESTADO.  </t>
+        </is>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="B12" s="4" t="inlineStr">
+        <is>
+          <t> FIAT STRADA 1.4 HARD WORKING FROTA:  11358 ANO/MOD.:  2019 . PLACA FINAL: 5. OBS MOTOR BAIXANDO OLEO. NO ESTADO.</t>
+        </is>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="B13" s="4" t="inlineStr">
+        <is>
+          <t> FIAT DOBLO 1.8 ESSENCE FROTA:  11394 ANO/MOD.:  2019 .PLACA FINAL: 8. NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="B14" s="4" t="inlineStr">
+        <is>
+          <t> GOL1.6 G6 FROTA:  11212 ANO/MOD.:  2012 . PLACA FINAL: 4. NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="B15" s="4" t="inlineStr">
+        <is>
+          <t> KOMBI 1.4  FROTA:  11352 ANO/MOD.:  2013 PLACA:FINAL: 5  OBS MOTOR BAIXANDO OLEO. NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="B16" s="4" t="inlineStr">
+        <is>
+          <t> MOTO HONDA  NRX 160 BROS FROTA:  10197 ANO/MOD.:  2019 PLACA: FINAL: 2 . NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="B17" s="4" t="inlineStr">
+        <is>
+          <t> MOTO HONDA  NRX 160 BROS FROTA:  10216 ANO/MOD.:  2021 PLACA: FINAL: 5 . NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="B18" s="4" t="inlineStr">
+        <is>
+          <t> FIAT STRADA 1.4 HARD ENDURANCE V2 FROTA:  11396 ANO/MOD.:  2023 PLACA: FINAL: 5.  NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="B19" s="4" t="inlineStr">
+        <is>
+          <t> FIAT STRADA 1.4 HARD WORKING V2 FROTA:  11367 ANO/MOD.:  2019 PLACA: FINAL: 3 . NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="B20" s="4" t="inlineStr">
+        <is>
+          <t> FIAT STRADA 1.4 HARD ENDURANCE V2 FROTA:  11395 ANO/MOD.:  2023 PLACA: FINAL: 5 .NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>47.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="B21" s="4" t="inlineStr">
+        <is>
+          <t> VW SAVEIRO  1.6  ROUBUST FROTA:  11349 ANO/MOD.:  2020 PLACA: FINAL:  7 . NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="B22" s="4" t="inlineStr">
+        <is>
+          <t> FIAT STRADA 1.4 HARD WORKING V2 FROTA:  11365 ANO/MOD.:  2019 PLACA: FINAL: 4 . NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="B23" s="4" t="inlineStr">
+        <is>
+          <t> VW SAVEIRO  1.6  ROUBUST FROTA:  11350 ANO/MOD.:  2020 PLACA: FINAL: 8 . NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>42.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="B24" s="4" t="inlineStr">
+        <is>
+          <t> VOLVO FH 13.520 6X4  V4 FROTA:  13533 ANO/MOD.:  2007 PLACA: FINAL: 3 . NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>107</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>166.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="B25" s="4" t="inlineStr">
+        <is>
+          <t> CAT D5 FROTA:  14026 ANO/MOD.:  2022 .  NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>295.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="B26" s="4" t="inlineStr">
+        <is>
+          <t> COLHEITADEIRA JOHN DEERE CH 570 FROTA:  12147 ANO/MOD.:  2016 . NO ESTADO</t>
+        </is>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="B27" s="4" t="inlineStr">
+        <is>
+          <t> COLHEITADEIRA JOHN DEERE CH 570 FROTA:  12148 ANO/MOD.:  2016 . NO ESTADO.</t>
+        </is>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="B28" s="4" t="inlineStr">
+        <is>
+          <t> COLHEITADEIRA JOHN DEERE CH 570 FROTA:  12146 ANO/MOD.:  2016 . NO ESTADO.</t>
+        </is>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="B29" s="4" t="inlineStr">
+        <is>
+          <t> COLHEITADEIRA JOHN DEERE CH 570 FROTA:  12145 ANO/MOD.:  2016 . NO ESTADO.</t>
+        </is>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="B30" s="4" t="inlineStr">
+        <is>
+          <t> COLHEITADEIRAJOHN DEERE 3520 FROTA:  12141 ANO/MOD.:  2015 . NO ESTADO.</t>
+        </is>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="B31" s="4" t="inlineStr">
+        <is>
+          <t> COLHEITADEIRAJOHN DEERE 3520 FROTA:  12143 ANO/MOD.:  2015 . NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="B32" s="4" t="inlineStr">
+        <is>
+          <t> COLHEITADEIRAJOHN DEERE 3520 FROTA:  12140 ANO/MOD.:  2015 . NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>56.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="B33" s="4" t="inlineStr">
+        <is>
+          <t> COLHEITADEIRAJOHN DEERE 3520 FROTA:  12144 ANO/MOD.:  2015 . NO ESTADO. </t>
+        </is>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="B34" s="4" t="inlineStr">
+        <is>
+          <t> COLHEITADEIRA JOHN DEERE CH 570 FROTA:  12152 ANO/MOD.:  2016 . NO ESTADO.</t>
+        </is>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="B35" s="4" t="inlineStr">
+        <is>
+          <t> IMPLEMENTO COMBOIO MARCA IMPACTO COM CAPACIDADE PARA 8000 LITROS DE DIESEL (2 TANQUES DE 4000 LITROS CADA), 8 VASOS DE PRESSÃO PARA ÓLEO LUBRIFICANTE E 1 VASO DE PRESSÃO PARA AR COMPRIMIDO</t>
+        </is>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>