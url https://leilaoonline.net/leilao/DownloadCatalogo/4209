--- v1 (2025-11-19)
+++ v2 (2025-12-24)
@@ -473,83 +473,83 @@
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> MOTO HONDA  NRX 160 BROS FROTA:  10216 ANO/MOD.:  2021 PLACA: FINAL: 5 . NO ESTADO. </t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t> FIAT STRADA 1.4 HARD ENDURANCE V2 FROTA:  11396 ANO/MOD.:  2023 PLACA: FINAL: 5.  NO ESTADO. </t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
@@ -569,51 +569,51 @@
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> FIAT STRADA 1.4 HARD ENDURANCE V2 FROTA:  11395 ANO/MOD.:  2023 PLACA: FINAL: 5 .NO ESTADO. </t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>47.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
@@ -729,51 +729,51 @@
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>166.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t> CAT D5 FROTA:  14026 ANO/MOD.:  2022 .  NO ESTADO. </t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>295.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
@@ -857,51 +857,51 @@
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>54.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t> COLHEITADEIRA JOHN DEERE CH 570 FROTA:  12145 ANO/MOD.:  2016 . NO ESTADO.</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>49.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
@@ -1017,51 +1017,51 @@
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>49.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> COLHEITADEIRA JOHN DEERE CH 570 FROTA:  12152 ANO/MOD.:  2016 . NO ESTADO.</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">