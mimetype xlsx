--- v0 (2025-10-23)
+++ v1 (2025-12-03)
@@ -142,51 +142,51 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F280"/>
+  <dimension ref="A1:F285"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
@@ -271,8682 +271,8842 @@
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="B11" s="4" t="inlineStr">
+        <is>
+          <t>CHAVE SECCIONADORA CEBEL COM FUSÍVEIS</t>
+        </is>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
-          <t>Impressora Multifuncional Ricoh MP 5210 </t>
+          <t>Impressora Multifuncional Ricoh MP 5210</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>2</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>Impressora Multifuncional Ricoh MP 5210 </t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>3</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
-          <t>Impressora Multifuncional Ricoh MP 5210. Unidade de chão com rodízios (com bandejas adicionais)</t>
+          <t>Impressora Multifuncional Ricoh MP 5210 </t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>950,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>4</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
-          <t>LANCHA DIAMAR ANO 1993  23 PÉS ( 7,60MTS) MOTOR CARBURADO 200HP / COM TOLDO/ REBOQUE/FERREIRA   2 EIXOS ANO 20/21  ( DOC. OK)</t>
+          <t>Impressora Multifuncional Ricoh MP 5210. Unidade de chão com rodízios (com bandejas adicionais)</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>90.000,00</t>
+          <t>650,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>350.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>5</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
-          <t>VW/GOL CL 1.6 MI  ANO 1998/1999 GASOLINA COR BRANCA- FUNCIONANDO (no estado)</t>
+          <t>LANCHA DIAMAR ANO 1993  23 PÉS ( 7,60MTS) MOTOR CARBURADO 200HP / COM TOLDO/ REBOQUE/FERREIRA   2 EIXOS ANO 20/21  ( DOC. OK)</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>9.500,00</t>
+          <t>90.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>6</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t>TOYOTA BANDEIRANTES - PRATA - ANO 1983</t>
+          <t>APROX. 40 UN.. - DIVERSOS EQUIPAMENTOS INDUSTRIAIS, FORNO, MICROSCÓPIO (lote 01)</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>65.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>8</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t> Lote com Placas de Computador, processadores, roteadores, gabinetes de TV, cooler, modem, fontes, leitores de CD/DVD/ e leitores de cartão. Veja relação de itens.</t>
+          <t>VW/GOL CL 1.6 MI  ANO 1998/1999 GASOLINA COR BRANCA- FUNCIONANDO (no estado)</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>9.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>9</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t> Lote com TVs, Placas de TVs, autofalantes de TVs, Placas de wi-fi, PLACA DE CAPTURA PIXEVIEW, e Placas Diversas. Veja relação de itens.</t>
+          <t>TOYOTA BANDEIRANTES - PRATA - ANO 1983</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>65.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>10</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
-          <t>[ VÍDEO ] FORD / RANGER LTD CD4  32  LIMITED. - ANO 2013/2014 - DIESEL - COR PRETA  - DOC. OK  - AUTOMÁTICA  (MOTOR DESMONTADO)</t>
+          <t> Lote com Placas de Computador, processadores, roteadores, gabinetes de TV, cooler, modem, fontes, leitores de CD/DVD/ e leitores de cartão. Veja relação de itens.</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>35.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>11</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
-          <t> Acessórios Diversos - Pós hospitalares - Vide relação em anexo. </t>
+          <t> Lote com TVs, Placas de TVs, autofalantes de TVs, Placas de wi-fi, PLACA DE CAPTURA PIXEVIEW, e Placas Diversas. Veja relação de itens.</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>12</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
-          <t>Peças em louça da década de 40</t>
+          <t>[ VÍDEO ] FORD / RANGER LTD CD4  32  LIMITED. - ANO 2013/2014 - DIESEL - COR PRETA  - DOC. OK  - AUTOMÁTICA  (MOTOR DESMONTADO)</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>35.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>13</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t>01 UNIDADE DE BARRIL DE CARVALHO DE 200 LITROS.</t>
+          <t> Acessórios Diversos - Pós hospitalares - Vide relação em anexo. </t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>19</t>
+          <t>16</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
-          <t>Caixa de direção de paleteira. Sem teste</t>
+          <t>Peças em louça da década de 40</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>110,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>17</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t>Lote de manequins de fibra com avarias.</t>
+          <t>01 UNIDADE DE BARRIL DE CARVALHO DE 200 LITROS.</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>110,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>19</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t>APROX. 142 ITENS: IMPRESSORAS, MONITORES, SCANER. CONFIRA RELAÇÃO</t>
+          <t>Caixa de direção de paleteira. Sem teste</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>110,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>20</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
-          <t> 01 UN. - MOTOR 10 HP 380/660</t>
+          <t>Lote de manequins de fibra com avarias.</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>110,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>43</t>
+          <t>23</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t> 01 UN. - MOTOR 10 HP 380/660</t>
+          <t>APROX. 142 ITENS: IMPRESSORAS, MONITORES, SCANER. CONFIRA RELAÇÃO</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>45</t>
+          <t>42</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t>COMPRESSOR DE AR INSENTO DE OLEO</t>
+          <t> 01 UN. - MOTOR 10 HP 380/660</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>110,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>43</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
-          <t>APROX. 250 UNIDADES APOIO DE TECLADO E MOUSE  - Medidas : 66x33x3</t>
+          <t> 01 UN. - MOTOR 10 HP 380/660</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>4.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>45</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
-          <t> 02 FRITADEIRAS A GÁS</t>
+          <t>COMPRESSOR DE AR INSENTO DE OLEO</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>2.100,00</t>
+          <t>110,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>66</t>
+          <t>47</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
-          <t> Bomba inox com motor trifásico</t>
+          <t>APROX. 250 UNIDADES APOIO DE TECLADO E MOUSE  - Medidas : 66x33x3</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
-          <t>3.500,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
-          <t>350.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>67</t>
+          <t>48</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
-          <t> Máquina de café /capuccino 110 v</t>
+          <t> 02 FRITADEIRAS A GÁS</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
-          <t>220,00</t>
+          <t>2.100,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
-          <t>75.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>87</t>
+          <t>66</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
-          <t> Injetora de poliuretano precisa de reparos</t>
+          <t> Bomba inox com motor trifásico</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>4.000,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
-          <t>450.00</t>
+          <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>88</t>
+          <t>67</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t> Compressor wayne 60 pes com motor de 15 hp - funcionando</t>
+          <t> Máquina de café /capuccino 110 v</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>4.500,00</t>
+          <t>220,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>75.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>89</t>
+          <t>87</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t> Dois projetores antigos</t>
+          <t> Injetora de poliuretano precisa de reparos</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>300,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>450.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>88</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
-          <t> Caixa registradora ano 70</t>
+          <t> Compressor wayne 60 pes com motor de 15 hp - funcionando</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>600,00</t>
+          <t>4.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>91</t>
+          <t>89</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
-          <t> Suqueira antiga 110v</t>
+          <t> Dois projetores antigos</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>550,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>92</t>
+          <t>90</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
-          <t> Máquina de sorvete e milk shake 220 v - sem teste no estado</t>
+          <t> Caixa registradora ano 70</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>3.500,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
-          <t>450.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>94</t>
+          <t>91</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
-          <t> Chopeira a gelo</t>
+          <t> Suqueira antiga 110v</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>550,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
-          <t>30.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>95</t>
+          <t>92</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
-          <t> Maquina para marcenaria</t>
+          <t> Máquina de sorvete e milk shake 220 v - sem teste no estado</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>1.750,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>450.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>96</t>
+          <t>94</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t> Perfuradora de papel eletrico</t>
+          <t> Chopeira a gelo</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>560,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>97</t>
+          <t>95</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
-          <t> 6 unid.Base de tv</t>
+          <t> Maquina para marcenaria</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>150,00</t>
+          <t>1.750,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
-          <t>30.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>98</t>
+          <t>96</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
-          <t> Amassadeira rapida 15 kg trifasica no estado -</t>
+          <t> Perfuradora de papel eletrico</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>700,00</t>
+          <t>560,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>99</t>
+          <t>97</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
-          <t> Multi split springer dutado 4 tr 220 v trifásico</t>
+          <t> 6 unid.Base de tv</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>98</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t> 50 un. meias la e 50 toucas lã -produto sem uso</t>
+          <t> Amassadeira rapida 15 kg trifasica no estado -</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>560,00</t>
+          <t>700,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>99</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t> Sucata de 2 un. condensadoras 5 hp</t>
+          <t> Multi split springer dutado 4 tr 220 v trifásico</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>1.050,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>100</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
-          <t> 4 enceradeiras industrial</t>
+          <t> 50 un. meias la e 50 toucas lã -produto sem uso</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>1.050,00</t>
+          <t>560,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>103</t>
+          <t>101</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
-          <t> Coifa galvanizada 2 metros</t>
+          <t> Sucata de 2 un. condensadoras 5 hp</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>850,00</t>
+          <t>1.050,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>102</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t> purificador</t>
+          <t> 4 enceradeiras industrial</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>150,00</t>
+          <t>1.050,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>103</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
-          <t> Maquina produtora de salgados sem teste /pegou enchente - no estado</t>
+          <t> Coifa galvanizada 2 metros</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>1.260,00</t>
+          <t>850,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>106</t>
+          <t>104</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
-          <t> 3 pçs para chopeira torneiras e extratora</t>
+          <t> purificador</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
-          <t>380,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>107</t>
+          <t>105</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
-          <t> Helice de inox </t>
+          <t> Maquina produtora de salgados sem teste /pegou enchente - no estado</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>780,00</t>
+          <t>1.260,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>108</t>
+          <t>106</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
-          <t> Checkaut 2 metros</t>
+          <t> 3 pçs para chopeira torneiras e extratora</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
-          <t>750,00</t>
+          <t>380,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>30.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>107</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
-          <t> Ventilador ou exautor industrial motor weg -no estado sem teste</t>
+          <t> Helice de inox </t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
-          <t>420,00</t>
+          <t>780,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>108</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
-          <t> Marcador eletrico 220 v</t>
+          <t> Checkaut 2 metros</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
-          <t>245,00</t>
+          <t>750,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>112</t>
+          <t>110</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
-          <t> Forno turbo 8 esteiras</t>
+          <t> Ventilador ou exautor industrial motor weg -no estado sem teste</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
-          <t>1.050,00</t>
+          <t>420,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>111</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
-          <t> 1 tanque 20 pes /motor eletrico e dois cabeçotes de compressor (sem teste no estado )</t>
+          <t> Marcador eletrico 220 v</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
-          <t>2.450,00</t>
+          <t>245,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>114</t>
+          <t>112</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
-          <t> 5 un. cubas de pia em inox</t>
+          <t> Forno turbo 8 esteiras</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>1.050,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>115</t>
+          <t>113</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
-          <t> Sucata de fatiador de frios</t>
+          <t> 1 tanque 20 pes /motor eletrico e dois cabeçotes de compressor (sem teste no estado )</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
-          <t>250,00</t>
+          <t>2.450,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>116</t>
+          <t>114</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
-          <t> 2 Mini tvs</t>
+          <t> 5 un. cubas de pia em inox</t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
-          <t>150,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>117</t>
+          <t>115</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
-          <t> Máquinas de datilografia</t>
+          <t> Sucata de fatiador de frios</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
-          <t>350,00</t>
+          <t>250,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>118</t>
+          <t>116</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
-          <t> Bomba d’água</t>
+          <t> 2 Mini tvs</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
-          <t>350,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>117</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
-          <t> Sucata de compressor 5 unidades</t>
+          <t> Máquinas de datilografia</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>118</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
-          <t> Batedeira /amassadeira industrial com motor sem tacho no estado</t>
+          <t> Bomba d’água</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
-          <t>1.750,00</t>
+          <t>350,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>120</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
-          <t> 4un. aquecedores 110 v</t>
+          <t> Sucata de compressor 5 unidades</t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>121</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
-          <t> serra de corte de pedra de marmore</t>
+          <t> Batedeira /amassadeira industrial com motor sem tacho no estado</t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
-          <t>30.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>123</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
-          <t> Pedra grill 110 v</t>
+          <t> 4un. aquecedores 110 v</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
-          <t>380,00</t>
+          <t>350,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>124</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
-          <t> Sucata compressor</t>
+          <t> serra de corte de pedra de marmore</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
-          <t>350,00</t>
+          <t>1.750,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>127</t>
+          <t>125</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
-          <t> Motoredutor MS633-4 B14 trifasico -funcionando</t>
+          <t> Pedra grill 110 v</t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
-          <t>560,00</t>
+          <t>380,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>128</t>
+          <t>126</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
-          <t> Motoredutor MS633-4 B14 trifasico -funcionando</t>
+          <t> Sucata compressor</t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
-          <t>560,00</t>
+          <t>350,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>129</t>
+          <t>127</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
-          <t> Inversor trifasico ACS 350 no estado</t>
+          <t> Motoredutor MS633-4 B14 trifasico -funcionando</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>560,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>128</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
-          <t> Fonte de alimentação TRIO-Ps/1AC 24DC/20</t>
+          <t> Motoredutor MS633-4 B14 trifasico -funcionando</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>560,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>129</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
-          <t> Maquina de rebitar freio</t>
+          <t> Inversor trifasico ACS 350 no estado</t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
-          <t>4.000,00</t>
+          <t>560,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>130</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
-          <t> Maquina de rebitar freio</t>
+          <t> Fonte de alimentação TRIO-Ps/1AC 24DC/20</t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
-          <t>4.000,00</t>
+          <t>560,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>131</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
-          <t> Fonte de alim.TRIO-PS/1AC24DC/20   1VDH479N 220 vca p/384 ( 2 cv )</t>
+          <t> Maquina de rebitar freio</t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
-          <t>850,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
-          <t>135</t>
+          <t>132</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
-          <t> Motor para acoplamento trifasico funcionando</t>
+          <t> Maquina de rebitar freio</t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
-          <t>350,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
-          <t>136</t>
+          <t>134</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
-          <t> Motor para acoplamento trifasico funcionando</t>
+          <t> Fonte de alim.TRIO-PS/1AC24DC/20   1VDH479N 220 vca p/384 ( 2 cv )</t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
-          <t>350,00</t>
+          <t>850,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
-          <t>137</t>
+          <t>135</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
-          <t> 10 un. nichos  1 abajur retratil</t>
+          <t> Motor para acoplamento trifasico funcionando</t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
-          <t>420,00</t>
+          <t>350,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
-          <t>138</t>
+          <t>136</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
-          <t> 10 un. nichos  1 abajur retratil</t>
+          <t> Motor para acoplamento trifasico funcionando</t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
-          <t>420,00</t>
+          <t>350,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
-          <t>139</t>
+          <t>137</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
-          <t> 7 filtros Tecfil  PSL523</t>
+          <t> 10 un. nichos  1 abajur retratil</t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>420,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>138</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
-          <t> Maquina de corte de isolação</t>
+          <t> 10 un. nichos  1 abajur retratil</t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
-          <t>1.400,00</t>
+          <t>420,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>139</t>
         </is>
       </c>
       <c r="B83" s="4" t="inlineStr">
         <is>
-          <t> 50 un. bandeijas de inox</t>
+          <t> 7 filtros Tecfil  PSL523</t>
         </is>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
-          <t>490,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>140</t>
         </is>
       </c>
       <c r="B84" s="4" t="inlineStr">
         <is>
-          <t> Lote de saldos,sucatas,partes e peças - eletroportáteis,coifa,aquecedores,grill,luminarias,bebedouros ,pan.eletrica,umidificador,acessorios partes ,peças ,e incompletos aprox .60 itens (palet 1.20x1.20x1altura</t>
+          <t> Maquina de corte de isolação</t>
         </is>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
-          <t>700,00</t>
+          <t>1.400,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
-          <t>143</t>
+          <t>141</t>
         </is>
       </c>
       <c r="B85" s="4" t="inlineStr">
         <is>
-          <t> Turbina com motor weg</t>
+          <t> 50 un. bandeijas de inox</t>
         </is>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
-          <t>2.450,00</t>
+          <t>490,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>142</t>
         </is>
       </c>
       <c r="B86" s="4" t="inlineStr">
         <is>
-          <t>APROX. 5.000 PARAFUSOS DE AÇO DIVERSAS MEDIDAS</t>
+          <t> Lote de saldos,sucatas,partes e peças - eletroportáteis,coifa,aquecedores,grill,luminarias,bebedouros ,pan.eletrica,umidificador,acessorios partes ,peças ,e incompletos aprox .60 itens (palet 1.20x1.20x1altura</t>
         </is>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>700,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>143</t>
         </is>
       </c>
       <c r="B87" s="4" t="inlineStr">
         <is>
-          <t> Câmeras, cocinete, grampeador tapeceiro......</t>
+          <t> Turbina com motor weg</t>
         </is>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
-          <t>80,00</t>
+          <t>2.450,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
-          <t>202</t>
+          <t>200</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
-          <t> Conjunto Didático de Automação Predial</t>
+          <t>APROX. 5.000 PARAFUSOS DE AÇO DIVERSAS MEDIDAS</t>
         </is>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
-          <t>250,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
-          <t>30.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
-          <t>203</t>
+          <t>201</t>
         </is>
       </c>
       <c r="B89" s="4" t="inlineStr">
         <is>
-          <t> Expositor giratório de bolos e tortas Frilux-220 VOLTS FUNCIONANDO</t>
+          <t> Câmeras, cocinete, grampeador tapeceiro......</t>
         </is>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
-          <t>3.800,00</t>
+          <t>80,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
-          <t>204</t>
+          <t>202</t>
         </is>
       </c>
       <c r="B90" s="4" t="inlineStr">
         <is>
-          <t> 8 un. - Contrapesopara Ombrelone Auto Equip.</t>
+          <t> Conjunto Didático de Automação Predial</t>
         </is>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>250,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>203</t>
         </is>
       </c>
       <c r="B91" s="4" t="inlineStr">
         <is>
-          <t> Fechadura Biométrica digital Adel</t>
+          <t> Expositor giratório de bolos e tortas Frilux-220 VOLTS FUNCIONANDO</t>
         </is>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
-          <t>380,00</t>
+          <t>3.800,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>204</t>
         </is>
       </c>
       <c r="B92" s="4" t="inlineStr">
         <is>
-          <t>Eletrodomésticos e Escova Secadora Soft e outros</t>
+          <t> 8 un. - Contrapesopara Ombrelone Auto Equip.</t>
         </is>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
-          <t>80,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
-          <t>207</t>
+          <t>205</t>
         </is>
       </c>
       <c r="B93" s="4" t="inlineStr">
         <is>
-          <t> LOTE DE LUMINÁRIAS DIVERSAS</t>
+          <t> Fechadura Biométrica digital Adel</t>
         </is>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>380,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
-          <t>208</t>
+          <t>206</t>
         </is>
       </c>
       <c r="B94" s="4" t="inlineStr">
         <is>
-          <t> Geladeira Visacooler, 3 prateleiras</t>
+          <t>Eletrodomésticos e Escova Secadora Soft e outros</t>
         </is>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
-          <t>650,00</t>
+          <t>80,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
-          <t>210</t>
+          <t>207</t>
         </is>
       </c>
       <c r="B95" s="4" t="inlineStr">
         <is>
-          <t>TAPATE DE FIBRA EMBORRACHADO - 2,50 X 1,60</t>
+          <t> LOTE DE LUMINÁRIAS DIVERSAS</t>
         </is>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
-          <t>180,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="5" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>208</t>
         </is>
       </c>
       <c r="B96" s="4" t="inlineStr">
         <is>
-          <t> Impressoras Epson, HP e outros(sem a estante)-10 unidades</t>
+          <t> Geladeira Visacooler, 3 prateleiras</t>
         </is>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>650,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
-          <t>30.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="5" t="inlineStr">
         <is>
-          <t>212</t>
+          <t>210</t>
         </is>
       </c>
       <c r="B97" s="4" t="inlineStr">
         <is>
-          <t> 7 Interface de Comando Industrial</t>
+          <t>TAPATE DE FIBRA EMBORRACHADO - 2,50 X 1,60</t>
         </is>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
-          <t>350,00</t>
+          <t>180,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
-          <t>30.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="5" t="inlineStr">
         <is>
-          <t>213</t>
+          <t>211</t>
         </is>
       </c>
       <c r="B98" s="4" t="inlineStr">
         <is>
-          <t> Máquina de escrever-Funcionando-Olivetti LINEA 98</t>
+          <t> Impressoras Epson, HP e outros(sem a estante)-10 unidades</t>
         </is>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
-          <t>250,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="5" t="inlineStr">
         <is>
-          <t>214</t>
+          <t>212</t>
         </is>
       </c>
       <c r="B99" s="4" t="inlineStr">
         <is>
-          <t> Laboratório Móvel Autolabor</t>
+          <t> 7 Interface de Comando Industrial</t>
         </is>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
-          <t>250,00</t>
+          <t>350,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="5" t="inlineStr">
         <is>
-          <t>215</t>
+          <t>213</t>
         </is>
       </c>
       <c r="B100" s="4" t="inlineStr">
         <is>
-          <t> Mesa redonda c/ 4 cadeiras brancas</t>
+          <t> Máquina de escrever-Funcionando-Olivetti LINEA 98</t>
         </is>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
-          <t>350,00</t>
+          <t>250,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="5" t="inlineStr">
         <is>
-          <t>216</t>
+          <t>214</t>
         </is>
       </c>
       <c r="B101" s="4" t="inlineStr">
         <is>
-          <t> Mini Cilindro Disco de Pizza-Marca Eco-Toda em Inox-Funcionando</t>
+          <t> Laboratório Móvel Autolabor</t>
         </is>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
-          <t>13.900,00</t>
+          <t>250,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
-          <t>650.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="5" t="inlineStr">
         <is>
-          <t>220</t>
+          <t>215</t>
         </is>
       </c>
       <c r="B102" s="4" t="inlineStr">
         <is>
-          <t> Persiana Branca Romana-L:2,63xA:2,00</t>
+          <t> Mesa redonda c/ 4 cadeiras brancas</t>
         </is>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
-          <t>280,00</t>
+          <t>350,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
-          <t>30.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="5" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>216</t>
         </is>
       </c>
       <c r="B103" s="4" t="inlineStr">
         <is>
-          <t> Porta 82cm, com barra de apoio, chave e guarnição</t>
+          <t> Mini Cilindro Disco de Pizza-Marca Eco-Toda em Inox-Funcionando</t>
         </is>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
-          <t>150,00</t>
+          <t>13.900,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>650.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="5" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>220</t>
         </is>
       </c>
       <c r="B104" s="4" t="inlineStr">
         <is>
-          <t> Projetor para TV, embutir no forro s/uso/com motor e braço articulado</t>
+          <t> Persiana Branca Romana-L:2,63xA:2,00</t>
         </is>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
-          <t>750,00</t>
+          <t>280,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="5" t="inlineStr">
         <is>
-          <t>223</t>
+          <t>221</t>
         </is>
       </c>
       <c r="B105" s="4" t="inlineStr">
         <is>
-          <t> Placas e Acessórios</t>
+          <t> Porta 82cm, com barra de apoio, chave e guarnição</t>
         </is>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
-          <t>350,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
-          <t>30.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="5" t="inlineStr">
         <is>
-          <t>224</t>
+          <t>222</t>
         </is>
       </c>
       <c r="B106" s="4" t="inlineStr">
         <is>
-          <t> Resfriador de água-ECO ER- 400 Litros-220 VOLTS- Funcionando</t>
+          <t> Projetor para TV, embutir no forro s/uso/com motor e braço articulado</t>
         </is>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
-          <t>4.500,00</t>
+          <t>750,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="5" t="inlineStr">
         <is>
-          <t>228</t>
+          <t>223</t>
         </is>
       </c>
       <c r="B107" s="4" t="inlineStr">
         <is>
-          <t>Toners diversos usados</t>
+          <t> Placas e Acessórios</t>
         </is>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
-          <t>180,00</t>
+          <t>350,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="5" t="inlineStr">
         <is>
-          <t>234</t>
+          <t>224</t>
         </is>
       </c>
       <c r="B108" s="4" t="inlineStr">
         <is>
-          <t> Condensadora Elgin 24.000 BTU e suportes da Evapoadora</t>
+          <t> Resfriador de água-ECO ER- 400 Litros-220 VOLTS- Funcionando</t>
         </is>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
-          <t>750,00</t>
+          <t>4.500,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="5" t="inlineStr">
         <is>
-          <t>235</t>
+          <t>228</t>
         </is>
       </c>
       <c r="B109" s="4" t="inlineStr">
         <is>
-          <t> 9 un. Reguladores de Pressão_diversos</t>
+          <t>Toners diversos usados</t>
         </is>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
-          <t>350,00</t>
+          <t>180,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
-          <t>30.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="5" t="inlineStr">
         <is>
-          <t>236</t>
+          <t>234</t>
         </is>
       </c>
       <c r="B110" s="4" t="inlineStr">
         <is>
-          <t> Ar Condicionado 9.000 BTU_Quente e Frio</t>
+          <t> Condensadora Elgin 24.000 BTU e suportes da Evapoadora</t>
         </is>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
-          <t>350,00</t>
+          <t>750,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
-          <t>30.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="5" t="inlineStr">
         <is>
-          <t>237</t>
+          <t>235</t>
         </is>
       </c>
       <c r="B111" s="4" t="inlineStr">
         <is>
-          <t> Condensadora da Câmara Fria e Cortina de Ar</t>
+          <t> 9 un. Reguladores de Pressão_diversos</t>
         </is>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
-          <t>750,00</t>
+          <t>350,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="5" t="inlineStr">
         <is>
-          <t>238</t>
+          <t>236</t>
         </is>
       </c>
       <c r="B112" s="4" t="inlineStr">
         <is>
-          <t> 10 Reguladores de Pressão_diversos</t>
+          <t> Ar Condicionado 9.000 BTU_Quente e Frio</t>
         </is>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="5" t="inlineStr">
         <is>
-          <t>239</t>
+          <t>237</t>
         </is>
       </c>
       <c r="B113" s="4" t="inlineStr">
         <is>
-          <t> Turbilhão Galano</t>
+          <t> Condensadora da Câmara Fria e Cortina de Ar</t>
         </is>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
-          <t>950,00</t>
+          <t>750,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="5" t="inlineStr">
         <is>
-          <t>240</t>
+          <t>238</t>
         </is>
       </c>
       <c r="B114" s="4" t="inlineStr">
         <is>
-          <t> 2 Furadeiras</t>
+          <t> 10 Reguladores de Pressão_diversos</t>
         </is>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
-          <t>100,00</t>
+          <t>350,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="5" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>239</t>
         </is>
       </c>
       <c r="B115" s="4" t="inlineStr">
         <is>
-          <t> Lava e Seca 10,2 Kilos, LG, Inverter_FUNCIONANDO</t>
+          <t> Turbilhão Galano</t>
         </is>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>950,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="5" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>240</t>
         </is>
       </c>
       <c r="B116" s="4" t="inlineStr">
         <is>
-          <t> 10 Cadeiras de escritório com encosto e braço</t>
+          <t> 2 Furadeiras</t>
         </is>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
-          <t>490,00</t>
+          <t>100,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="5" t="inlineStr">
         <is>
-          <t>243</t>
+          <t>241</t>
         </is>
       </c>
       <c r="B117" s="4" t="inlineStr">
         <is>
-          <t> 12 Réguas com tomadas_diversas(sem a caixa plástica)</t>
+          <t> Lava e Seca 10,2 Kilos, LG, Inverter_FUNCIONANDO</t>
         </is>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
-          <t>230,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="5" t="inlineStr">
         <is>
-          <t>244</t>
+          <t>242</t>
         </is>
       </c>
       <c r="B118" s="4" t="inlineStr">
         <is>
-          <t>Móvel/Floreira com 1 porta- 40cm largura X 1.40 Profundidade X 0.95 Altura. 2 prateleiras</t>
+          <t> 10 Cadeiras de escritório com encosto e braço</t>
         </is>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
-          <t>300,00</t>
+          <t>490,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="5" t="inlineStr">
         <is>
-          <t>245</t>
+          <t>243</t>
         </is>
       </c>
       <c r="B119" s="4" t="inlineStr">
         <is>
-          <t> Autolabor-laboratório móvel</t>
+          <t> 12 Réguas com tomadas_diversas(sem a caixa plástica)</t>
         </is>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
-          <t>250,00</t>
+          <t>230,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="5" t="inlineStr">
         <is>
-          <t>246</t>
+          <t>244</t>
         </is>
       </c>
       <c r="B120" s="4" t="inlineStr">
         <is>
-          <t> Batedeira Britânia Sem Uso-220 VOLTS</t>
+          <t>Móvel/Floreira com 1 porta- 40cm largura X 1.40 Profundidade X 0.95 Altura. 2 prateleiras</t>
         </is>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
-          <t>120,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="5" t="inlineStr">
         <is>
-          <t>249</t>
+          <t>245</t>
         </is>
       </c>
       <c r="B121" s="4" t="inlineStr">
         <is>
-          <t> Coletes(3 unidades)</t>
+          <t> Autolabor-laboratório móvel</t>
         </is>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
-          <t>150,00</t>
+          <t>250,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
-          <t>20.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="5" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>246</t>
         </is>
       </c>
       <c r="B122" s="4" t="inlineStr">
         <is>
-          <t>GELADERIA ELECTROLUX 431L - FROST FREE</t>
+          <t> Batedeira Britânia Sem Uso-220 VOLTS</t>
         </is>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
-          <t>1.650,00</t>
+          <t>120,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="5" t="inlineStr">
         <is>
-          <t>251</t>
+          <t>249</t>
         </is>
       </c>
       <c r="B123" s="4" t="inlineStr">
         <is>
-          <t>GELADERIA ELECTROLUX 431L - AÇO INOX FROST FREE</t>
+          <t> Coletes(3 unidades)</t>
         </is>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
-          <t>1.550,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="5" t="inlineStr">
         <is>
-          <t>253</t>
+          <t>250</t>
         </is>
       </c>
       <c r="B124" s="4" t="inlineStr">
         <is>
-          <t>GELADEIRA CONSUL CRM56HK-FUNCIONANDO-450 L-220VOLTS-NO ESTADO</t>
+          <t>GELADERIA ELECTROLUX 431L - FROST FREE</t>
         </is>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
-          <t>1.850,00</t>
+          <t>1.650,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="5" t="inlineStr">
         <is>
-          <t>254</t>
+          <t>251</t>
         </is>
       </c>
       <c r="B125" s="4" t="inlineStr">
         <is>
-          <t>GELADEIRA DFN 41-FROS FREE-220 VOLTS-FUNCIONANDO-NO ESTADO</t>
+          <t>GELADERIA ELECTROLUX 431L - AÇO INOX FROST FREE</t>
         </is>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>1.550,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="5" t="inlineStr">
         <is>
-          <t>255</t>
+          <t>253</t>
         </is>
       </c>
       <c r="B126" s="4" t="inlineStr">
         <is>
-          <t>GELADEIRA 431 L-TF55-FROS FREE-FUNCIONANDO-220VOLTS-NO ESTADO</t>
+          <t>GELADEIRA CONSUL CRM56HK-FUNCIONANDO-450 L-220VOLTS-NO ESTADO</t>
         </is>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
-          <t>1.550,00</t>
+          <t>1.850,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="5" t="inlineStr">
         <is>
-          <t>345</t>
+          <t>254</t>
         </is>
       </c>
       <c r="B127" s="4" t="inlineStr">
         <is>
-          <t>02 UN. ESTAÇÃO DE TRABALHO 8 LUGARES</t>
+          <t>GELADEIRA DFN 41-FROS FREE-220 VOLTS-FUNCIONANDO-NO ESTADO</t>
         </is>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>1.550,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="5" t="inlineStr">
         <is>
-          <t>346</t>
+          <t>255</t>
         </is>
       </c>
       <c r="B128" s="4" t="inlineStr">
         <is>
-          <t> APROX. 400.000 UN. ARRUELA PRESSAO SERR GEO M6 10,8MMX0,9MM (COD. 1100012)</t>
+          <t>GELADEIRA 431 L-TF55-FROS FREE-FUNCIONANDO-220VOLTS-NO ESTADO</t>
         </is>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>1.550,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="5" t="inlineStr">
         <is>
-          <t>347</t>
+          <t>345</t>
         </is>
       </c>
       <c r="B129" s="4" t="inlineStr">
         <is>
-          <t> APROX. 22.000 UN. PORCA SXT GEO M5 8,0MM (COD. 1100034)</t>
+          <t>02 UN. ESTAÇÃO DE TRABALHO 8 LUGARES</t>
         </is>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
-          <t>245,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="5" t="inlineStr">
         <is>
-          <t>349</t>
+          <t>346</t>
         </is>
       </c>
       <c r="B130" s="4" t="inlineStr">
         <is>
-          <t> APROX. 11.500 UN. PARAFUSO LENT PHI NQ M3 10,0MM ( COD. 1100054)</t>
+          <t> APROX. 400.000 UN. ARRUELA PRESSAO SERR GEO M6 10,8MMX0,9MM (COD. 1100012)</t>
         </is>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="5" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>347</t>
         </is>
       </c>
       <c r="B131" s="4" t="inlineStr">
         <is>
-          <t> APROX. 5.900 UN. PARAFUSO FRC GEO 1/4"X3/4"(COD.1100058)</t>
+          <t> APROX. 22.000 UN. PORCA SXT GEO M5 8,0MM (COD. 1100034)</t>
         </is>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
-          <t>250,00</t>
+          <t>245,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="5" t="inlineStr">
         <is>
-          <t>351</t>
+          <t>349</t>
         </is>
       </c>
       <c r="B132" s="4" t="inlineStr">
         <is>
-          <t> APROX. 5.000 UN. PARAFUSO FRC GEO 1/4"X1" (COD. 1100059)</t>
+          <t> APROX. 11.500 UN. PARAFUSO LENT PHI NQ M3 10,0MM ( COD. 1100054)</t>
         </is>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>900,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="5" t="inlineStr">
         <is>
-          <t>352</t>
+          <t>350</t>
         </is>
       </c>
       <c r="B133" s="4" t="inlineStr">
         <is>
-          <t> APROX. 20.500 UN.. PARAFUSO CH PHI BCR M4 35,0MM (COD. 1100076)</t>
+          <t> APROX. 5.900 UN. PARAFUSO FRC GEO 1/4"X3/4"(COD.1100058)</t>
         </is>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
-          <t>300,00</t>
+          <t>250,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="5" t="inlineStr">
         <is>
-          <t>353</t>
+          <t>351</t>
         </is>
       </c>
       <c r="B134" s="4" t="inlineStr">
         <is>
-          <t> APROX. 41.300 UN PARAFUSO FLAN P/PLASTICO PHI ZB 3,0MMX12,0MM ( COD. 1100096) </t>
+          <t> APROX. 5.000 UN. PARAFUSO FRC GEO 1/4"X1" (COD. 1100059)</t>
         </is>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="5" t="inlineStr">
         <is>
-          <t>354</t>
+          <t>352</t>
         </is>
       </c>
       <c r="B135" s="4" t="inlineStr">
         <is>
-          <t> APROX. 137.500 UN PARAFUSO PAN P/PLASTICO PHI ZB 3,0MMX20,0MM (COD. 1100098) </t>
+          <t> APROX. 20.500 UN.. PARAFUSO CH PHI BCR M4 35,0MM (COD. 1100076)</t>
         </is>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
-          <t>950,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="5" t="inlineStr">
         <is>
-          <t>355</t>
+          <t>353</t>
         </is>
       </c>
       <c r="B136" s="4" t="inlineStr">
         <is>
-          <t> APROX. 79.000 UN. PARAFUSO PAN P/PLASTICO PHI ZB 3,0MMX30,0MM (COD. 1100099)</t>
+          <t> APROX. 41.300 UN PARAFUSO FLAN P/PLASTICO PHI ZB 3,0MMX12,0MM ( COD. 1100096) </t>
         </is>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
-          <t>750,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="5" t="inlineStr">
         <is>
-          <t>356</t>
+          <t>354</t>
         </is>
       </c>
       <c r="B137" s="4" t="inlineStr">
         <is>
-          <t> APROX. 58.000 UN. REBITE DE REPUXO ALUMINIO 2,4 X 10 MM - REF / R210 (COD. 1100113)</t>
+          <t> APROX. 137.500 UN PARAFUSO PAN P/PLASTICO PHI ZB 3,0MMX20,0MM (COD. 1100098) </t>
         </is>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
-          <t>450,00</t>
+          <t>950,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="5" t="inlineStr">
         <is>
-          <t>357</t>
+          <t>355</t>
         </is>
       </c>
       <c r="B138" s="4" t="inlineStr">
         <is>
-          <t> APROX. 19.600 UN. REBITE POP NUT H. M4-FECH. 2MM-ROSC CEGA (COD. 1100116)</t>
+          <t> APROX. 79.000 UN. PARAFUSO PAN P/PLASTICO PHI ZB 3,0MMX30,0MM (COD. 1100099)</t>
         </is>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
-          <t>800,00</t>
+          <t>750,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="5" t="inlineStr">
         <is>
-          <t>358</t>
+          <t>356</t>
         </is>
       </c>
       <c r="B139" s="4" t="inlineStr">
         <is>
-          <t> APROX. 56.000,00 UN. REBITE RIVKLE PLUS M6 PO300ZA (COD. 1100118)</t>
+          <t> APROX. 58.000 UN. REBITE DE REPUXO ALUMINIO 2,4 X 10 MM - REF / R210 (COD. 1100113)</t>
         </is>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
-          <t>2.100,00</t>
+          <t>450,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="5" t="inlineStr">
         <is>
-          <t>359</t>
+          <t>357</t>
         </is>
       </c>
       <c r="B140" s="4" t="inlineStr">
         <is>
-          <t> APROX. 3.450 UN. PARAFUSO OLHAL GEO M12 250,0MM ( COD. 1100120)</t>
+          <t> APROX. 19.600 UN. REBITE POP NUT H. M4-FECH. 2MM-ROSC CEGA (COD. 1100116)</t>
         </is>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
-          <t>18.000,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="5" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>358</t>
         </is>
       </c>
       <c r="B141" s="4" t="inlineStr">
         <is>
-          <t> APROX. 1.380 UN. PARAFUSO SXT PHI GEO 1/4"X2.1/4" ( COD. 1100125)</t>
+          <t> APROX. 56.000,00 UN. REBITE RIVKLE PLUS M6 PO300ZA (COD. 1100118)</t>
         </is>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
-          <t>100,00</t>
+          <t>2.100,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="5" t="inlineStr">
         <is>
-          <t>362</t>
+          <t>359</t>
         </is>
       </c>
       <c r="B142" s="4" t="inlineStr">
         <is>
-          <t> APROX. 2.500 UN. PARAFUSO SXT GEO M8 35,0MM 10,0MM (COD. 1100131)</t>
+          <t> APROX. 3.450 UN. PARAFUSO OLHAL GEO M12 250,0MM ( COD. 1100120)</t>
         </is>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
-          <t>250,00</t>
+          <t>18.000,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="5" t="inlineStr">
         <is>
-          <t>365</t>
+          <t>360</t>
         </is>
       </c>
       <c r="B143" s="4" t="inlineStr">
         <is>
-          <t> APROX. 6.650 UN. GRAMPO U ZB 98,0MMX85,0MMX70,0MMX58,0MM M8 P/MASTRO 2POL ( COD. 1100136)</t>
+          <t> APROX. 1.380 UN. PARAFUSO SXT PHI GEO 1/4"X2.1/4" ( COD. 1100125)</t>
         </is>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>100,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="5" t="inlineStr">
         <is>
-          <t>366</t>
+          <t>362</t>
         </is>
       </c>
       <c r="B144" s="4" t="inlineStr">
         <is>
-          <t> APROX. 23.000 UN. ARRUELA PRESSAO LISA ZB 5/16" 8,6MMX20,1MM ( COD. 1100139)</t>
+          <t> APROX. 2.500 UN. PARAFUSO SXT GEO M8 35,0MM 10,0MM (COD. 1100131)</t>
         </is>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
-          <t>640,00</t>
+          <t>250,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="5" t="inlineStr">
         <is>
-          <t>367</t>
+          <t>365</t>
         </is>
       </c>
       <c r="B145" s="4" t="inlineStr">
         <is>
-          <t> APROX. 36.000 UN. ARRUELA DENTADA EXT GEO M8 17,0MM (COD. 1100145) </t>
+          <t> APROX. 6.650 UN. GRAMPO U ZB 98,0MMX85,0MMX70,0MMX58,0MM M8 P/MASTRO 2POL ( COD. 1100136)</t>
         </is>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
-          <t>1.900,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="5" t="inlineStr">
         <is>
-          <t>368</t>
+          <t>366</t>
         </is>
       </c>
       <c r="B146" s="4" t="inlineStr">
         <is>
-          <t> APROX. 2.000 UN. PARAFUSO SXT PHI GEO 1/4"X5.1/2" (COD. 1100146)</t>
+          <t> APROX. 23.000 UN. ARRUELA PRESSAO LISA ZB 5/16" 8,6MMX20,1MM ( COD. 1100139)</t>
         </is>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
-          <t>600,00</t>
+          <t>640,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="5" t="inlineStr">
         <is>
-          <t>369</t>
+          <t>367</t>
         </is>
       </c>
       <c r="B147" s="4" t="inlineStr">
         <is>
-          <t> APROX. 2.500 UN. PARAFUSO SXT PHI GEO M6 16,0MM (COD. 1100147)</t>
+          <t> APROX. 36.000 UN. ARRUELA DENTADA EXT GEO M8 17,0MM (COD. 1100145) </t>
         </is>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
-          <t>100,00</t>
+          <t>1.900,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="5" t="inlineStr">
         <is>
-          <t>370</t>
+          <t>368</t>
         </is>
       </c>
       <c r="B148" s="4" t="inlineStr">
         <is>
-          <t> APROX. 1350 UN. PORCA SXT AUT GEO M12 22,0MM (COD. 1100149) </t>
+          <t> APROX. 2.000 UN. PARAFUSO SXT PHI GEO 1/4"X5.1/2" (COD. 1100146)</t>
         </is>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
-          <t>3.670,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="5" t="inlineStr">
         <is>
-          <t>371</t>
+          <t>369</t>
         </is>
       </c>
       <c r="B149" s="4" t="inlineStr">
         <is>
-          <t> APROX. 5.000 UN. PARAFUSO ABAULADO FC ZB M3 30,0MM (COD. 1100159)</t>
+          <t> APROX. 2.500 UN. PARAFUSO SXT PHI GEO M6 16,0MM (COD. 1100147)</t>
         </is>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="5" t="inlineStr">
         <is>
-          <t>372</t>
+          <t>370</t>
         </is>
       </c>
       <c r="B150" s="4" t="inlineStr">
         <is>
-          <t> APROX. 33.000 UN PARAFUSO PAN PHI P/PLAST ZB 2,2MMX5,0MM (COD. 1100169)</t>
+          <t> APROX. 1350 UN. PORCA SXT AUT GEO M12 22,0MM (COD. 1100149) </t>
         </is>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>3.670,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="5" t="inlineStr">
         <is>
-          <t>374</t>
+          <t>371</t>
         </is>
       </c>
       <c r="B151" s="4" t="inlineStr">
         <is>
-          <t> APROX. 12.000 UN PARAFUSO PAN PHI NQ M3 8,0MM ( COD. 1100174) e APROX. 7.000 UN PARAFUSO PAN PHI BCR M2 0,4MMX6,0MM (COD. 1100176)</t>
+          <t> APROX. 5.000 UN. PARAFUSO ABAULADO FC ZB M3 30,0MM (COD. 1100159)</t>
         </is>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
-          <t>150,00</t>
+          <t>100,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="5" t="inlineStr">
         <is>
-          <t>375</t>
+          <t>372</t>
         </is>
       </c>
       <c r="B152" s="4" t="inlineStr">
         <is>
-          <t> APROX. 30.000 UN. PARAFUSO PAN PHI BCR M2 0,4MMX6,0MM ( COD. 1100178)</t>
+          <t> APROX. 33.000 UN PARAFUSO PAN PHI P/PLAST ZB 2,2MMX5,0MM (COD. 1100169)</t>
         </is>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="5" t="inlineStr">
         <is>
-          <t>376</t>
+          <t>374</t>
         </is>
       </c>
       <c r="B153" s="4" t="inlineStr">
         <is>
-          <t> APROX. 13.500 UN. PARAFUSO PAN PHI BCR M2 0,4MMX7,0MM ( COD. 1100179) e APROX. 2.500 UN. PARAFUSO SXT NQ M5 0,8MMX20,0MM ( COD. 1100183)</t>
+          <t> APROX. 12.000 UN PARAFUSO PAN PHI NQ M3 8,0MM ( COD. 1100174) e APROX. 7.000 UN PARAFUSO PAN PHI BCR M2 0,4MMX6,0MM (COD. 1100176)</t>
         </is>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="5" t="inlineStr">
         <is>
-          <t>377</t>
+          <t>375</t>
         </is>
       </c>
       <c r="B154" s="4" t="inlineStr">
         <is>
-          <t> APROX. 6.500 UN. PORCA SXT-B ZB M5 0,8MMX8,0MM ( COD. 1100184)</t>
+          <t> APROX. 30.000 UN. PARAFUSO PAN PHI BCR M2 0,4MMX6,0MM ( COD. 1100178)</t>
         </is>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
-          <t>700,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="5" t="inlineStr">
         <is>
-          <t>378</t>
+          <t>376</t>
         </is>
       </c>
       <c r="B155" s="4" t="inlineStr">
         <is>
-          <t> APROX. 9.000 UN. PARAFUSO CH PHI CR M4 12,0MM (COD. 1100186)</t>
+          <t> APROX. 13.500 UN. PARAFUSO PAN PHI BCR M2 0,4MMX7,0MM ( COD. 1100179) e APROX. 2.500 UN. PARAFUSO SXT NQ M5 0,8MMX20,0MM ( COD. 1100183)</t>
         </is>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="5" t="inlineStr">
         <is>
-          <t>379</t>
+          <t>377</t>
         </is>
       </c>
       <c r="B156" s="4" t="inlineStr">
         <is>
-          <t> APROX. 3.300 UN. GRAMPO U ZB 60,0MMX43,0MMX34,0MMX36,0MM M5 ( COD. 1100187) e APROX. 10.000 UN. PARAFUSO CIL FS BCR M3 16,0MM ( COD. 1100196)</t>
+          <t> APROX. 6.500 UN. PORCA SXT-B ZB M5 0,8MMX8,0MM ( COD. 1100184)</t>
         </is>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
-          <t>300,00</t>
+          <t>700,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="5" t="inlineStr">
         <is>
-          <t>380</t>
+          <t>378</t>
         </is>
       </c>
       <c r="B157" s="4" t="inlineStr">
         <is>
-          <t> APROX. 5.900 UN. PORCA SXT ZB M5 ( COD. 1100197) e PARAFUSO AA CH PHI ZB 2,9MMX6,5MM ( COD. 1100223)</t>
+          <t> APROX. 9.000 UN. PARAFUSO CH PHI CR M4 12,0MM (COD. 1100186)</t>
         </is>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="5" t="inlineStr">
         <is>
-          <t>382</t>
+          <t>379</t>
         </is>
       </c>
       <c r="B158" s="4" t="inlineStr">
         <is>
-          <t>APROX. 50 METROS - CABO COAXIAL DLCR 12 SF</t>
+          <t> APROX. 3.300 UN. GRAMPO U ZB 60,0MMX43,0MMX34,0MMX36,0MM M5 ( COD. 1100187) e APROX. 10.000 UN. PARAFUSO CIL FS BCR M3 16,0MM ( COD. 1100196)</t>
         </is>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="5" t="inlineStr">
         <is>
-          <t>3003</t>
+          <t>380</t>
         </is>
       </c>
       <c r="B159" s="4" t="inlineStr">
         <is>
-          <t> Lote com Notebooks, placas mãe de notebooks e telas de notebook. Conforme relação de itens</t>
+          <t> APROX. 5.900 UN. PORCA SXT ZB M5 ( COD. 1100197) e PARAFUSO AA CH PHI ZB 2,9MMX6,5MM ( COD. 1100223)</t>
         </is>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="5" t="inlineStr">
         <is>
-          <t>3004</t>
+          <t>382</t>
         </is>
       </c>
       <c r="B160" s="4" t="inlineStr">
         <is>
-          <t> Lote de itens variados conforme relação.</t>
+          <t>APROX. 50 METROS - CABO COAXIAL DLCR 12 SF</t>
         </is>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>900,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="5" t="inlineStr">
         <is>
-          <t>3005</t>
+          <t>3003</t>
         </is>
       </c>
       <c r="B161" s="4" t="inlineStr">
         <is>
-          <t> 1 Maquina de Costura Industrial Reta Bother, 1 Maquina de Costura de Braço Piffaf</t>
+          <t> Lote com Notebooks, placas mãe de notebooks e telas de notebook. Conforme relação de itens</t>
         </is>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
-          <t>150.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="5" t="inlineStr">
         <is>
-          <t>3006</t>
+          <t>3004</t>
         </is>
       </c>
       <c r="B162" s="4" t="inlineStr">
         <is>
-          <t> Lixadeira Para Acabamento Sapateiro 3 Pontas, Lixadeira Para Acabamento Sapateiro 6 Pontas e Compresseor Ferrari 24 l</t>
+          <t> Lote de itens variados conforme relação.</t>
         </is>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
-          <t>700,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
-          <t>150.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="5" t="inlineStr">
         <is>
-          <t>3007</t>
+          <t>3005</t>
         </is>
       </c>
       <c r="B163" s="4" t="inlineStr">
         <is>
-          <t> Forno Industrial Helmo a gás 350°</t>
+          <t> 1 Maquina de Costura Industrial Reta Bother, 1 Maquina de Costura de Braço Piffaf</t>
         </is>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="5" t="inlineStr">
         <is>
-          <t>3008</t>
+          <t>3006</t>
         </is>
       </c>
       <c r="B164" s="4" t="inlineStr">
         <is>
-          <t> Rampa de Madeira Para Treinamento de Fisioterapia com 3 degraus</t>
+          <t> Lixadeira Para Acabamento Sapateiro 3 Pontas, Lixadeira Para Acabamento Sapateiro 6 Pontas e Compresseor Ferrari 24 l</t>
         </is>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="5" t="inlineStr">
         <is>
-          <t>3009</t>
+          <t>3007</t>
         </is>
       </c>
       <c r="B165" s="4" t="inlineStr">
         <is>
-          <t> 2 Cadeiras de Rodas Infantil e 1 Cadeira de Rodas Adulto</t>
+          <t> Forno Industrial Helmo a gás 350°</t>
         </is>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>900,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="5" t="inlineStr">
         <is>
-          <t>5002</t>
+          <t>3008</t>
         </is>
       </c>
       <c r="B166" s="4" t="inlineStr">
         <is>
-          <t> APROX. 670 KG DE TIRAS, GUIAS, PERFIS E MAIS. CONFORME ESPECIFICAÇÔES</t>
+          <t> Rampa de Madeira Para Treinamento de Fisioterapia com 3 degraus</t>
         </is>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
-          <t>1.800,00</t>
+          <t>700,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="5" t="inlineStr">
         <is>
-          <t>5003</t>
+          <t>3009</t>
         </is>
       </c>
       <c r="B167" s="4" t="inlineStr">
         <is>
-          <t> Cristo esculpido em madeira</t>
+          <t> 2 Cadeiras de Rodas Infantil e 1 Cadeira de Rodas Adulto</t>
         </is>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
-          <t>800,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="5" t="inlineStr">
         <is>
-          <t>5005</t>
+          <t>5002</t>
         </is>
       </c>
       <c r="B168" s="4" t="inlineStr">
         <is>
-          <t> Mesa centenária em Imbuia</t>
+          <t> APROX. 670 KG DE TIRAS, GUIAS, PERFIS E MAIS. CONFORME ESPECIFICAÇÔES</t>
         </is>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
-          <t>150.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="5" t="inlineStr">
         <is>
-          <t>5006</t>
+          <t>5003</t>
         </is>
       </c>
       <c r="B169" s="4" t="inlineStr">
         <is>
-          <t> Mesa de dormente com dois bancos</t>
+          <t> Cristo esculpido em madeira</t>
         </is>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
-          <t>150.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="5" t="inlineStr">
         <is>
-          <t>5007</t>
+          <t>5005</t>
         </is>
       </c>
       <c r="B170" s="4" t="inlineStr">
         <is>
-          <t> 02 Balanças de sacaria com os pesos</t>
+          <t> Mesa centenária em Imbuia</t>
         </is>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>1.800,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="5" t="inlineStr">
         <is>
-          <t>5008</t>
+          <t>5006</t>
         </is>
       </c>
       <c r="B171" s="4" t="inlineStr">
         <is>
-          <t> 05 Moedores fixados em madeira de lei. Sendo 3 maiores e 2 menores</t>
+          <t> Mesa de dormente com dois bancos</t>
         </is>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="5" t="inlineStr">
         <is>
-          <t>5009</t>
+          <t>5007</t>
         </is>
       </c>
       <c r="B172" s="4" t="inlineStr">
         <is>
-          <t> Balcão  em madeira de cruzeta, tampo móvel de azulejo cor azul marinho (A)</t>
+          <t> 02 Balanças de sacaria com os pesos</t>
         </is>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="5" t="inlineStr">
         <is>
-          <t>5010</t>
+          <t>5008</t>
         </is>
       </c>
       <c r="B173" s="4" t="inlineStr">
         <is>
-          <t> Balcão  em madeira de cruzeta, tampo móvel de azulejo cor azul marinho (B)</t>
+          <t> 05 Moedores fixados em madeira de lei. Sendo 3 maiores e 2 menores</t>
         </is>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="5" t="inlineStr">
         <is>
-          <t>5011</t>
+          <t>5009</t>
         </is>
       </c>
       <c r="B174" s="4" t="inlineStr">
         <is>
-          <t> Balcão  em madeira de cruzeta, tampo móvel de azulejo cor azul marinho (C) </t>
+          <t> Balcão  em madeira de cruzeta, tampo móvel de azulejo cor azul marinho (A)</t>
         </is>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="5" t="inlineStr">
         <is>
-          <t>5012</t>
+          <t>5010</t>
         </is>
       </c>
       <c r="B175" s="4" t="inlineStr">
         <is>
-          <t> Balcão  em madeira de cruzeta, tampo móvel de azulejo cor azul marinho (D)</t>
+          <t> Balcão  em madeira de cruzeta, tampo móvel de azulejo cor azul marinho (B)</t>
         </is>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="5" t="inlineStr">
         <is>
-          <t>5013</t>
+          <t>5011</t>
         </is>
       </c>
       <c r="B176" s="4" t="inlineStr">
         <is>
-          <t> Balcão  em madeira de cruzeta, tampo móvel de azulejo cor azul marinho (E)</t>
+          <t> Balcão  em madeira de cruzeta, tampo móvel de azulejo cor azul marinho (C) </t>
         </is>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="5" t="inlineStr">
         <is>
-          <t>5014</t>
+          <t>5012</t>
         </is>
       </c>
       <c r="B177" s="4" t="inlineStr">
         <is>
-          <t> Balcão  em madeira de cruzeta, tampo móvel de azulejo cor azul marinho (F)</t>
+          <t> Balcão  em madeira de cruzeta, tampo móvel de azulejo cor azul marinho (D)</t>
         </is>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="5" t="inlineStr">
         <is>
-          <t>5015</t>
+          <t>5013</t>
         </is>
       </c>
       <c r="B178" s="4" t="inlineStr">
         <is>
-          <t> Balança vermelha grande</t>
+          <t> Balcão  em madeira de cruzeta, tampo móvel de azulejo cor azul marinho (E)</t>
         </is>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
-          <t>300,00</t>
+          <t>900,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="5" t="inlineStr">
         <is>
-          <t>5016</t>
+          <t>5014</t>
         </is>
       </c>
       <c r="B179" s="4" t="inlineStr">
         <is>
-          <t> Balança marrom tam.medio</t>
+          <t> Balcão  em madeira de cruzeta, tampo móvel de azulejo cor azul marinho (F)</t>
         </is>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
-          <t>300,00</t>
+          <t>900,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="5" t="inlineStr">
         <is>
-          <t>5017</t>
+          <t>5015</t>
         </is>
       </c>
       <c r="B180" s="4" t="inlineStr">
         <is>
-          <t> Balança vermelha tam.medio</t>
+          <t> Balança vermelha grande</t>
         </is>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="5" t="inlineStr">
         <is>
-          <t>5018</t>
+          <t>5016</t>
         </is>
       </c>
       <c r="B181" s="4" t="inlineStr">
         <is>
-          <t> Torradores de café (2 unidades)</t>
+          <t> Balança marrom tam.medio</t>
         </is>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="5" t="inlineStr">
         <is>
-          <t>5026</t>
+          <t>5017</t>
         </is>
       </c>
       <c r="B182" s="4" t="inlineStr">
         <is>
-          <t> Pilão sem a mão</t>
+          <t> Balança vermelha tam.medio</t>
         </is>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="5" t="inlineStr">
         <is>
-          <t>5027</t>
+          <t>5018</t>
         </is>
       </c>
       <c r="B183" s="4" t="inlineStr">
         <is>
-          <t> Armário em madeira. Usado</t>
+          <t> Torradores de café (2 unidades)</t>
         </is>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
-          <t>800,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="5" t="inlineStr">
         <is>
-          <t>5029</t>
+          <t>5026</t>
         </is>
       </c>
       <c r="B184" s="4" t="inlineStr">
         <is>
-          <t> Arado</t>
+          <t> Pilão sem a mão</t>
         </is>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
-          <t>800,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="5" t="inlineStr">
         <is>
-          <t>5035</t>
+          <t>5027</t>
         </is>
       </c>
       <c r="B185" s="4" t="inlineStr">
         <is>
-          <t>Chaise de Rafis indonésia. Usada (A)</t>
+          <t> Armário em madeira. Usado</t>
         </is>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
-          <t>600,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="5" t="inlineStr">
         <is>
-          <t>5036</t>
+          <t>5029</t>
         </is>
       </c>
       <c r="B186" s="4" t="inlineStr">
         <is>
-          <t>Chaise de Rafis indonésia. Usada (B)</t>
+          <t> Arado</t>
         </is>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
-          <t>600,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="5" t="inlineStr">
         <is>
-          <t>5038</t>
+          <t>5035</t>
         </is>
       </c>
       <c r="B187" s="4" t="inlineStr">
         <is>
-          <t> Lustre antigo em metal</t>
+          <t>Chaise de Rafis indonésia. Usada (A)</t>
         </is>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
-          <t>800,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="5" t="inlineStr">
         <is>
-          <t>5039</t>
+          <t>5036</t>
         </is>
       </c>
       <c r="B188" s="4" t="inlineStr">
         <is>
-          <t> Carteira escolar antiga</t>
+          <t>Chaise de Rafis indonésia. Usada (B)</t>
         </is>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="5" t="inlineStr">
         <is>
-          <t>5040</t>
+          <t>5038</t>
         </is>
       </c>
       <c r="B189" s="4" t="inlineStr">
         <is>
-          <t> Máquina Vigorelli. Funcionando</t>
+          <t> Lustre antigo em metal</t>
         </is>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
-          <t>650,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="5" t="inlineStr">
         <is>
-          <t>5041</t>
+          <t>5039</t>
         </is>
       </c>
       <c r="B190" s="4" t="inlineStr">
         <is>
-          <t> 04 Formas de tijolo comum</t>
+          <t> Carteira escolar antiga</t>
         </is>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
-          <t>300,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="5" t="inlineStr">
         <is>
-          <t>5042</t>
+          <t>5040</t>
         </is>
       </c>
       <c r="B191" s="4" t="inlineStr">
         <is>
-          <t> Máquina escrever antiga</t>
+          <t> Máquina Vigorelli. Funcionando</t>
         </is>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
-          <t>150,00</t>
+          <t>650,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="5" t="inlineStr">
         <is>
-          <t>5043</t>
+          <t>5041</t>
         </is>
       </c>
       <c r="B192" s="4" t="inlineStr">
         <is>
-          <t> Máquina escrever antiga</t>
+          <t> 04 Formas de tijolo comum</t>
         </is>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
-          <t>150,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="5" t="inlineStr">
         <is>
-          <t>5044</t>
+          <t>5042</t>
         </is>
       </c>
       <c r="B193" s="4" t="inlineStr">
         <is>
-          <t>Mesa de cabeceira em imbuia</t>
+          <t> Máquina escrever antiga</t>
         </is>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="5" t="inlineStr">
         <is>
-          <t>5046</t>
+          <t>5043</t>
         </is>
       </c>
       <c r="B194" s="4" t="inlineStr">
         <is>
-          <t> Quatro esculturas</t>
+          <t> Máquina escrever antiga</t>
         </is>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="5" t="inlineStr">
         <is>
-          <t>5047</t>
+          <t>5044</t>
         </is>
       </c>
       <c r="B195" s="4" t="inlineStr">
         <is>
-          <t> Rádio vitrola em Imbuia</t>
+          <t>Mesa de cabeceira em imbuia</t>
         </is>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="5" t="inlineStr">
         <is>
-          <t>5049</t>
+          <t>5046</t>
         </is>
       </c>
       <c r="B196" s="4" t="inlineStr">
         <is>
-          <t> Mesa em imbuia com tampo de mármore. Medidas 75 x 90. Acompanha duas cadeiras em Imbuia</t>
+          <t> Quatro esculturas</t>
         </is>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
-          <t>750,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="5" t="inlineStr">
         <is>
-          <t>5050</t>
+          <t>5047</t>
         </is>
       </c>
       <c r="B197" s="4" t="inlineStr">
         <is>
-          <t> Baú de madeira . Medidas 1,90 x 0,51 x 0,53</t>
+          <t> Rádio vitrola em Imbuia</t>
         </is>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>900,00</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="5" t="inlineStr">
         <is>
-          <t>8001</t>
+          <t>5049</t>
         </is>
       </c>
       <c r="B198" s="4" t="inlineStr">
         <is>
-          <t> Máquinas de escrever, Fax's, Telefones, Cafeteira, Bebedouros, Dvd player, VHS, Microfone</t>
+          <t> Mesa em imbuia com tampo de mármore. Medidas 75 x 90. Acompanha duas cadeiras em Imbuia</t>
         </is>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
-          <t>110,00</t>
+          <t>750,00</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="5" t="inlineStr">
         <is>
-          <t>8005</t>
+          <t>5050</t>
         </is>
       </c>
       <c r="B199" s="4" t="inlineStr">
         <is>
-          <t> 2 Sofás reclináveis (2 lugares)</t>
+          <t> Baú de madeira . Medidas 1,90 x 0,51 x 0,53</t>
         </is>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
-          <t>110,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="5" t="inlineStr">
         <is>
-          <t>8006</t>
+          <t>8001</t>
         </is>
       </c>
       <c r="B200" s="4" t="inlineStr">
         <is>
-          <t> 2 Malas de viagem grande</t>
+          <t> Máquinas de escrever, Fax's, Telefones, Cafeteira, Bebedouros, Dvd player, VHS, Microfone</t>
         </is>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="5" t="inlineStr">
         <is>
-          <t>8007</t>
+          <t>8005</t>
         </is>
       </c>
       <c r="B201" s="4" t="inlineStr">
         <is>
-          <t> 3 Casacos</t>
+          <t> 2 Sofás reclináveis (2 lugares)</t>
         </is>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="5" t="inlineStr">
         <is>
-          <t>8008</t>
+          <t>8006</t>
         </is>
       </c>
       <c r="B202" s="4" t="inlineStr">
         <is>
-          <t> 4 Relógios de parede</t>
+          <t> 2 Malas de viagem grande</t>
         </is>
       </c>
       <c r="C202" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="5" t="inlineStr">
         <is>
-          <t>8012</t>
+          <t>8007</t>
         </is>
       </c>
       <c r="B203" s="4" t="inlineStr">
         <is>
-          <t> Máquina de escrever Olivetti Tekne 6</t>
+          <t> 3 Casacos</t>
         </is>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="5" t="inlineStr">
         <is>
-          <t>8014</t>
+          <t>8008</t>
         </is>
       </c>
       <c r="B204" s="4" t="inlineStr">
         <is>
-          <t> 2 Relógios Comparadores Analogicos</t>
+          <t> 4 Relógios de parede</t>
         </is>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="5" t="inlineStr">
         <is>
-          <t>8015</t>
+          <t>8012</t>
         </is>
       </c>
       <c r="B205" s="4" t="inlineStr">
         <is>
-          <t> Escultura Pedra Sabão</t>
+          <t> Máquina de escrever Olivetti Tekne 6</t>
         </is>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="5" t="inlineStr">
         <is>
-          <t>8016</t>
+          <t>8014</t>
         </is>
       </c>
       <c r="B206" s="4" t="inlineStr">
         <is>
-          <t> TV Sony Trinitron 32'</t>
+          <t> 2 Relógios Comparadores Analogicos</t>
         </is>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="5" t="inlineStr">
         <is>
-          <t>8017</t>
+          <t>8015</t>
         </is>
       </c>
       <c r="B207" s="4" t="inlineStr">
         <is>
-          <t> 2 Vasos de Jardim Grandes</t>
+          <t> Escultura Pedra Sabão</t>
         </is>
       </c>
       <c r="C207" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E207" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="5" t="inlineStr">
         <is>
-          <t>8018</t>
+          <t>8016</t>
         </is>
       </c>
       <c r="B208" s="4" t="inlineStr">
         <is>
-          <t> Cama com Colchões</t>
+          <t> TV Sony Trinitron 32'</t>
         </is>
       </c>
       <c r="C208" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="5" t="inlineStr">
         <is>
-          <t>8019</t>
+          <t>8017</t>
         </is>
       </c>
       <c r="B209" s="4" t="inlineStr">
         <is>
-          <t> Poltrona Puff</t>
+          <t> 2 Vasos de Jardim Grandes</t>
         </is>
       </c>
       <c r="C209" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="5" t="inlineStr">
         <is>
-          <t>8020</t>
+          <t>8018</t>
         </is>
       </c>
       <c r="B210" s="4" t="inlineStr">
         <is>
-          <t> Arquivo com 3 Gavetas</t>
+          <t> Cama com Colchões</t>
         </is>
       </c>
       <c r="C210" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="5" t="inlineStr">
         <is>
-          <t>8022</t>
+          <t>8019</t>
         </is>
       </c>
       <c r="B211" s="4" t="inlineStr">
         <is>
-          <t> Sofá (2 lugares)</t>
+          <t> Poltrona Puff</t>
         </is>
       </c>
       <c r="C211" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="5" t="inlineStr">
         <is>
-          <t>8023</t>
+          <t>8020</t>
         </is>
       </c>
       <c r="B212" s="4" t="inlineStr">
         <is>
-          <t> Conjunto de Sofás e almofadas (2 e 3 lugares)</t>
+          <t> Arquivo com 3 Gavetas</t>
         </is>
       </c>
       <c r="C212" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="5" t="inlineStr">
         <is>
-          <t>8024</t>
+          <t>8022</t>
         </is>
       </c>
       <c r="B213" s="4" t="inlineStr">
         <is>
-          <t> Conjunto de Cadeiras</t>
+          <t> Sofá (2 lugares)</t>
         </is>
       </c>
       <c r="C213" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="5" t="inlineStr">
         <is>
-          <t>8025</t>
+          <t>8023</t>
         </is>
       </c>
       <c r="B214" s="4" t="inlineStr">
         <is>
-          <t> Lavadora Continental Evolution 10kg</t>
+          <t> Conjunto de Sofás e almofadas (2 e 3 lugares)</t>
         </is>
       </c>
       <c r="C214" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E214" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="5" t="inlineStr">
         <is>
-          <t>8026</t>
+          <t>8024</t>
         </is>
       </c>
       <c r="B215" s="4" t="inlineStr">
         <is>
-          <t> 2 "Gazebos" Retráteis</t>
+          <t> Conjunto de Cadeiras</t>
         </is>
       </c>
       <c r="C215" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D215" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E215" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="5" t="inlineStr">
         <is>
-          <t>8027</t>
+          <t>8025</t>
         </is>
       </c>
       <c r="B216" s="4" t="inlineStr">
         <is>
-          <t> Lavadora Brastemp Alive 11kg</t>
+          <t> Lavadora Continental Evolution 10kg</t>
         </is>
       </c>
       <c r="C216" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D216" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E216" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="5" t="inlineStr">
         <is>
-          <t>8028</t>
+          <t>8026</t>
         </is>
       </c>
       <c r="B217" s="4" t="inlineStr">
         <is>
-          <t> Lavadora Brastemp Gran Luxo 4kg</t>
+          <t> 2 "Gazebos" Retráteis</t>
         </is>
       </c>
       <c r="C217" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E217" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="5" t="inlineStr">
         <is>
-          <t>8031</t>
+          <t>8027</t>
         </is>
       </c>
       <c r="B218" s="4" t="inlineStr">
         <is>
-          <t> Móveis diversos</t>
+          <t> Lavadora Brastemp Alive 11kg</t>
         </is>
       </c>
       <c r="C218" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D218" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="5" t="inlineStr">
         <is>
-          <t>8034</t>
+          <t>8028</t>
         </is>
       </c>
       <c r="B219" s="4" t="inlineStr">
         <is>
-          <t> Buchas e Pinos de plástico diversos</t>
+          <t> Lavadora Brastemp Gran Luxo 4kg</t>
         </is>
       </c>
       <c r="C219" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D219" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E219" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F219" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="5" t="inlineStr">
         <is>
-          <t>8036</t>
+          <t>8031</t>
         </is>
       </c>
       <c r="B220" s="4" t="inlineStr">
         <is>
-          <t> 2 Arquivos (3 e 4 Gavetas)</t>
+          <t> Móveis diversos</t>
         </is>
       </c>
       <c r="C220" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D220" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E220" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F220" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="5" t="inlineStr">
         <is>
-          <t>8037</t>
+          <t>8034</t>
         </is>
       </c>
       <c r="B221" s="4" t="inlineStr">
         <is>
-          <t> Conjunto de Expositores de Persianas</t>
+          <t> Buchas e Pinos de plástico diversos</t>
         </is>
       </c>
       <c r="C221" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D221" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E221" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F221" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="5" t="inlineStr">
         <is>
-          <t>8039</t>
+          <t>8036</t>
         </is>
       </c>
       <c r="B222" s="4" t="inlineStr">
         <is>
-          <t> Luminarias diversas</t>
+          <t> 2 Arquivos (3 e 4 Gavetas)</t>
         </is>
       </c>
       <c r="C222" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D222" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E222" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F222" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="5" t="inlineStr">
         <is>
-          <t>8041</t>
+          <t>8037</t>
         </is>
       </c>
       <c r="B223" s="4" t="inlineStr">
         <is>
-          <t> Carrinho de bebê Graco</t>
+          <t> Conjunto de Expositores de Persianas</t>
         </is>
       </c>
       <c r="C223" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D223" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E223" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F223" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="5" t="inlineStr">
         <is>
-          <t>8043</t>
+          <t>8039</t>
         </is>
       </c>
       <c r="B224" s="4" t="inlineStr">
         <is>
-          <t> Livros diversos</t>
+          <t> Luminarias diversas</t>
         </is>
       </c>
       <c r="C224" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D224" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E224" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F224" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="5" t="inlineStr">
         <is>
-          <t>8044</t>
+          <t>8041</t>
         </is>
       </c>
       <c r="B225" s="4" t="inlineStr">
         <is>
-          <t> 2 Mesas escritório</t>
+          <t> Carrinho de bebê Graco</t>
         </is>
       </c>
       <c r="C225" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D225" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E225" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F225" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="5" t="inlineStr">
         <is>
-          <t>8045</t>
+          <t>8043</t>
         </is>
       </c>
       <c r="B226" s="4" t="inlineStr">
         <is>
-          <t> Balança de Precisão Industrial Marte</t>
+          <t> Livros diversos</t>
         </is>
       </c>
       <c r="C226" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D226" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E226" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F226" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="5" t="inlineStr">
         <is>
-          <t>8047</t>
+          <t>8044</t>
         </is>
       </c>
       <c r="B227" s="4" t="inlineStr">
         <is>
-          <t> Ar condicionado</t>
+          <t> 2 Mesas escritório</t>
         </is>
       </c>
       <c r="C227" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D227" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E227" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F227" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="5" t="inlineStr">
         <is>
-          <t>9501</t>
+          <t>8045</t>
         </is>
       </c>
       <c r="B228" s="4" t="inlineStr">
         <is>
-          <t> 21 unidades de RECEPTOR DUOSAT PRODIGY   AMPERIMETRO, CXA DE SOM</t>
+          <t> Balança de Precisão Industrial Marte</t>
         </is>
       </c>
       <c r="C228" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D228" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E228" s="5" t="inlineStr">
         <is>
-          <t>458,00</t>
+          <t>110,00</t>
         </is>
       </c>
       <c r="F228" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="5" t="inlineStr">
         <is>
-          <t>9502</t>
+          <t>8047</t>
         </is>
       </c>
       <c r="B229" s="4" t="inlineStr">
         <is>
-          <t> 34  unidades de GABINETES PC, LAMPADAS T18;CALHAS 40W </t>
+          <t> Ar condicionado</t>
         </is>
       </c>
       <c r="C229" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D229" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E229" s="5" t="inlineStr">
         <is>
-          <t>355,00</t>
+          <t>110,00</t>
         </is>
       </c>
       <c r="F229" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="5" t="inlineStr">
         <is>
-          <t>9503</t>
+          <t>9501</t>
         </is>
       </c>
       <c r="B230" s="4" t="inlineStr">
         <is>
-          <t> 53 unidades de LUSTRES, PINGENTES, GLOBOS,ARANDELAS, LUMINÁRIAS, </t>
+          <t> 21 unidades de RECEPTOR DUOSAT PRODIGY   AMPERIMETRO, CXA DE SOM</t>
         </is>
       </c>
       <c r="C230" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D230" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E230" s="5" t="inlineStr">
         <is>
-          <t>394,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F230" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="5" t="inlineStr">
         <is>
-          <t>9504</t>
+          <t>9502</t>
         </is>
       </c>
       <c r="B231" s="4" t="inlineStr">
         <is>
-          <t> MOTOR PARCIAL 1600 AR VW FECHADO -SEG.</t>
+          <t> 34  unidades de GABINETES PC, LAMPADAS T18;CALHAS 40W </t>
         </is>
       </c>
       <c r="C231" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D231" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E231" s="5" t="inlineStr">
         <is>
-          <t>580,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F231" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="5" t="inlineStr">
         <is>
-          <t>9505</t>
+          <t>9503</t>
         </is>
       </c>
       <c r="B232" s="4" t="inlineStr">
         <is>
-          <t> MOTOR 1600 AR VW (P/APROV. PEÇAS INTERNAS)  VEP</t>
+          <t> 53 unidades de LUSTRES, PINGENTES, GLOBOS,ARANDELAS, LUMINÁRIAS, </t>
         </is>
       </c>
       <c r="C232" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D232" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E232" s="5" t="inlineStr">
         <is>
-          <t>690,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F232" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="5" t="inlineStr">
         <is>
-          <t>9506</t>
+          <t>9504</t>
         </is>
       </c>
       <c r="B233" s="4" t="inlineStr">
         <is>
-          <t> MOTOR 1600 AR ALCOOL VW P/KOMBI PARC.  PINDC.</t>
+          <t> MOTOR PARCIAL 1600 AR VW FECHADO -SEG.</t>
         </is>
       </c>
       <c r="C233" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D233" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E233" s="5" t="inlineStr">
         <is>
-          <t>1.250,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F233" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="5" t="inlineStr">
         <is>
-          <t>9507</t>
+          <t>9505</t>
         </is>
       </c>
       <c r="B234" s="4" t="inlineStr">
         <is>
-          <t> 36 unidades de MOTHER BOARD; LEITOR DVD, CARTÃO, DISQUETTE 3.1/2,TECLADO,MOUSE</t>
+          <t> MOTOR 1600 AR VW (P/APROV. PEÇAS INTERNAS)  VEP</t>
         </is>
       </c>
       <c r="C234" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D234" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E234" s="5" t="inlineStr">
         <is>
-          <t>660,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F234" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="5" t="inlineStr">
         <is>
-          <t>9508</t>
+          <t>9506</t>
         </is>
       </c>
       <c r="B235" s="4" t="inlineStr">
         <is>
-          <t> 24 unidades de RECEP. PHILIPS, TOCA CD C/AM FM , RADIO REL. PANASONIC, TOCA CD SONY</t>
+          <t> MOTOR 1600 AR ALCOOL VW P/KOMBI PARC.  PINDC.</t>
         </is>
       </c>
       <c r="C235" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D235" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E235" s="5" t="inlineStr">
         <is>
-          <t>675,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F235" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="5" t="inlineStr">
         <is>
-          <t>9509</t>
+          <t>9507</t>
         </is>
       </c>
       <c r="B236" s="4" t="inlineStr">
         <is>
-          <t> BICICLETA CECI FEMININA COR -ORIGINAL  P/COLECION.</t>
+          <t> 36 unidades de MOTHER BOARD; LEITOR DVD, CARTÃO, DISQUETTE 3.1/2,TECLADO,MOUSE</t>
         </is>
       </c>
       <c r="C236" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D236" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E236" s="5" t="inlineStr">
         <is>
-          <t>295,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F236" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="5" t="inlineStr">
         <is>
-          <t>9510</t>
+          <t>9508</t>
         </is>
       </c>
       <c r="B237" s="4" t="inlineStr">
         <is>
-          <t> BIKE SKYLINE EXPLORES CAMBIO 18 MARCHAS AR0 29  S/USO</t>
+          <t> 24 unidades de RECEP. PHILIPS, TOCA CD C/AM FM , RADIO REL. PANASONIC, TOCA CD SONY</t>
         </is>
       </c>
       <c r="C237" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D237" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E237" s="5" t="inlineStr">
         <is>
-          <t>495,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F237" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="5" t="inlineStr">
         <is>
-          <t>9511</t>
+          <t>9509</t>
         </is>
       </c>
       <c r="B238" s="4" t="inlineStr">
         <is>
-          <t> 57 unidades de LATA VENT. RADIADOR OLEO,CARBUR, PRISION,TUBAGEM, PIVOT, VW KOMBI</t>
+          <t> BICICLETA CECI FEMININA COR -ORIGINAL  P/COLECION.</t>
         </is>
       </c>
       <c r="C238" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D238" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E238" s="5" t="inlineStr">
         <is>
-          <t>395,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F238" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="5" t="inlineStr">
         <is>
-          <t>9512</t>
+          <t>9510</t>
         </is>
       </c>
       <c r="B239" s="4" t="inlineStr">
         <is>
-          <t> AP. SOM GRADIENTE DOUBLE DECK, 3 DISQ . AM/FM</t>
+          <t> BIKE SKYLINE EXPLORES CAMBIO 18 MARCHAS AR0 29  S/USO</t>
         </is>
       </c>
       <c r="C239" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D239" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E239" s="5" t="inlineStr">
         <is>
-          <t>315,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F239" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="5" t="inlineStr">
         <is>
-          <t>9513</t>
+          <t>9511</t>
         </is>
       </c>
       <c r="B240" s="4" t="inlineStr">
         <is>
-          <t> BLOCO MOTOR 1500 VW 1500 PRIS. GROSSO. P/RETIF. C/NUMER (rezon)</t>
+          <t> 57 unidades de LATA VENT. RADIADOR OLEO,CARBUR, PRISION,TUBAGEM, PIVOT, VW KOMBI</t>
         </is>
       </c>
       <c r="C240" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D240" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E240" s="5" t="inlineStr">
         <is>
-          <t>490,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F240" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="5" t="inlineStr">
         <is>
-          <t>9514</t>
+          <t>9512</t>
         </is>
       </c>
       <c r="B241" s="4" t="inlineStr">
         <is>
-          <t> 24 unidades de FONTES P/IMPRESSORA/TORNEIRAS/CABOS SERIAL</t>
+          <t> AP. SOM GRADIENTE DOUBLE DECK, 3 DISQ . AM/FM</t>
         </is>
       </c>
       <c r="C241" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D241" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E241" s="5" t="inlineStr">
         <is>
-          <t>392,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F241" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="5" t="inlineStr">
         <is>
-          <t>9515</t>
+          <t>9513</t>
         </is>
       </c>
       <c r="B242" s="4" t="inlineStr">
         <is>
-          <t> BIKE NORMAII IMP. ARO 24 </t>
+          <t> BLOCO MOTOR 1500 VW 1500 PRIS. GROSSO. P/RETIF. C/NUMER (rezon)</t>
         </is>
       </c>
       <c r="C242" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D242" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E242" s="5" t="inlineStr">
         <is>
-          <t>345,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F242" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="5" t="inlineStr">
         <is>
-          <t>9517</t>
+          <t>9514</t>
         </is>
       </c>
       <c r="B243" s="4" t="inlineStr">
         <is>
-          <t> 04 unidades de BARRA ESTABILIZADORA COMPL ,STO ANTONIO D-20; EIXO TRAS. BELINA</t>
+          <t> 24 unidades de FONTES P/IMPRESSORA/TORNEIRAS/CABOS SERIAL</t>
         </is>
       </c>
       <c r="C243" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D243" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E243" s="5" t="inlineStr">
         <is>
-          <t>580,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F243" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="5" t="inlineStr">
         <is>
-          <t>9518</t>
+          <t>9515</t>
         </is>
       </c>
       <c r="B244" s="4" t="inlineStr">
         <is>
-          <t> 36 unidades de TV BOX, MASTER SYSTEM ii,DVD KARAOKE,MAQ.VHS ORIG.FOTO DIGITAL</t>
+          <t> BIKE NORMAII IMP. ARO 24 </t>
         </is>
       </c>
       <c r="C244" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D244" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E244" s="5" t="inlineStr">
         <is>
-          <t>890,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F244" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="5" t="inlineStr">
         <is>
-          <t>9519</t>
+          <t>9517</t>
         </is>
       </c>
       <c r="B245" s="4" t="inlineStr">
         <is>
-          <t> 29 unidades de GPS AUTOM. GARMIN; FONE BLUESKY, MOUSES, CELULARES, DATA TRANSFER</t>
+          <t> 04 unidades de BARRA ESTABILIZADORA COMPL ,STO ANTONIO D-20; EIXO TRAS. BELINA</t>
         </is>
       </c>
       <c r="C245" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D245" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E245" s="5" t="inlineStr">
         <is>
-          <t>465,00</t>
+          <t>250,00</t>
         </is>
       </c>
       <c r="F245" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="5" t="inlineStr">
         <is>
-          <t>9520</t>
+          <t>9518</t>
         </is>
       </c>
       <c r="B246" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 154 unidades de DISCOS VINIL;FITAS VHS;DISQUETE 3.1/2E 8.1/4; FITAS CASSETTE; CD´s</t>
+          <t> 36 unidades de TV BOX, MASTER SYSTEM ii,DVD KARAOKE,MAQ.VHS ORIG.FOTO DIGITAL</t>
         </is>
       </c>
       <c r="C246" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D246" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E246" s="5" t="inlineStr">
         <is>
-          <t>655,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F246" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="5" t="inlineStr">
         <is>
-          <t>9521</t>
+          <t>9519</t>
         </is>
       </c>
       <c r="B247" s="4" t="inlineStr">
         <is>
-          <t> 16 unidades de FILTROS,ANEIS,CB.EMBREAG,CORREIA,ALTERNADOR. JG. BRONZINA</t>
+          <t> 29 unidades de GPS AUTOM. GARMIN; FONE BLUESKY, MOUSES, CELULARES, DATA TRANSFER</t>
         </is>
       </c>
       <c r="C247" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D247" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E247" s="5" t="inlineStr">
         <is>
-          <t>749,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F247" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="5" t="inlineStr">
         <is>
-          <t>9522</t>
+          <t>9520</t>
         </is>
       </c>
       <c r="B248" s="4" t="inlineStr">
         <is>
-          <t> 32 unidades de HD 80GB SAMSUNG; HD EXCELSIOR 160GB; HD 80 GB MAXTOR, LEITOR  CARTÃO;</t>
+          <t> Aprox. 154 unidades de DISCOS VINIL;FITAS VHS;DISQUETE 3.1/2E 8.1/4; FITAS CASSETTE; CD´s</t>
         </is>
       </c>
       <c r="C248" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D248" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E248" s="5" t="inlineStr">
         <is>
-          <t>715,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F248" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="5" t="inlineStr">
         <is>
-          <t>9523</t>
+          <t>9521</t>
         </is>
       </c>
       <c r="B249" s="4" t="inlineStr">
         <is>
-          <t> 33 unidades de REGUL.VOLTAGEM;MINUT ;SUP. CELULAR;TAMP.MASSAG.;MED.TEMP;PÇ AUT..  </t>
+          <t> 16 unidades de FILTROS,ANEIS,CB.EMBREAG,CORREIA,ALTERNADOR. JG. BRONZINA</t>
         </is>
       </c>
       <c r="C249" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D249" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E249" s="5" t="inlineStr">
         <is>
-          <t>465,00</t>
+          <t>350,00</t>
         </is>
       </c>
       <c r="F249" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="5" t="inlineStr">
         <is>
-          <t>9524</t>
+          <t>9522</t>
         </is>
       </c>
       <c r="B250" s="4" t="inlineStr">
         <is>
-          <t> 15 unidades de FILTROS DE OLEO, BORR. SUSP.DIANT/AMORTEC,JG.BRONZINA;SAPATA; CORR </t>
+          <t> 32 unidades de HD 80GB SAMSUNG; HD EXCELSIOR 160GB; HD 80 GB MAXTOR, LEITOR  CARTÃO;</t>
         </is>
       </c>
       <c r="C250" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D250" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E250" s="5" t="inlineStr">
         <is>
-          <t>289,00</t>
+          <t>350,00</t>
         </is>
       </c>
       <c r="F250" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="5" t="inlineStr">
         <is>
-          <t>9525</t>
+          <t>9523</t>
         </is>
       </c>
       <c r="B251" s="4" t="inlineStr">
         <is>
-          <t> 20 unidades de CARREG.CELULARES DE  DIVS APARELHOS MARCAS DE 3v A 12V - ORIG. </t>
+          <t> 33 unidades de REGUL.VOLTAGEM;MINUT ;SUP. CELULAR;TAMP.MASSAG.;MED.TEMP;PÇ AUT..  </t>
         </is>
       </c>
       <c r="C251" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D251" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E251" s="5" t="inlineStr">
         <is>
-          <t>265,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F251" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="5" t="inlineStr">
         <is>
-          <t>9526</t>
+          <t>9524</t>
         </is>
       </c>
       <c r="B252" s="4" t="inlineStr">
         <is>
-          <t> 21 unidades de ADAPT. P CABOS RJ 112 - CABOS RJ 11 - SOQ. MULTIPL.RJ 11 E RJ 45</t>
+          <t> 15 unidades de FILTROS DE OLEO, BORR. SUSP.DIANT/AMORTEC,JG.BRONZINA;SAPATA; CORR </t>
         </is>
       </c>
       <c r="C252" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D252" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E252" s="5" t="inlineStr">
         <is>
-          <t>75,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F252" s="4" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="5" t="inlineStr">
         <is>
-          <t>9527</t>
+          <t>9525</t>
         </is>
       </c>
       <c r="B253" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 50  unidades de CARREG CEL ; ANT TETO AUT .;CABOS SUPER VGA; ;PDIF,USB P MAQ.FOTOG</t>
+          <t> 20 unidades de CARREG.CELULARES DE  DIVS APARELHOS MARCAS DE 3v A 12V - ORIG. </t>
         </is>
       </c>
       <c r="C253" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D253" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E253" s="5" t="inlineStr">
         <is>
-          <t>265,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F253" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="5" t="inlineStr">
         <is>
-          <t>9528</t>
+          <t>9526</t>
         </is>
       </c>
       <c r="B254" s="4" t="inlineStr">
         <is>
-          <t> AP. SOM 3X1 GRADIENTE C/ TOCA DISCO AM/FM /AUX. DOUBLE DECK</t>
+          <t> 21 unidades de ADAPT. P CABOS RJ 112 - CABOS RJ 11 - SOQ. MULTIPL.RJ 11 E RJ 45</t>
         </is>
       </c>
       <c r="C254" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D254" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E254" s="5" t="inlineStr">
         <is>
-          <t>455,00</t>
+          <t>75,00</t>
         </is>
       </c>
       <c r="F254" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="5" t="inlineStr">
         <is>
-          <t>9529</t>
+          <t>9527</t>
         </is>
       </c>
       <c r="B255" s="4" t="inlineStr">
         <is>
-          <t> CABO ALUMINIO 16MM C/ALMA AÇO APROX. 250MT- 52 kg  ($8,63 o kg)</t>
+          <t> Aprox. 50  unidades de CARREG CEL ; ANT TETO AUT .;CABOS SUPER VGA; ;PDIF,USB P MAQ.FOTOG</t>
         </is>
       </c>
       <c r="C255" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D255" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E255" s="5" t="inlineStr">
         <is>
-          <t>450,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F255" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="5" t="inlineStr">
         <is>
-          <t>9530</t>
+          <t>9528</t>
         </is>
       </c>
       <c r="B256" s="4" t="inlineStr">
         <is>
-          <t> AP.SOM DOUBLE DECK AM/FM  RECEIVER TOSHIBA</t>
+          <t> AP. SOM 3X1 GRADIENTE C/ TOCA DISCO AM/FM /AUX. DOUBLE DECK</t>
         </is>
       </c>
       <c r="C256" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D256" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E256" s="5" t="inlineStr">
         <is>
-          <t>395,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F256" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="5" t="inlineStr">
         <is>
-          <t>9531</t>
+          <t>9529</t>
         </is>
       </c>
       <c r="B257" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 50  unidades de CARTUCHOS DIVERSOS HP (ORIGIN, E SIMILARES)  TONner R DIVS  -  50 PC</t>
+          <t> CABO ALUMINIO 16MM C/ALMA AÇO APROX. 250MT- 52 kg  ($8,63 o kg)</t>
         </is>
       </c>
       <c r="C257" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D257" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E257" s="5" t="inlineStr">
         <is>
-          <t>155,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F257" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="5" t="inlineStr">
         <is>
-          <t>9532</t>
+          <t>9530</t>
         </is>
       </c>
       <c r="B258" s="4" t="inlineStr">
         <is>
-          <t> 33 unidades de CABOS RJ 11, CABOS PDIF,ADAPTADORES,SUPORTER TOMADA</t>
+          <t> AP.SOM DOUBLE DECK AM/FM  RECEIVER TOSHIBA</t>
         </is>
       </c>
       <c r="C258" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D258" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E258" s="5" t="inlineStr">
         <is>
-          <t>175,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F258" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="5" t="inlineStr">
         <is>
-          <t>9533</t>
+          <t>9531</t>
         </is>
       </c>
       <c r="B259" s="4" t="inlineStr">
         <is>
-          <t> 18 unidades de SUPORTE TV/PAREDE, RECPTOR TV DIGITAL;ROTEADEORES,FONTE P/PC</t>
+          <t> Aprox. 50  unidades de CARTUCHOS DIVERSOS HP (ORIGIN, E SIMILARES)  TONner R DIVS  -  50 PC</t>
         </is>
       </c>
       <c r="C259" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D259" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E259" s="5" t="inlineStr">
         <is>
-          <t>695,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F259" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="5" t="inlineStr">
         <is>
-          <t>9534</t>
+          <t>9532</t>
         </is>
       </c>
       <c r="B260" s="4" t="inlineStr">
         <is>
-          <t> PIVOT SUSPENSÃO DIANTEIRA KOMBI</t>
+          <t> 33 unidades de CABOS RJ 11, CABOS PDIF,ADAPTADORES,SUPORTER TOMADA</t>
         </is>
       </c>
       <c r="C260" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D260" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E260" s="5" t="inlineStr">
         <is>
-          <t>225,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F260" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="5" t="inlineStr">
         <is>
-          <t>9535</t>
+          <t>9533</t>
         </is>
       </c>
       <c r="B261" s="4" t="inlineStr">
         <is>
-          <t> 02 unidades de MASCARA SOLDA AUTOM. NEBULIZADOR MULTILASER (no estado)</t>
+          <t> 18 unidades de SUPORTE TV/PAREDE, RECPTOR TV DIGITAL;ROTEADEORES,FONTE P/PC</t>
         </is>
       </c>
       <c r="C261" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D261" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E261" s="5" t="inlineStr">
         <is>
-          <t>190,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F261" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="5" t="inlineStr">
         <is>
-          <t>9536</t>
+          <t>9534</t>
         </is>
       </c>
       <c r="B262" s="4" t="inlineStr">
         <is>
-          <t> BAGAGEIRO PARA GOL QUADRADO</t>
+          <t> PIVOT SUSPENSÃO DIANTEIRA KOMBI</t>
         </is>
       </c>
       <c r="C262" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D262" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E262" s="5" t="inlineStr">
         <is>
-          <t>120,00</t>
+          <t>110,00</t>
         </is>
       </c>
       <c r="F262" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="5" t="inlineStr">
         <is>
-          <t>9537</t>
+          <t>9535</t>
         </is>
       </c>
       <c r="B263" s="4" t="inlineStr">
         <is>
-          <t> CABEÇOTE ALUMINIO P KOMBI DIESEL  </t>
+          <t> 02 unidades de MASCARA SOLDA AUTOM. NEBULIZADOR MULTILASER (no estado)</t>
         </is>
       </c>
       <c r="C263" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D263" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E263" s="5" t="inlineStr">
         <is>
-          <t>1.200,00</t>
+          <t>110,00</t>
         </is>
       </c>
       <c r="F263" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="5" t="inlineStr">
         <is>
-          <t>9538</t>
+          <t>9536</t>
         </is>
       </c>
       <c r="B264" s="4" t="inlineStr">
         <is>
-          <t> 12 unidades de FERRAMENTAS,TGAMPASX SUPORTE, CARTUCHO TONNER</t>
+          <t> BAGAGEIRO PARA GOL QUADRADO</t>
         </is>
       </c>
       <c r="C264" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D264" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E264" s="5" t="inlineStr">
         <is>
-          <t>70,00</t>
+          <t>110,00</t>
         </is>
       </c>
       <c r="F264" s="4" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="5" t="inlineStr">
         <is>
-          <t>9539</t>
+          <t>9537</t>
         </is>
       </c>
       <c r="B265" s="4" t="inlineStr">
         <is>
-          <t> FORRO PVC CINZA  - 14M2</t>
+          <t> CABEÇOTE ALUMINIO P KOMBI DIESEL  </t>
         </is>
       </c>
       <c r="C265" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D265" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E265" s="5" t="inlineStr">
         <is>
-          <t>140,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F265" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="5" t="inlineStr">
         <is>
-          <t>9540</t>
+          <t>9538</t>
         </is>
       </c>
       <c r="B266" s="4" t="inlineStr">
         <is>
-          <t> 03vCELULARES XIAOMI REDMINOTE 1 - 01 IPHONE 7</t>
+          <t> 12 unidades de FERRAMENTAS,TGAMPASX SUPORTE, CARTUCHO TONNER</t>
         </is>
       </c>
       <c r="C266" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D266" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E266" s="5" t="inlineStr">
         <is>
-          <t>390,00</t>
+          <t>50,00</t>
         </is>
       </c>
       <c r="F266" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="5" t="inlineStr">
         <is>
-          <t>9541</t>
+          <t>9539</t>
         </is>
       </c>
       <c r="B267" s="4" t="inlineStr">
         <is>
-          <t> 42 unidades de FITAS VHS GRAVADAS (no estado) CONFORME FOTO, </t>
+          <t> FORRO PVC CINZA  - 14M2</t>
         </is>
       </c>
       <c r="C267" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D267" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E267" s="5" t="inlineStr">
         <is>
-          <t>480,00</t>
+          <t>110,00</t>
         </is>
       </c>
       <c r="F267" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="5" t="inlineStr">
         <is>
-          <t>9542</t>
+          <t>9540</t>
         </is>
       </c>
       <c r="B268" s="4" t="inlineStr">
         <is>
-          <t> 35 unidades de FITAS VHS GRAVADAS (no estado) CONFORME FOTO, </t>
+          <t> 03 CELULARES: XIAOMI, REDMI NOTE 1, IPHONE 7</t>
         </is>
       </c>
       <c r="C268" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D268" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E268" s="5" t="inlineStr">
         <is>
-          <t>320,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F268" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="5" t="inlineStr">
         <is>
-          <t>9543</t>
+          <t>9541</t>
         </is>
       </c>
       <c r="B269" s="4" t="inlineStr">
         <is>
-          <t> 48 unidades de FITAS VHS GRAVADAS (no estado) CONFORME FOTO, </t>
+          <t> 42 unidades de FITAS VHS GRAVADAS (no estado) CONFORME FOTO, </t>
         </is>
       </c>
       <c r="C269" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D269" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E269" s="5" t="inlineStr">
         <is>
-          <t>430,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F269" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="5" t="inlineStr">
         <is>
-          <t>9544</t>
+          <t>9542</t>
         </is>
       </c>
       <c r="B270" s="4" t="inlineStr">
         <is>
-          <t> 47 unidades de FITAS VHS GRAVADAS (no estado) CONFORME FOTO, </t>
+          <t> 35 unidades de FITAS VHS GRAVADAS (no estado) CONFORME FOTO, </t>
         </is>
       </c>
       <c r="C270" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D270" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E270" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F270" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="5" t="inlineStr">
         <is>
-          <t>9545</t>
+          <t>9543</t>
         </is>
       </c>
       <c r="B271" s="4" t="inlineStr">
         <is>
-          <t> 37 unidades de FITAS VHS GRAVADAS (no estado) COM. FOTO, GENERO=TERROR</t>
+          <t> 48 unidades de FITAS VHS GRAVADAS (no estado) CONFORME FOTO, </t>
         </is>
       </c>
       <c r="C271" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D271" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E271" s="5" t="inlineStr">
         <is>
-          <t>690,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F271" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="5" t="inlineStr">
         <is>
-          <t>9546</t>
+          <t>9544</t>
         </is>
       </c>
       <c r="B272" s="4" t="inlineStr">
         <is>
-          <t> 58 unidades de FITAS VHS GRAVADAS (no estado) CONFORME FOTO, GENERO = ADULTO</t>
+          <t> 47 unidades de FITAS VHS GRAVADAS (no estado) CONFORME FOTO, </t>
         </is>
       </c>
       <c r="C272" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D272" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E272" s="5" t="inlineStr">
         <is>
-          <t>650,00</t>
+          <t>250,00</t>
         </is>
       </c>
       <c r="F272" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="5" t="inlineStr">
         <is>
-          <t>9547</t>
+          <t>9545</t>
         </is>
       </c>
       <c r="B273" s="4" t="inlineStr">
         <is>
-          <t> 30 unidades de FITAS VHS GRAVADAS (no estado) CONFORME FOTO, C/ESTOJO ORIGINAL</t>
+          <t> 37 unidades de FITAS VHS GRAVADAS (no estado) COM. FOTO, GENERO=TERROR</t>
         </is>
       </c>
       <c r="C273" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D273" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E273" s="5" t="inlineStr">
         <is>
-          <t>660,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F273" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="5" t="inlineStr">
         <is>
-          <t>9548</t>
+          <t>9546</t>
         </is>
       </c>
       <c r="B274" s="4" t="inlineStr">
         <is>
-          <t> 38 unidades de FITAS VHS GRAVADAS (no estado) CONFORME FOTO, RARIDADES/COLEÇÕES</t>
+          <t> 58 unidades de FITAS VHS GRAVADAS (no estado) CONFORME FOTO, GENERO = ADULTO</t>
         </is>
       </c>
       <c r="C274" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D274" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E274" s="5" t="inlineStr">
         <is>
-          <t>850,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F274" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="5" t="inlineStr">
         <is>
-          <t>9549</t>
+          <t>9547</t>
         </is>
       </c>
       <c r="B275" s="4" t="inlineStr">
         <is>
-          <t> 20 unidades de FITAS VHS GRAVADAS (no estado) CONFORME FOTO, </t>
+          <t> 30 unidades de FITAS VHS GRAVADAS (no estado) CONFORME FOTO, C/ESTOJO ORIGINAL</t>
         </is>
       </c>
       <c r="C275" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D275" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E275" s="5" t="inlineStr">
         <is>
-          <t>250,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F275" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="5" t="inlineStr">
         <is>
-          <t>9550</t>
+          <t>9548</t>
         </is>
       </c>
       <c r="B276" s="4" t="inlineStr">
         <is>
-          <t> 18 unidades de FITAS VHS (no estado) CONFORME FOTO, T-145 VIDEOLAR VIRGEM</t>
+          <t> 38 unidades de FITAS VHS GRAVADAS (no estado) CONFORME FOTO, RARIDADES/COLEÇÕES</t>
         </is>
       </c>
       <c r="C276" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D276" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E276" s="5" t="inlineStr">
         <is>
-          <t>395,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F276" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="5" t="inlineStr">
         <is>
-          <t>10001</t>
+          <t>9549</t>
         </is>
       </c>
       <c r="B277" s="4" t="inlineStr">
         <is>
-          <t>Lote de itens de beleza </t>
+          <t> 20 unidades de FITAS VHS GRAVADAS (no estado) CONFORME FOTO, </t>
         </is>
       </c>
       <c r="C277" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D277" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E277" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F277" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="5" t="inlineStr">
         <is>
-          <t>10002</t>
+          <t>9550</t>
         </is>
       </c>
       <c r="B278" s="4" t="inlineStr">
         <is>
-          <t>Lote de parafusos diversos</t>
+          <t> 18 unidades de FITAS VHS (no estado) CONFORME FOTO, T-145 VIDEOLAR VIRGEM</t>
         </is>
       </c>
       <c r="C278" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D278" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E278" s="5" t="inlineStr">
         <is>
-          <t>4.000,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F278" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="5" t="inlineStr">
         <is>
-          <t>10003</t>
+          <t>9551</t>
         </is>
       </c>
       <c r="B279" s="4" t="inlineStr">
         <is>
-          <t>Lote ferramentas. Aprox. 550 unidades </t>
+          <t>Metais Sanitários, ferramentas, peças contr.(34 peças)</t>
         </is>
       </c>
       <c r="C279" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D279" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E279" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>110,00</t>
         </is>
       </c>
       <c r="F279" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="5" t="inlineStr">
         <is>
+          <t>9552</t>
+        </is>
+      </c>
+      <c r="B280" s="4" t="inlineStr">
+        <is>
+          <t>Bagageiro Gol, Calotas, TV (12 peças)</t>
+        </is>
+      </c>
+      <c r="C280" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D280" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E280" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F280" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
+      <c r="A281" s="5" t="inlineStr">
+        <is>
+          <t>9553</t>
+        </is>
+      </c>
+      <c r="B281" s="4" t="inlineStr">
+        <is>
+          <t>Forro PVC 1,7-x0,20 (12m2); Caixas Força Canal Bifasica (03 peças)</t>
+        </is>
+      </c>
+      <c r="C281" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D281" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E281" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F281" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
+      <c r="A282" s="5" t="inlineStr">
+        <is>
+          <t>10001</t>
+        </is>
+      </c>
+      <c r="B282" s="4" t="inlineStr">
+        <is>
+          <t>Lote de itens de beleza </t>
+        </is>
+      </c>
+      <c r="C282" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D282" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E282" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F282" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
+      <c r="A283" s="5" t="inlineStr">
+        <is>
+          <t>10002</t>
+        </is>
+      </c>
+      <c r="B283" s="4" t="inlineStr">
+        <is>
+          <t>Lote de parafusos diversos</t>
+        </is>
+      </c>
+      <c r="C283" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D283" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E283" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F283" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
+      <c r="A284" s="5" t="inlineStr">
+        <is>
+          <t>10003</t>
+        </is>
+      </c>
+      <c r="B284" s="4" t="inlineStr">
+        <is>
+          <t>Lote ferramentas. Aprox. 550 unidades </t>
+        </is>
+      </c>
+      <c r="C284" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D284" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E284" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F284" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
+      <c r="A285" s="5" t="inlineStr">
+        <is>
           <t>10004</t>
         </is>
       </c>
-      <c r="B280" s="4" t="inlineStr">
+      <c r="B285" s="4" t="inlineStr">
         <is>
           <t>Lote de itens diversos</t>
         </is>
       </c>
-      <c r="C280" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E280" s="5" t="inlineStr">
+      <c r="C285" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D285" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E285" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
-      <c r="F280" s="4" t="inlineStr">
+      <c r="F285" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>