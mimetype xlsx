--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -281,1619 +281,1619 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>REATOR BATEDOR AÇO INÓX 1/2 CANA 1000 LITROS</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>VARREDEIRA DE PISO DIRIGÍVEL TENNANT GÁS GLP - NO ESTADO</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>TORNO MECÂNICO IMOR OFICINA 650</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>MOTOR 60 CV E UNIDADE COMPRESSOR PARAFUSO</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>PRENSA HIDRÁULICA MOTORIZADA NOWAK 100 TON </t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>PRENSA HIDRÁULICA TIPO C 200 TON</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>MOTOR ELÉTRICO 50 CV</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>1.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>EMPILHADEIRA YALE 3.000KG; 3 TON; 4 METROS; C/ GNV - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>MISTURADOR TIPO V; EM AÇO INÓX; 600 LITROS </t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>MISTURADOR; EM AÇO INÓX E AÇO CARBONO; MOTOR 4 WEG 40CV </t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t>MÁQUINA LANÇADORA DE BOLAS DE VÔLEI; GLOBUS WINSHOT 1500</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t>EXTRUSORA DE PLÁSTICO 60MM CIOLA</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t>CHILLER GELADEIRA MECALOR 75000 KCAL </t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t>CABEÇOTE DE ESPALMADEIRA PVC FACA SOBRE CILINDRO</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t>LIXADEIRA DE CINTA INDUSTRIAL LEO 7000MM</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t>LIXADEIRA DE CINTA INDUSTRIAL SICAR LS 2600 6400MM</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t>TREFILA PARA FIO DE COBRE</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t>FORNO DUPLO PARA FUNDIÇÃO</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t>SERRA CIRCULAR ROBUSTA</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t>MOTOR DIESEL YANMAR</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t>FILTRO MANGA ASPIRADOR DE PÓ COM VENTOINHA </t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t>FILTRO MANGA ASPIRADOR DE PÓ COM VENTOINHA </t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t>TORNO AUTOMÁTICO PBC</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t>TORNO AUTOMÁTICO PBC</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t>TORNO REVOLVER IRAM</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t>TORNO REVOLVER</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t>POLITRIZ REBEL COM DUPLO MOTOR INDEPENDENTE 3 VELOCIDADES</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
           <t>POLITRIZ REBEL MOTOR INDEPENDENTE 3 VELOCIDADES </t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
           <t>POLITRIZ REBEL 7,5CV</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
           <t>TAMBOREADOR</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t>BRITADOR ROSENWEIG 40X25</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
           <t>GARRA SUCATEIRA</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
           <t>COMPRESSOR CENTAC INGERSOLL-RAND C10M2</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
           <t>GARRA CLAMP PARA EMPILHADEIRA PEGA BOBINA CAPACIDADE 3 TONELADAS</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t>MÁQUINA DE OXICORTE MCPE 2500 WHITE MARTINS</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t>COMPRESSOR DE PARAFUSO INGERSOLL RAND ANO 2012 100CV</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t>ESMERIL DE CHICOTE MOTOR 7,5CV</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
           <t>SOPRADOR TIPO ROOTS GARDNER DENVER 5CV</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
           <t>LOTE COM TRANSFORMADORES</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
           <t>MÁQUINA PARA RESFRIAMENTO DE ÁGUA</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
           <t>EQUIPAMENTO COM RADIADOR VENTILADO</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
           <t>APROX. 50 ROLOS CARRETÉIS DE ALMUNÍNIO PARA FIO DE COBRE</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
           <t>COMPRESSOR DE REFRIGERAÇÃO SABROE</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
           <t>UNIDADE ATLAS COPCO GA 160</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
           <t>CARRINHO PARA FERRAMENTAS OFICINA MECÂNICA </t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
           <t>ENGATE DE CARRETA</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
           <t>DESBOBINADOR COM INVERSOR DE FREQUÊNCIA 1200MM COMP. X 1000MM DIAM. </t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
           <t>TALHA ELÉTRICA CROÁCIA 8 TON. 40CV COM PAINEL</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
           <t>BOMBA DE VÁCUO 5CV</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
           <t>110</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
           <t>TANQUE VIRADOR EM AÇO INÓX</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>